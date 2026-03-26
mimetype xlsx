--- v0 (2026-02-06)
+++ v1 (2026-03-26)
@@ -426,60 +426,60 @@
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D0%BB%D0%B4.jfif" TargetMode="External" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D1%8B%D0%BA%D0%B2%D0%B0_%D0%BA%D1%80%D1%83%D0%B3.jpg" TargetMode="External" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D0%B0%D1%82%D0%B5%D1%80%D0%BD%D0%B0%D1%82.jpg" TargetMode="External" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D0%BA%D1%80%D0%B0%D1%81%D0%BD%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D1%80%D0%B5%D0%BF%D1%87%D0%B0%D1%82%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B9%D0%B4%D0%B0%D1%80%D0%B5%D0%B4.jfif" TargetMode="External" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B5%D0%B7%D0%BE%D0%BD%D0%BD%D0%BE%D0%B5.jfif" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4_%D0%B4%D0%B5%D0%BB%D0%B8%D1%88%D0%B5%D1%81.jpg" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D0%BB%D1%8C%D0%B4%D0%B5%D0%BD.jfif" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B5%D0%BB%D1%8C%D0%BB%D0%B4%D0%B5%D1%80%D0%B5%D0%B9_%D1%81%D1%82%D0%B5%D0%B1%D0%B5%D0%BB%D1%8C.jpg" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B9%D1%81%D0%B1%D0%B5%D1%80%D0%B3.jpg" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D0%BA%D0%B8%D0%BD%D0%BA%D0%B0.jfif" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D0%BA%D0%BA.jpg" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_3WxowvG.jpg" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B2%D0%B5%D0%BA%D0%BB%D0%B0.jpg" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%BE%D1%80%D0%BA%D0%BE%D0%B2%D1%8C_%D0%BC%D1%8B%D1%82%D0%B0%D1%8F_qoO5bm5.jpg" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%BE%D1%80%D0%BA%D0%BE%D0%B2%D1%8C_%D0%B3%D1%80%D1%8F%D0%B7.jpg" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82_%D0%BA%D1%80%D0%B0%D1%81%D0%BD%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82_%D0%B1%D1%8D%D0%B1%D0%B8.jpg" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82_%D0%BC%D1%8B%D1%82%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%84%D0%B5%D0%BB%D1%8C_%D0%B1%D0%B5%D0%BB%D0%B0%D1%80%D1%83%D1%81%D1%8C.jfif" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%84%D0%B5%D0%BB%D1%8C_%D1%8F%D1%80%D0%BE%D1%81%D0%BB%D0%B0%D0%B2%D0%BB%D1%8C.jpg" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D1%80%D0%B5%D0%BF%D1%87.jpg" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D1%81%D0%B5%D1%82%D0%BA%D0%B0.jpg" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%84%D0%B5%D0%BB%D1%8C_%D0%BC%D1%8B%D1%82%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%BE%D0%BA%D1%80%D0%BE%D0%B2%D1%8C_P4m3Z6O.jpg" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%BE%D0%BA%D1%80%D0%BE%D0%B2%D1%8C.jpg" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%88%D0%BA%D0%B0.jpg" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0.jpg" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D1%83%D1%88%D0%B0_%D0%BA%D0%BE%D0%BD%D1%84%D0%B5%D1%80%D0%B5%D0%BD%D1%86.jpg" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B4%D1%8B%D0%BD%D1%8F.jpg" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B8%D0%BC%D0%BE%D0%BD.jpg" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B2%D0%B8%D0%BD%D0%BE%D0%B3%D1%80%D0%B0%D0%B4.jpg" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B2%D0%BE%D0%BA%D0%B0%D0%B4%D0%BE.jpg" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D0%B0%D0%BA%D0%BB%D0%B0%D0%B6%D0%B0%D0%BD.jpg" TargetMode="External" Id="rId35" /></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D0%B0%D0%BD%D0%B0%D0%BD%D1%8B_U4qA8eq.jpeg" TargetMode="External" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BF%D0%B5%D0%BB%D1%8C%D1%81%D0%B8%D0%BD_G37OwLd.jpg" TargetMode="External" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BD%D0%B0%D0%BD%D0%B0%D1%81_%D0%B3%D0%BE%D0%BB%D0%B41_GoKL78T.jpg" TargetMode="External" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%81%D0%BD%D0%BE%D0%BA_%D0%BA%D0%B8%D1%82.jpg" TargetMode="External" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D1%8B%D0%BA%D0%B2%D0%B02_05bTrD2.avif" TargetMode="External" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BE%D0%B3%D1%83%D1%80%D0%B5%D1%86_%D0%B3%D0%BB.webp" TargetMode="External" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D1%8D%D0%B1%D0%B8_%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%84_4rv7Lo6.jpg" TargetMode="External" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%84_%D0%BA%D1%80%D0%B0%D1%81_%D0%BC%D1%8B%D1%82.jpg" TargetMode="External" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82_%D0%BA%D1%80%D0%B0%D1%81.jpg" TargetMode="External" Id="rId9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%84_%D0%B1%D0%B5%D0%BB_%D0%BC%D1%8B%D1%82.jpg" TargetMode="External" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82_%D0%B1%D0%B5%D0%BB%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B2%D0%B5%D0%BA%D0%BB%D0%B03.webp" TargetMode="External" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%BE%D1%80%D0%BA%D0%BE%D0%B2%D1%8C_%D0%BC%D1%8B%D1%82%D0%B0%D1%8F1.jpg" TargetMode="External" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%BE%D1%80%D0%BA%D0%BE%D0%B2%D1%8C_%D0%B3%D1%80%D1%8F%D0%B7%D0%BD%D0%B0%D1%8F.jpg" TargetMode="External" Id="rId14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D0%BA%D1%80%D0%B0%D1%81%D0%BD%D0%B0%D1%8F.jpg" TargetMode="External" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D0%BA%D1%80%D1%83%D0%BF.webp" TargetMode="External" Id="rId16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%86%D1%83%D0%BA%D0%B8%D0%BD_bgXoBnF.jpeg" TargetMode="External" Id="rId17" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D0%B8%D0%BA%D1%80%D0%B0%D0%BC.jpg" TargetMode="External" Id="rId18" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B5%D0%BB%D1%8C%D0%B4%D0%B5%D1%80%D0%B5%D0%B9_%D1%81%D1%82.jpg" TargetMode="External" Id="rId19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D0%B2%D1%82%D0%BA%D0%B0.webp" TargetMode="External" Id="rId20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D0%BA%D1%80%D1%83%D0%B3%D0%BB.jpg" TargetMode="External" Id="rId21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D0%BA%D1%80_%D1%81%D0%BB.webp" TargetMode="External" Id="rId22" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D0%BA%D0%B0%D0%BF%D0%B8%D1%8F.webp" TargetMode="External" Id="rId23" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D1%87%D0%B8%D0%BB%D0%B8_%D0%BA%D1%80.jpg" TargetMode="External" Id="rId24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D0%B4%D0%BE%D0%BB%D0%BC%D0%B0.webp" TargetMode="External" Id="rId25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D1%81%D0%B2%D0%B5.webp" TargetMode="External" Id="rId26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B8%D0%BC%D0%BE%D0%BD3.jpg" TargetMode="External" Id="rId27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%B1%D0%B0%D1%87%D0%BA%D0%B8_%D0%BD%D0%B5%D1%80%D1%81%D0%B8%D0%BD.jpg" TargetMode="External" Id="rId28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B0%D0%BD%D1%82%D0%B0_%D0%BC%D0%B0%D1%80%D0%B8%D1%8F_fEpRSPD.jpg" TargetMode="External" Id="rId29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B5%D0%B9%D0%BF%D1%84%D1%80.webp" TargetMode="External" Id="rId30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B0%D0%BD%D0%B0%D1%82_%D1%82%D1%83%D1%80.jpg" TargetMode="External" Id="rId31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/5298743162610324438.jpg" TargetMode="External" Id="rId32" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/5298743162610324387.jpg" TargetMode="External" Id="rId33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4_%D0%B4%D0%B5%D0%BB.jpg" TargetMode="External" Id="rId34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D0%BB%D1%8C%D0%B4_%D0%B3%D1%83%D0%B4.webp" TargetMode="External" Id="rId35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D0%BB%D1%8C%D0%B4%D0%B5%D0%BD%D0%B9.jpg" TargetMode="External" Id="rId36" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B9%D0%B4%D0%B0%D1%80%D0%B5%D0%B4.webp" TargetMode="External" Id="rId37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B5%D0%BD%D0%B8_%D0%B0%D0%B7%D0%B5%D1%80.jpeg" TargetMode="External" Id="rId38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%BD%D0%B5%D0%B8_%D1%81%D0%BC%D0%B8%D1%82.webp" TargetMode="External" Id="rId39" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%80%D0%B5%D1%88.webp" TargetMode="External" Id="rId40" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%88%D0%B0%D1%80%D0%BE%D0%BD.jpg" TargetMode="External" Id="rId41" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BE%D1%80%D0%BB%D0%B5%D0%BA.webp" TargetMode="External" Id="rId42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%85%D1%80%D0%B5%D0%BD_%D0%BA%D0%BE%D1%80.webp" TargetMode="External" Id="rId43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%81%D0%BD%D0%BA.avif" TargetMode="External" Id="rId44" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%84%D0%B5%D0%BD%D1%85.jpg" TargetMode="External" Id="rId45" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D1%8B%D0%BA%D0%B2%D0%B02.avif" TargetMode="External" Id="rId46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D1%8B%D0%BA%D0%B2%D0%B01.webp" TargetMode="External" Id="rId47" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B2%D0%B5%D0%BA%D0%BB%D0%B02.jpg" TargetMode="External" Id="rId48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D1%83%D0%B7%D0%B1.jpg" TargetMode="External" Id="rId49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B7%D0%B5%D1%80_%D1%80%D0%BE%D0%B7_%D1%82%D0%BE%D0%BC%D0%B0%D1%82.webp" TargetMode="External" Id="rId50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%83%D0%BC%D0%B0%D1%82%D0%BE.webp" TargetMode="External" Id="rId51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%80%D1%80%D0%B8_%D0%B6%D0%B5%D0%BB.jpg" TargetMode="External" Id="rId52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%80%D1%80%D0%B8_%D0%B2%D0%B5%D1%82%D0%BA.jpg" TargetMode="External" Id="rId53" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%80%D1%80%D0%B8.webp" TargetMode="External" Id="rId54" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D0%BA%D1%80%D1%83%D0%B3.jpg" TargetMode="External" Id="rId55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D1%81%D0%BB%D0%B8%D0%B2.webp" TargetMode="External" Id="rId56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%B0%D0%BC%D1%82_%D0%B2%D0%B5%D1%82.webp" TargetMode="External" Id="rId57" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%BB%D0%B8%D0%B2%D0%B0_%D0%B6%D0%B5%D0%BB%D1%82.jpg" TargetMode="External" Id="rId58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%BB%D0%B8%D0%B2%D0%B0_%D1%87%D1%80%D0%B5%D0%BD.jpeg" TargetMode="External" Id="rId59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%BB%D1%82%D0%B2%D0%B0_%D0%BA%D1%80%D0%B0%D1%81.webp" TargetMode="External" Id="rId60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B5%D0%BB%D1%8C%D0%B4_%D1%81%D1%82.jpeg" TargetMode="External" Id="rId61" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B5%D0%BB%D1%8C%D0%B4%D0%B5_%D0%BA%D0%BE%D1%80.webp" TargetMode="External" Id="rId62" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4%D1%8C%D0%BA%D0%B0_%D1%87.jpg" TargetMode="External" Id="rId63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4%D1%8C%D0%BA%D0%B0_%D0%B7.jpg" TargetMode="External" Id="rId64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%BE%D1%80%D0%B5%D0%B9.jpg" TargetMode="External" Id="rId65" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B4%D0%B0%D0%B9%D0%BA%D0%BE%D0%BD.jpg" TargetMode="External" Id="rId66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4%D0%B8%D1%81.jpg" TargetMode="External" Id="rId67" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%BE%D0%BC%D0%B5%D0%BB%D0%BE_1.webp" TargetMode="External" Id="rId68" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B8%D1%82%D0%B0%D1%85_%D0%BA%D1%80%D0%B0%D1%81.webp" TargetMode="External" Id="rId69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B8%D1%82%D0%B0%D1%85_%D0%B1%D0%B5%D0%BB.png" TargetMode="External" Id="rId70" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D1%87%D0%B8%D0%BB%D0%B8_%D0%B7%D0%B5%D0%BB.webp" TargetMode="External" Id="rId71" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D1%87%D0%B8%D0%BB%D0%B8.jpg" TargetMode="External" Id="rId72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D0%B7%D0%B5%D0%BB_%D1%82%D1%83%D1%80.webp" TargetMode="External" Id="rId73" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_ACn4BnC.jpg" TargetMode="External" Id="rId74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_h2ki3q9.jpg" TargetMode="External" Id="rId75" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86.jpg" TargetMode="External" Id="rId76" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%BE%D0%BC%D0%B8%D1%80%D0%BE.webp" TargetMode="External" Id="rId77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B7%D0%B0%D0%B7%D1%83%D0%BB%D1%8F_htzFXsR.webp" TargetMode="External" Id="rId78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%83%D1%80%D0%B0%D0%B6_%D0%BE%D0%B3%D1%83%D1%80%D0%B5%D1%86.jpg" TargetMode="External" Id="rId79" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BE%D0%B3%D1%83%D1%80%D0%B5%D1%86_%D0%B4%D0%BB%D0%B8%D0%BD.jpg" TargetMode="External" Id="rId80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BD%D0%B5%D0%BA%D1%82%D0%B0%D1%80%D0%B8%D1%80%D0%BD.webp" TargetMode="External" Id="rId81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B6%D0%B5%D0%BB%D1%82_%D0%BC%D0%BE%D1%80%D0%BA.webp" TargetMode="External" Id="rId82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D1%8B%D1%82%D0%B0%D1%8F_%D0%BC%D0%BE%D1%80%D0%BA.webp" TargetMode="External" Id="rId83" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%BE%D1%80%D0%BA%D0%BE%D0%B2%D1%8C_%D0%B3%D1%80%D1%8F%D1%89.webp" TargetMode="External" Id="rId84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D0%BC%D0%B8%D0%BD%D0%B8.webp" TargetMode="External" Id="rId85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B8%D1%80%D0%B0%D0%B8%D0%BD_%D0%B2%D0%B5%D1%82%D0%BA%D0%B0.webp" TargetMode="External" Id="rId86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D1%82%D1%83%D1%80%D1%86.webp" TargetMode="External" Id="rId87" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D0%BC%D0%B0%D1%80.jpg" TargetMode="External" Id="rId88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B3%D0%BE_%D0%B0%D0%B2%D1%81%D1%82.jpg" TargetMode="External" Id="rId89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B3%D0%BE_%D0%B6%D0%B5%D0%BB%D1%82.png" TargetMode="External" Id="rId90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D1%8F%D0%BB%D1%82_hG2LP4S.png" TargetMode="External" Id="rId91" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D1%8F%D0%BB%D1%82.png" TargetMode="External" Id="rId92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D0%BA%D1%80.jpg" TargetMode="External" Id="rId93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D1%80%D0%B5%D0%BF.jpg" TargetMode="External" Id="rId94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B8%D0%BC%D0%BE%D0%BD_%D1%83%D0%B7.jpg" TargetMode="External" Id="rId95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B8%D0%BC%D0%BE%D0%BD_%D0%BC%D0%B5%D0%BB%D0%BA.jpg" TargetMode="External" Id="rId96" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B8%D0%BC%D0%BE%D0%BD2.jpg" TargetMode="External" Id="rId97" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B0%D0%B9%D0%BC1.jpg" TargetMode="External" Id="rId98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BB%D1%83%D0%B1%D0%BD%D0%B8%D0%BA%D0%B01.webp" TargetMode="External" Id="rId99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B8%D0%B2%D0%B8_%D0%B3%D0%BE%D0%BB%D0%B4.avif" TargetMode="External" Id="rId100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B8%D0%B2%D0%B8.webp" TargetMode="External" Id="rId101" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82_%D0%BA%D1%80%D1%83%D0%BF.webp" TargetMode="External" Id="rId102" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82_%D0%BA%D1%80_%D0%BC%D1%8B%D1%82.jpg" TargetMode="External" Id="rId103" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%84_%D0%BA%D1%80.webp" TargetMode="External" Id="rId104" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82_%D0%BC%D1%8B%D1%82.jpg" TargetMode="External" Id="rId105" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82_%D0%B1%D0%B5%D0%BB.jpg" TargetMode="External" Id="rId106" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D1%8D%D0%B1%D0%B8_%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%84.jpg" TargetMode="External" Id="rId107" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D1%80%D0%BE%D0%BA.jpg" TargetMode="External" Id="rId108" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D0%BA%D1%80%D0%B0%D1%81.jpg" TargetMode="External" Id="rId109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D0%B1.jpg" TargetMode="External" Id="rId110" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D1%86%D0%B2.jpg" TargetMode="External" Id="rId111" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%86%D1%83%D0%BA%D0%B8%D0%BD.jpeg" TargetMode="External" Id="rId112" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%B1%D0%B0%D1%87%D0%BE%D0%BA.jpg" TargetMode="External" Id="rId113" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B4%D1%8B%D0%BD%D1%8F_%D0%B6.jpg" TargetMode="External" Id="rId114" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%84%D0%BE%D1%80%D0%B5%D0%BB%D1%8C.webp" TargetMode="External" Id="rId115" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B0%D0%BA%D1%85%D0%B0%D0%BC.jpg" TargetMode="External" Id="rId116" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%BD%D0%B0%D1%82%D0%B0_%D0%BC%D0%B0%D1%80%D0%B8%D1%8F.webp" TargetMode="External" Id="rId117" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BE%D0%BD%D1%84%D0%B5%D1%80%D0%B5.webp" TargetMode="External" Id="rId118" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B5%D0%B9%D0%BF.webp" TargetMode="External" Id="rId119" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B0%D0%BD%D0%B0%D1%82_%D1%82.webp" TargetMode="External" Id="rId120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D0%BB%D1%83%D0%B1.webp" TargetMode="External" Id="rId121" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4_%D0%B3%D0%BB%D0%BE%D0%B1_%D0%BA%D0%B8%D1%82%D0%B0%D0%B9_EM2oMpI.webp" TargetMode="External" Id="rId122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D1%81%D0%BE%D0%BD_%D0%BA%D1%80%D1%83%D0%BF.webp" TargetMode="External" Id="rId123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%80%D0%B8%D0%BC%D1%81%D0%BE%D0%BD_%D0%BA%D1%80%D1%83%D0%BF_tP2tIts.webp" TargetMode="External" Id="rId124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D0%B0%D0%BD%D0%B0%D0%BD%D1%8B.jpeg" TargetMode="External" Id="rId125" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D0%B0%D0%BA%D0%BB%D0%B0%D0%B6%D0%B0%D0%BD2.webp" TargetMode="External" Id="rId126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%80%D1%81%D0%BD_%D0%B0%D0%BF%D0%BB%D1%81%D0%BD.webp" TargetMode="External" Id="rId127" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BF%D0%B5%D0%BB%D1%8C%D1%81%D0%B8%D0%BD_%D1%81%D1%80%D0%B5%D0%B4.webp" TargetMode="External" Id="rId128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D0%BB%D0%B4_%D0%B0%D0%BD%D0%B0%D0%BD%D0%B0%D1%81.webp" TargetMode="External" Id="rId129" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BD%D0%B0%D0%BD%D0%B0%D1%81.jpg" TargetMode="External" Id="rId130" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%85%D0%B0%D1%81%D1%81_%D0%B0%D0%B2.webp" TargetMode="External" Id="rId131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B2%D0%BE%D0%BA%D0%B0%D0%B4_%D0%B7%D0%B5%D0%BB.jpeg" TargetMode="External" Id="rId132" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%84%D0%B5%D0%BD%D1%85%D0%B5%D0%BB%D1%8C.webp" TargetMode="External" Id="rId133" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B5%D0%BD%D0%B8_%D1%81%D0%BC%D0%B8%D1%82.jpg" TargetMode="External" Id="rId134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%84%D1%83%D0%B4%D0%B6%D0%B8.jpg" TargetMode="External" Id="rId135" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B8%D0%BD%D0%BA_%D0%BB%D0%B5%D0%B4%D0%B8.jpg" TargetMode="External" Id="rId136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D0%BB%D1%8C%D0%B4%D0%B5%D0%BD_%D0%BF%D1%80%D0%B5%D0%BC%D0%B8%D1%83%D0%BC.webp" TargetMode="External" Id="rId137" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BD%D1%82%D0%BE%D0%BD%D0%BE%D0%B2%D0%BA%D0%B0.jpg" TargetMode="External" Id="rId138" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%81%D0%BD%D0%BE%D0%BA_%D0%BA%D0%B8%D1%82%D0%B0%D0%B9.avif" TargetMode="External" Id="rId139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%81%D0%BD%D0%BE%D0%BA_%D0%BA%D1%80%D0%B0%D1%81%D0%BD.jpeg" TargetMode="External" Id="rId140" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%85%D1%83%D1%80%D0%BC%D0%B0_%D0%B8%D1%81%D0%BF.jpg" TargetMode="External" Id="rId141" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%85%D1%83%D1%80%D0%BC%D0%B0_%D1%88%D0%B0%D1%80%D0%BE%D0%BD.jpg" TargetMode="External" Id="rId142" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%85%D1%83%D1%80%D0%BC%D0%B0_%D0%BA%D0%BE%D1%80%D0%BE%D0%BB%D0%B5%D0%BA.jpg" TargetMode="External" Id="rId143" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%84%D0%B8%D0%B7%D0%B0%D0%BB%D0%B8%D1%81_McYwhVC.webp" TargetMode="External" Id="rId144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D1%8B%D0%BA%D0%B2%D0%B0.jpg" TargetMode="External" Id="rId145" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D0%B2%D0%B5%D1%82%D0%BA%D0%B0_%D1%82%D1%83%D1%80%D1%86.jpg" TargetMode="External" Id="rId146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%80%D1%80%D0%B8_%D0%B2%D0%B0%D0%BB.jpg" TargetMode="External" Id="rId147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%80%D1%80%D0%B8_%D0%B2%D0%B5%D1%82%D0%BA%D0%B0.jpg" TargetMode="External" Id="rId148" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D1%83%D0%B7.jpg" TargetMode="External" Id="rId149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D1%81%D0%BB%D0%B8%D0%B2%D0%BA%D0%B0.jpg" TargetMode="External" Id="rId150" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%B8%D0%B0%D1%82_%D1%80%D0%BE%D0%B7.jpg" TargetMode="External" Id="rId151" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%BB%D0%B8%D0%B2%D0%B0_%D0%BA%D1%80%D0%B0.jpg" TargetMode="External" Id="rId152" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B5%D0%BB%D1%8C%D0%B4%D0%B5%D1%80%D0%B5%D0%B9_%D1%81%D1%82%D0%B5%D0%B1.jpg" TargetMode="External" Id="rId153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BE%D1%80%D0%B5%D0%BD%D1%8C_%D1%81%D0%B5%D0%BB%D1%8C%D0%B4%D0%B5%D1%80%D0%B5%D1%8F.webp" TargetMode="External" Id="rId154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B2%D0%B5%D0%BA%D0%BB%D0%B01.jpg" TargetMode="External" Id="rId155" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%88%D0%BF%D0%B8%D0%BD%D0%B0%D1%82_%D0%BC%D0%B8%D0%BD%D0%B8.jpg" TargetMode="External" Id="rId156" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B8%D0%BA%D1%81.webp" TargetMode="External" Id="rId157" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D1%83%D0%BA%D0%BA%D0%BE%D0%BB%D0%B0.jpg" TargetMode="External" Id="rId158" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%BE%D0%BC%D0%BF%D0%B5%D0%B9%D0%BD.jpg" TargetMode="External" Id="rId159" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D0%BA%D0%B8%D0%BD%D0%BA%D0%B0.jpg" TargetMode="External" Id="rId160" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%84%D0%B9%D1%81%D0%B1%D0%B5%D1%80%D0%B3.jpg" TargetMode="External" Id="rId161" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%BC%D0%BE%D1%80%D0%BE%D0%B4%D0%B8%D0%BD%D0%B0_%D0%BA%D1%80%D0%B0%D1%81.jpeg" TargetMode="External" Id="rId162" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4%D1%8C%D0%BA%D0%B0_%D1%87%D0%B5%D1%80%D0%BD_1vsz3OY.jpg" TargetMode="External" Id="rId163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4%D1%8C%D0%BA%D0%B0_%D0%B7%D0%B5%D0%BB.jpg" TargetMode="External" Id="rId164" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%BE%D0%BC%D0%B5%D0%BB%D0%BE_d2ibnOe.webp" TargetMode="External" Id="rId165" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%BE%D0%BC%D0%B5%D0%BB%D0%BE.webp" TargetMode="External" Id="rId166" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D0%BE%D1%81%D1%82%D1%80_10mVeld.jpg" TargetMode="External" Id="rId167" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D0%BE%D1%81%D1%82%D1%80.jpg" TargetMode="External" Id="rId168" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D0%B7%D0%B5%D0%BB.jpg" TargetMode="External" Id="rId169" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D0%BA%D1%80%D0%B0%D1%81.webp" TargetMode="External" Id="rId170" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D1%86%D1%8B.jpg" TargetMode="External" Id="rId171" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BB%D0%B0%D0%B4%D0%BA%D0%B8%D0%B5_%D1%81%D1%80%D0%B5%D0%B4.jpg" TargetMode="External" Id="rId172" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%83%D1%80%D0%B0%D0%B6.jpg" TargetMode="External" Id="rId173" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%BE%D1%80%D0%BA%D0%BE%D0%B2%D1%8C_%D0%B3%D1%80.jpg" TargetMode="External" Id="rId174" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%BE%D1%80%D0%BA%D0%BE%D0%B2%D1%8C_%D0%BC%D1%8B%D1%82.jpg" TargetMode="External" Id="rId175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D0%BC%D0%B0%D1%80%D0%BE%D0%BA%D0%BE.jpg" TargetMode="External" Id="rId176" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D1%82%D1%83%D1%80%D1%86%D0%B8%D1%8F.jpg" TargetMode="External" Id="rId177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D1%8E%D0%B0%D1%80.jpg" TargetMode="External" Id="rId178" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B5%D0%B6%D0%B5%D0%B2%D0%B8%D0%BA%D0%B0.jpg" TargetMode="External" Id="rId179" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BB%D0%B8%D0%BD%D0%B0.jpg" TargetMode="External" Id="rId180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B3%D0%BE_%D0%B3%D0%BE%D0%BB%D0%B4.jpg" TargetMode="External" Id="rId181" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D0%BA%D1%80%D0%B0%D1%81.jpg" TargetMode="External" Id="rId182" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D1%80%D0%B5%D0%BF%D1%87_%D0%BA%D1%80%D1%83%D0%BF.jpg" TargetMode="External" Id="rId183" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D1%80%D0%B5%D0%BF%D1%871.jpg" TargetMode="External" Id="rId184" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%8F%D0%BB%D1%82%D0%B0.jpg" TargetMode="External" Id="rId185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D0%BF%D0%BE%D1%80%D0%B5%D0%B9_hZEqvjS.jpg" TargetMode="External" Id="rId186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B8%D0%BC%D0%BE%D0%BD_%D1%83%D0%B7%D0%B1%D0%B5%D0%BA_SPhGNft.jpg" TargetMode="External" Id="rId187" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B8%D0%BC%D0%BE%D0%BD1.webp" TargetMode="External" Id="rId188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B0%D0%B9%D0%BC.jpg" TargetMode="External" Id="rId189" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%83%D0%BC%D0%BA%D0%B2%D0%B0%D1%82_Suw5660.jpg" TargetMode="External" Id="rId190" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%83%D0%BA%D1%83%D1%80%D1%83%D0%B7%D0%B0.jpg" TargetMode="External" Id="rId191" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BB%D1%83%D0%B1%D0%BD%D0%B8%D0%BA%D0%B0_%D0%B2%D0%B0%D0%BB.jpg" TargetMode="External" Id="rId192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BB%D1%83%D0%B1%D0%BD%D0%B8%D0%BA%D0%B0_Fep1kI8.jpg" TargetMode="External" Id="rId193" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B8%D0%B2%D0%B8_%D0%B8%D1%80%D0%B0%D0%BD.jpg" TargetMode="External" Id="rId194" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B8%D0%B2%D0%B8_%D0%BE%D1%82%D0%B1.jpg" TargetMode="External" Id="rId195" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%84_%D0%BC%D1%8B%D1%82%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId196" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%84_%D0%BA%D1%80%D0%B0%D1%81.jpg" TargetMode="External" Id="rId197" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%84_%D0%B1%D0%B5%D0%BB.jpg" TargetMode="External" Id="rId198" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BE%D0%BB%D1%8C%D1%80%D0%B0%D0%B1%D0%B8_fjK2ghm.jpg" TargetMode="External" Id="rId199" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%86%D0%B2%D0%B5%D1%82%D0%BD%D0%B0%D1%8F.jpg" TargetMode="External" Id="rId200" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D0%BD%D1%83.jpg" TargetMode="External" Id="rId201" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D0%B1%D0%BA.jpg" TargetMode="External" Id="rId202" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D1%80%D0%BE%D0%BA%D0%BA%D0%BE%D0%BB%D0%B8_8lR0CRr.jpg" TargetMode="External" Id="rId203" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D0%BA%D0%BA_SAvs2rQ.jpg" TargetMode="External" Id="rId204" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%86%D1%83%D0%BA%D0%B8%D0%BD%D0%B8.avif" TargetMode="External" Id="rId205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%B1%D0%B0%D1%87%D0%BA%D0%B8.jpg" TargetMode="External" Id="rId206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B8%D0%BC%D0%B1%D0%B8%D1%80%D1%8C.jpg" TargetMode="External" Id="rId207" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B4%D1%8B%D0%BD%D1%8F_%D0%B6%D0%B5%D0%BB%D1%82.jpg" TargetMode="External" Id="rId208" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D1%83%D1%88%D0%B0_%D1%84%D0%BE%D1%80%D0%B5%D0%BB%D1%8C_4NGwDYe.jpg" TargetMode="External" Id="rId209" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BE%D0%BD%D1%84%D0%B5%D1%80%D0%B5%D0%BD%D1%86.png" TargetMode="External" Id="rId210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%88%D0%B0%D0%BC%D0%BF%D1%8B.png" TargetMode="External" Id="rId211" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B5%D0%B9%D0%BF_%D1%82%D1%83%D1%80%D1%86.jpg" TargetMode="External" Id="rId212" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B0%D0%BD%D0%B0%D1%82_%D1%82%D1%83%D1%80%D1%86.jpg" TargetMode="External" Id="rId213" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B0%D0%BD%D0%B0%D1%82_%D0%B0%D0%B7%D0%B5%D1%80.avif" TargetMode="External" Id="rId214" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B0%D0%BD%D0%B0%D1%82_%D0%B1%D0%B5%D0%B7_%D0%BA.jpg" TargetMode="External" Id="rId215" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D0%BB%D1%83%D0%B1%D0%B8%D0%BA%D0%B0.jpg" TargetMode="External" Id="rId216" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%80%D0%B8%D0%BC%D1%81%D0%BE%D0%BD_%D1%87%D0%B8%D0%BB%D0%B8.webp" TargetMode="External" Id="rId217" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%80%D0%B8%D0%BC%D1%81%D0%BE%D0%BD.jpg" TargetMode="External" Id="rId218" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4_%D0%B3%D0%BB%D0%BE%D0%B1.webp" TargetMode="External" Id="rId219" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B2%D0%B8%D0%BD%D0%BE%D0%B3%D1%80%D0%B0%D0%B4_%D0%BA%D0%B8%D1%88.jpg" TargetMode="External" Id="rId220" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D0%B0%D0%BD%D0%B0%D0%BD%D0%BD%D1%8B.jpg" TargetMode="External" Id="rId221" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D0%B0%D0%BA%D0%BB%D0%B0%D0%B6%D0%B0%D0%BD1.jpg" TargetMode="External" Id="rId222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D1%80%D0%B1%D1%83%D0%B7_%D0%BC%D0%B8%D0%BD%D0%B8.jpg" TargetMode="External" Id="rId223" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BF%D0%B5%D0%BB%D1%8C%D1%81%D0%B8%D0%BD_%D0%BE%D1%82%D0%B1.jpg" TargetMode="External" Id="rId224" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BF%D0%B5%D0%BB%D1%8C%D1%81%D0%B8%D0%BD_%D0%BA%D1%80%D0%B0%D1%81.jpg" TargetMode="External" Id="rId225" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BF%D0%B5%D0%BB%D1%8C%D1%81%D0%B8%D0%BD.jpg" TargetMode="External" Id="rId226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BD%D0%B0%D0%BD%D0%B0%D1%81_%D0%BC%D0%B5%D0%BB%D0%BA.webp" TargetMode="External" Id="rId227" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BD%D0%B0%D0%BD%D0%B0%D1%81_%D0%BA%D1%80%D1%83%D0%BF.jpg" TargetMode="External" Id="rId228" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BD%D0%B0%D0%BD%D0%B0%D1%81_%D0%B3%D0%BE%D0%BB%D0%B41.jpg" TargetMode="External" Id="rId229" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B2%D0%BE%D0%BA%D0%B0%D0%B4%D0%BE_%D0%B7%D0%B5%D0%BB.jpg" TargetMode="External" Id="rId230" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B2%D0%BE%D0%BA%D0%B0%D0%B4%D0%BE_%D0%BE%D1%82%D0%B1.jpg" TargetMode="External" Id="rId231" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B2%D0%BE%D0%BA%D0%B0%D0%B4%D0%BE_%D1%85%D0%B0%D1%81%D1%81_TWhuFFd.jpg" TargetMode="External" Id="rId232" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B5%D0%B7%D0%BE%D0%BD%D0%BD%D0%BE%D0%B5_%D0%BC%D0%B5%D0%BB%D0%BA%D0%BE%D0%B5.jpeg" TargetMode="External" Id="rId233" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D0%BB%D1%8C%D0%B4%D0%B5%D0%BD_%D1%81%D1%80%D0%B5%D0%B4.webp" TargetMode="External" Id="rId234" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%8F%D0%B1%D0%BB%D0%BE%D0%BA%D0%BE_%D0%B3%D0%BE%D0%BB%D0%BB%D1%8C%D0%B4%D0%B5%D0%BD.jpg" TargetMode="External" Id="rId235" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%8F%D0%B1%D0%BB%D0%BE%D0%BA%D0%BE_%D0%B3%D0%B0%D0%BB%D0%B0.jpg" TargetMode="External" Id="rId236" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%8F%D0%B1%D0%BB%D0%BE%D0%BA%D0%BE_%D0%B4%D0%B8%D1%81%D0%BA%D0%B0%D0%B2%D0%B5%D1%80%D0%B8.webp" TargetMode="External" Id="rId237" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%8F%D0%B1%D0%BB%D0%BE%D0%BA%D0%BE_%D1%81%D0%B8%D0%BD%D0%B0%D0%BF.jpeg" TargetMode="External" Id="rId238" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B5%D0%BD%D0%B8_%D1%81%D0%BC%D0%B8%D1%82_%D0%B2%D0%B0%D0%BB.webp" TargetMode="External" Id="rId239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%8F%D0%B1%D0%BB%D0%BE%D0%BA%D0%BE_%D0%B0%D0%BD%D1%82%D0%BE%D0%BD%D0%BE%D0%B2%D0%BA%D0%B0.webp" TargetMode="External" Id="rId240" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%8F%D0%B1%D0%BB%D0%BE%D0%BA%D0%BE_%D0%B0%D0%B9%D0%B4%D0%B0%D1%80%D0%B5%D0%B4.webp" TargetMode="External" Id="rId241" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%8F%D0%B1%D0%BB%D0%BE%D0%BA%D0%B8_%D0%B3%D0%B0%D0%BB%D0%B0.jpg" TargetMode="External" Id="rId242" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B8%D0%BB%D0%B8_%D0%BC%D0%B8%D0%BD%D0%B8.jpg" TargetMode="External" Id="rId243" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%81%D0%BD%D0%BE%D0%BA_%D0%BD%D0%BE%D0%B2_%D1%83%D1%80%D0%BE%D0%B6.jpeg" TargetMode="External" Id="rId244" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%81%D0%BD%D0%BE%D0%BA_%D1%81%D0%BE%D0%BB%D0%BE.jpg" TargetMode="External" Id="rId245" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%81%D0%BD%D0%BE%D0%BA.avif" TargetMode="External" Id="rId246" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%80%D0%B5%D1%88%D0%BD%D1%8F_%D1%87%D0%B8%D0%BB%D0%B8.webp" TargetMode="External" Id="rId247" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BE%D1%80%D0%B5%D0%BD%D1%8C_%D1%85%D1%80%D0%B5%D0%BD%D0%B0.jpg" TargetMode="External" Id="rId248" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%84%D0%B8%D0%B7%D0%B0%D0%BB%D0%B8%D1%81.webp" TargetMode="External" Id="rId249" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%84%D0%B5%D0%BD%D1%85%D0%B5%D0%BB%D1%8C.jpg" TargetMode="External" Id="rId250" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%84%D0%B0%D1%81%D0%BE%D0%BB%D1%8C.png" TargetMode="External" Id="rId251" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%83%D0%BA%D1%80%D0%BE%D0%BF.jpg" TargetMode="External" Id="rId252" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D1%8B%D0%BA%D0%B2%D0%B0_%D0%BA%D1%80%D1%83%D0%B3.webp" TargetMode="External" Id="rId253" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%80%D1%80%D0%B8_%D0%BA%D1%83%D0%BC%D0%B0%D1%82%D0%BE.webp" TargetMode="External" Id="rId254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%80%D1%80%D0%B8_%D0%B2%D0%B0%D0%BB.gif" TargetMode="External" Id="rId255" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%80%D1%80%D0%B8_%D0%B2%D0%B5%D1%82%D0%BA%D0%B0_%D0%BA%D1%80%D0%B0%D1%81.jpg" TargetMode="External" Id="rId256" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D1%80%D1%80%D0%B8_%D0%B2%D0%B0%D0%BB.webp" TargetMode="External" Id="rId257" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%87%D0%B5%D1%80%D1%80%D0%B8_%D0%B6%D0%B5%D0%BB%D1%82_%D0%B2%D0%B0%D0%BB.webp" TargetMode="External" Id="rId258" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D1%83%D0%B7%D0%B1%D0%B5%D0%BA9.jpg" TargetMode="External" Id="rId259" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D1%83%D0%B7%D0%B1%D0%B5%D0%BA7.jpeg" TargetMode="External" Id="rId260" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D1%83%D0%B7%D0%B1%D0%B5%D0%BA6.jpg" TargetMode="External" Id="rId261" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D1%80%D0%BE%D0%B7_%D0%B0%D0%B7%D0%B5%D1%80.webp" TargetMode="External" Id="rId262" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D1%80%D0%BE%D0%B7.jpg" TargetMode="External" Id="rId263" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D0%B6%D0%B5%D0%BB%D1%82.jpg" TargetMode="External" Id="rId264" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D0%BA%D1%80%D0%B0%D1%81.jpg" TargetMode="External" Id="rId265" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%BB%D0%B8%D0%B2%D0%BA%D0%B0_%D1%84%D0%BB%D0%B0%D0%BC%D0%B5%D0%BD%D0%BA%D0%BE.webp" TargetMode="External" Id="rId266" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D0%B0%D1%82_%D1%82%D1%83%D1%80%D1%86%D0%B8%D1%8F.webp" TargetMode="External" Id="rId267" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%BF%D0%B0%D1%80%D0%B6%D0%B0.webp" TargetMode="External" Id="rId268" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%BF%D0%B0%D1%80%D0%B6%D0%B0_%D0%B1%D0%B5%D0%BB%D0%B0%D1%8F.webp" TargetMode="External" Id="rId269" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%BB%D0%B8%D0%B2%D0%B0_%D0%BA%D1%80%D0%B0%D1%81.jpg" TargetMode="External" Id="rId270" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%BB%D0%B8%D0%B2%D0%B0_%D1%87%D0%B5%D1%80%D0%BD.jpg" TargetMode="External" Id="rId271" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BE%D1%80%D0%B5%D0%BD%D1%8C_%D1%81%D0%B5%D0%BB%D0%B1%D0%B4%D0%B5%D1%80%D0%B5%D1%8F.jpeg" TargetMode="External" Id="rId272" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%88%D0%BF%D0%B8%D0%BD%D0%B0%D1%82.webp" TargetMode="External" Id="rId273" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%88%D0%BF%D0%B8%D0%BD%D0%B0%D1%82_%D0%BC%D0%B8%D0%BD%D0%B8.webp" TargetMode="External" Id="rId274" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B3%D0%BE%D0%BB%D1%8C%D0%B4.png" TargetMode="External" Id="rId275" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%BE%D1%81%D1%81%D0%B0.webp" TargetMode="External" Id="rId276" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%BE%D0%BB%D0%B0_%D0%B1%D0%B8%D0%BE%D0%BD%D0%B4%D0%B0.webp" TargetMode="External" Id="rId277" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B9%D1%81%D0%B1%D0%B5%D1%80%D0%B3.webp" TargetMode="External" Id="rId278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D1%83%D0%BA%D0%BA%D0%BE%D0%BB%D0%B0_%D0%BF%D0%B0%D1%87%D0%BA%D0%B0.webp" TargetMode="External" Id="rId279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D1%83%D0%BA%D0%BA%D0%BE%D0%BB%D0%B0.webp" TargetMode="External" Id="rId280" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%BE%D0%B7%D0%BC%D0%B0%D1%80%D0%B8%D0%BD.jpg" TargetMode="External" Id="rId281" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4%D1%8C%D0%BA%D0%B0_%D1%87%D0%B5%D1%80%D0%BD.jpg" TargetMode="External" Id="rId282" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4%D1%8C%D0%BA%D0%B0_%D0%BC%D0%B0%D1%80%D0%B3.webp" TargetMode="External" Id="rId283" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4%D0%B8%D1%81_%D0%BF%D1%83%D1%87%D0%BE%D0%BA.jpg" TargetMode="External" Id="rId284" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4%D0%B8%D1%81_%D0%BC%D0%B5%D1%88%D0%BE%D0%BA.jpg" TargetMode="External" Id="rId285" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4%D0%B8%D1%81_%D0%B8%D0%B7%D1%80.webp" TargetMode="External" Id="rId286" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%BE%D1%8F.webp" TargetMode="External" Id="rId287" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%BE%D0%BC%D0%B5%D0%BB%D0%BE_%D0%BA%D1%80%D0%B0%D1%81.webp" TargetMode="External" Id="rId288" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%BE%D0%BC%D0%B5%D0%BB%D0%BE_%D0%B6%D0%B5%D0%BB%D1%82.webp" TargetMode="External" Id="rId289" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B8%D1%82%D0%B0%D1%85%D0%B0%D0%B9%D1%8F_%D0%BA%D1%80%D0%B0%D1%81.jpg" TargetMode="External" Id="rId290" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B8%D1%82%D0%B0%D1%85%D0%B0%D0%B9%D1%8F_%D0%B6%D0%B5%D0%BB%D1%82.webp" TargetMode="External" Id="rId291" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%82%D1%80%D1%83%D1%88%D0%BA%D0%B0.jpg" TargetMode="External" Id="rId292" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D1%81%D0%B8%D0%BA_%D0%BF%D0%BB%D0%BE%D0%BA%D0%B8%D0%B9.webp" TargetMode="External" Id="rId293" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D0%BB%D0%B0%D1%81%D1%82%D0%BE%D1%87%D0%BA%D0%B0.jpg" TargetMode="External" Id="rId294" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D0%BE%D1%81%D1%82%D1%80_%D0%BA%D1%80%D0%B0%D1%81.webp" TargetMode="External" Id="rId295" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D0%BE%D1%81%D1%82%D1%80_%D0%B7%D0%B5%D0%BB.webp" TargetMode="External" Id="rId296" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D1%80%D0%BE%D0%BC%D0%B8%D1%80%D0%BE.webp" TargetMode="External" Id="rId297" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D0%BA%D1%80%D0%B0%D1%81%D0%BD%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId298" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D1%80%D0%B5%D1%86_%D0%B7%D0%B5%D0%BB%D0%B5%D0%BD%D1%8B%D0%B9.webp" TargetMode="External" Id="rId299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B0%D1%81%D1%82%D0%B5%D1%80%D0%BD%D0%B0%D0%BA.jpg" TargetMode="External" Id="rId300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B0%D0%BF%D0%B0%D0%B9%D1%8F.jpg" TargetMode="External" Id="rId301" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BE%D0%B3%D1%83%D1%80%D0%B5%D0%B9_%D1%81%D1%80%D0%B5%D0%B4_%D0%B3%D0%BB%D0%B0%D0%B4%D0%BA_6t5P0bU.jpg" TargetMode="External" Id="rId302" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%83%D1%80%D0%B0%D0%B6_%D0%B8%D1%80%D0%B0%D0%BD.webp" TargetMode="External" Id="rId303" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%83%D1%80%D0%B0%D0%B6_%D0%BA%D0%B0%D0%B7%D0%B0%D0%BD%D1%8C.jpg" TargetMode="External" Id="rId304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%83%D1%80%D0%B0%D0%B6_%D0%B2%D1%8B%D0%B1%D0%BE%D1%80%D0%B6%D0%B5%D1%86.jpg" TargetMode="External" Id="rId305" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BE%D0%B3%D1%83%D1%80%D0%B5%D0%B9_%D0%BA%D1%83%D1%80%D0%B0%D0%B6_%D0%B2%D0%B0%D0%BB%D0%B8%D0%B3%D0%BE%D1%80%D0%B0.webp" TargetMode="External" Id="rId306" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BE%D0%B3%D1%83%D1%80%D0%B5%D1%86_%D1%80%D0%BE%D1%81%D1%82.jpg" TargetMode="External" Id="rId307" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BE%D0%B3%D1%83%D1%80%D0%B5%D0%B9_%D1%81%D1%80%D0%B5%D0%B4_%D0%B3%D0%BB%D0%B0%D0%B4%D0%BA.jpg" TargetMode="External" Id="rId308" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B7%D0%B0%D0%B7%D1%83%D0%BB%D1%8F.webp" TargetMode="External" Id="rId309" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BE%D0%B3%D1%83%D1%80%D0%B5%D1%86_%D0%B3%D0%BB%D0%B0%D0%B4%D0%BA_%D0%BD%D0%BE%D0%B2%D0%B3%D0%BE%D1%80%D0%BE%D0%B4.jpg" TargetMode="External" Id="rId310" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BD%D0%B5%D0%BA%D1%82%D1%80%D0%B0%D0%B8%D0%BD_%D0%BF%D0%BB%D0%BE%D1%81%D0%BA.jpg" TargetMode="External" Id="rId311" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BD%D0%B5%D0%BA%D1%82%D0%B0%D1%80%D0%B8%D0%BD_%D1%8E%D0%B0%D1%80.jpg" TargetMode="External" Id="rId312" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BD%D0%B5%D0%BA%D1%82%D0%B0%D1%80%D0%B8%D0%BD.jpg" TargetMode="External" Id="rId313" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%BE%D1%80%D0%BA%D0%BE%D0%B2%D1%8C_%D0%B6%D0%B5%D0%BB%D1%82%D0%B0%D1%8F.jpg" TargetMode="External" Id="rId314" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D1%80%D0%B0%D0%BA%D1%83%D0%B9%D1%8F_%D0%B3%D0%BE%D0%BB%D0%B4.webp" TargetMode="External" Id="rId315" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D1%80%D0%B0%D0%BA%D1%83%D0%B9%D1%8F.webp" TargetMode="External" Id="rId316" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D0%BD%D0%BE%D0%B2%D0%B0.webp" TargetMode="External" Id="rId317" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D0%BD%D0%B0%D0%B4%D0%BE%D1%80%D0%BA%D0%BE%D1%82.jpg" TargetMode="External" Id="rId318" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D0%B2%D0%B5%D1%82%D0%BA%D0%B0.jpg" TargetMode="External" Id="rId319" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D0%BC%D0%B8%D0%BD%D0%B8.jpg" TargetMode="External" Id="rId320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D0%BD%D1%83%D1%80.jpg" TargetMode="External" Id="rId321" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D0%BF%D0%B0%D0%BF%D0%B3%D0%B0%D0%BD.jpg" TargetMode="External" Id="rId322" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B4%D0%B0%D1%80%D0%B8%D0%BD_%D0%BF%D0%B0%D0%BD%D0%B4%D0%B0.jpg" TargetMode="External" Id="rId323" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B3%D0%BE_%D0%B7%D0%B5%D0%BB.jpg" TargetMode="External" Id="rId324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B3%D0%BE_%D0%B0%D0%B2%D1%81%D1%82%D1%80%D0%B0%D0%BB%D0%B8%D1%8F.jpg" TargetMode="External" Id="rId325" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BD%D0%B3%D0%BE_%D0%B6%D0%B5%D0%BB%D1%82.jpg" TargetMode="External" Id="rId326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%B0%D0%BB%D0%B8%D0%BD%D0%B0_%D0%BA%D0%BE%D1%80%D0%B5%D0%BA%D1%81.webp" TargetMode="External" Id="rId327" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D1%8F%D0%BB%D1%82%D0%B0.jpg" TargetMode="External" Id="rId328" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D0%B7%D0%B5%D0%BB%D0%B5%D0%BD%D1%8B%D0%B9_%D0%BA%D0%BE%D1%80%D0%BE%D1%82%D0%BA.webp" TargetMode="External" Id="rId329" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D0%B7%D0%B5%D0%BB%D0%B5%D0%BD%D1%8B%D0%B9_%D0%B4%D0%BB%D0%B8%D0%BD.jpg" TargetMode="External" Id="rId330" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D0%BF%D0%BE%D1%80%D0%B5%D0%B9.jpg" TargetMode="External" Id="rId331" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D0%BA%D1%80%D0%B0%D1%81%D0%BD%D1%8B%D0%B9_luCm1RQ.jpg" TargetMode="External" Id="rId332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B8%D1%87%D0%B8.png" TargetMode="External" Id="rId333" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B8%D0%BC%D0%BE%D0%BD_%D1%83%D0%B7%D0%B1%D0%B5%D0%BA.jpg" TargetMode="External" Id="rId334" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B8%D0%BC%D0%BE%D0%BD_%D1%81%D1%80%D0%B5%D0%B4.webp" TargetMode="External" Id="rId335" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B8%D0%BC%D0%BE%D0%BD_%D0%BC%D0%B5%D0%BB%D0%BA%D0%B8%D0%B9.jpg" TargetMode="External" Id="rId336" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B8%D0%BC%D0%BE%D0%BD_%D0%BA%D1%80%D1%83%D0%BF.jpg" TargetMode="External" Id="rId337" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D0%B0%D0%B9%D0%BC.webp" TargetMode="External" Id="rId338" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%83%D0%BC%D0%BA%D0%B2%D0%B0%D1%82.jpg" TargetMode="External" Id="rId339" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%83%D0%BA%D1%83%D1%80%D1%83%D0%B7%D0%B0_%D0%BC%D0%B8%D0%BD%D0%B8.webp" TargetMode="External" Id="rId340" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BB%D1%83%D0%B1%D0%BD%D0%B8%D0%BA%D0%B0_%D0%B3%D1%80%D0%B5%D1%86%D0%B8%D1%8F.jpg" TargetMode="External" Id="rId341" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BB%D1%83%D0%B1%D0%BD%D0%B8%D0%BA%D0%B0.jpg" TargetMode="External" Id="rId342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B8%D0%B2%D0%B8_%D0%B3%D0%BE%D0%BB%D0%B4_%D0%B2%D0%B0%D0%BB.jpg" TargetMode="External" Id="rId343" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B8%D0%B2%D0%B8_%D0%B3%D0%BE%D0%BB%D0%B4.jpg" TargetMode="External" Id="rId344" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B8%D0%B2%D0%B82.jpg" TargetMode="External" Id="rId345" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B8%D0%B2%D0%B81.webp" TargetMode="External" Id="rId346" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D0%B0%D1%82%D0%B0%D1%82.jpeg" TargetMode="External" Id="rId347" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BE%D1%80%D0%B5%D0%BD%D1%8C_%D1%85%D1%80%D0%B5%D0%BD%D0%B0.webp" TargetMode="External" Id="rId348" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BF%D0%B8%D0%BD%D0%B0%D0%BC%D0%B1%D1%83%D1%80.webp" TargetMode="External" Id="rId349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BE%D0%BB%D1%8C%D1%80%D0%B0%D0%B1%D0%B81.avif" TargetMode="External" Id="rId350" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D0%B1%D1%80%D1%8E%D1%81.jpeg" TargetMode="External" Id="rId351" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D1%80%D0%BE%D0%BA%D0%BA%D0%BE%D0%BB%D0%B8.jpg" TargetMode="External" Id="rId352" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D1%86%D0%B2%D0%B5%D1%82_%D0%B8%D1%80%D0%B0%D0%BD.jpg" TargetMode="External" Id="rId353" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D1%86%D0%B2%D0%B5%D1%82%D0%BD%D0%B0%D1%8F.jpg" TargetMode="External" Id="rId354" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%B1%D0%B0%D1%87%D0%BA%D0%B8.webp" TargetMode="External" Id="rId355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BE%D0%BB%D1%8C%D1%80%D0%B0%D0%B1%D0%B8.jpg" TargetMode="External" Id="rId356" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B8%D0%BD%D0%B6%D0%B8%D1%80.jpg" TargetMode="External" Id="rId357" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B8%D0%BC%D0%B1%D0%B8%D1%80%D1%8C_%D0%BA%D0%BE%D1%80%D0%B5%D0%BD%D1%8C.webp" TargetMode="External" Id="rId358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B5%D0%B6%D0%B5%D0%B2%D0%B8%D0%BA%D0%B0_%D0%BA%D0%BE%D1%80%D0%B5%D0%BA%D1%81.webp" TargetMode="External" Id="rId359" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B4%D1%8B%D0%BD%D1%8F_%D0%B1%D0%BE%D0%BB%D0%BE.webp" TargetMode="External" Id="rId360" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B4%D1%8B%D0%BD%D1%8F_nWIxOtP.jpg" TargetMode="External" Id="rId361" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%84%D0%BE%D1%80%D0%B5%D0%BB%D1%8C_%D0%BA%D0%B8%D1%82%D0%B0%D0%B9.jpg" TargetMode="External" Id="rId362" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D1%83%D1%88%D0%B0_%D1%84%D0%BE%D1%80%D0%B5%D0%BB%D1%8C.jpg" TargetMode="External" Id="rId363" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%88%D0%B8%D0%BC%D0%B8%D0%B4%D0%B6%D0%B8.webp" TargetMode="External" Id="rId364" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B5%D0%B9%D0%BF%D1%84%D1%80%D1%83%D1%82_%D0%B1%D0%B5%D0%BB%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId365" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B0%D0%BD%D0%B0%D1%82_%D0%B1%D0%B5%D0%B7_%D0%BA%D0%BE%D1%81%D1%82.jpg" TargetMode="External" Id="rId366" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B0%D0%BD%D0%B0%D0%B4%D0%B8%D0%BB%D0%B0.webp" TargetMode="External" Id="rId367" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D1%80%D0%BE%D1%88%D0%B5%D0%BA.webp" TargetMode="External" Id="rId368" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%B0%D0%BB%D0%B0%D0%BD%D0%B3%D0%B0%D0%BB.webp" TargetMode="External" Id="rId369" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%B0%D0%B9%D1%84%D0%B8.webp" TargetMode="External" Id="rId370" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D0%BE%D0%BC%D1%81%D0%BE%D0%BD.webp" TargetMode="External" Id="rId371" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B2%D0%B8%D0%BD%D0%BE%D0%B3%D1%80%D0%B0%D0%B4_%D1%82%D0%BE%D0%BC%D1%81%D0%BE%D0%BD.jpg" TargetMode="External" Id="rId372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%BE%D0%BD%D1%84%D0%B5%D1%80%D0%B5%D0%BD%D1%86.webp" TargetMode="External" Id="rId373" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B0%D0%BD%D1%82%D0%B0_%D0%BC%D0%B0%D1%80%D0%B8%D1%8F.jpg" TargetMode="External" Id="rId374" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%88%D0%B8%D0%B8%D1%82%D0%B0%D0%BA%D0%B5.avif" TargetMode="External" Id="rId375" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B5%D0%BD%D0%BE%D0%BA%D0%B8.webp" TargetMode="External" Id="rId376" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B2%D0%B5%D1%88%D0%B5%D0%BD%D0%BA%D0%B0_%D1%81%D0%B2%D0%B5%D1%82%D0%BB%D0%B0%D1%8F.jpg" TargetMode="External" Id="rId377" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%88%D0%B0%D0%BC%D0%BF%D0%B8%D0%BD%D1%8C%D0%BE%D0%BD%D1%8B.jpg" TargetMode="External" Id="rId378" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B5%D0%B9%D0%BF%D1%84%D1%80%D1%83%D1%82.jpg" TargetMode="External" Id="rId379" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B0%D0%BD%D0%B0%D1%82_%D1%81%D0%B8%D1%80%D0%B8%D1%8F.jpg" TargetMode="External" Id="rId380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B0%D0%BD%D0%B0%D1%82_%D0%B0%D0%B7%D0%B5%D1%80.webp" TargetMode="External" Id="rId381" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D1%80%D0%B0%D0%BD%D0%B0%D1%82_%D1%82%D1%83%D1%80%D1%86%D0%B8%D1%8F.webp" TargetMode="External" Id="rId382" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D0%BB%D1%83%D0%B1%D0%B8%D0%BA%D0%B0_%D0%BA%D0%BE%D1%80%D0%B5%D0%BA%D1%81.jpg" TargetMode="External" Id="rId383" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D0%BB%D1%83%D0%B1%D0%B8%D0%BA%D0%B0_%D0%B2%D0%B0%D0%BB.jpeg" TargetMode="External" Id="rId384" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B2%D0%B8%D0%BD%D0%BE%D0%B3%D1%80%D0%B0%D0%B4_%D1%81%D0%BE%D1%80%D1%82_%D0%BC%D0%BE%D0%BB%D0%B4%D0%BE%D0%B2%D0%B0.jpg" TargetMode="External" Id="rId385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4_%D0%B3%D0%BB%D0%BE%D0%B1_%D0%BA%D0%B8%D1%82%D0%B0%D0%B9.webp" TargetMode="External" Id="rId386" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B8%D1%88_%D0%BC%D0%B8%D1%88_%D0%B1%D0%B5%D0%BB%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId387" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D1%80%D0%B8%D0%BC%D1%81%D0%BE%D0%BD_%D0%BA%D1%80%D1%83%D0%BF.webp" TargetMode="External" Id="rId388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D0%B0%D0%BD%D0%B0%D0%BD_%D0%BC%D0%B8%D0%BD%D0%B8.jpg" TargetMode="External" Id="rId389" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D0%B0%D0%BD%D0%B0%D0%BD_%D1%8D%D0%BA%D0%B2%D0%B0%D0%B4%D0%BE%D1%80.webp" TargetMode="External" Id="rId390" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D0%B0%D0%BA%D0%BB%D0%B0%D0%B6%D0%B0%D0%BD_XhdyAKO.jpg" TargetMode="External" Id="rId391" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B9%D0%B2%D0%B0.jpg" TargetMode="External" Id="rId392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BF%D0%B5%D0%BB%D1%8C%D1%81%D0%B8%D0%BD_%D0%BA%D1%80%D0%B0%D1%81%D0%BD.webp" TargetMode="External" Id="rId393" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BF%D0%B5%D0%BB%D1%8C%D1%81%D0%B8%D0%BD_%D0%BC%D0%B0%D1%80%D0%BE%D0%BA%D0%BA%D0%BE.jpg" TargetMode="External" Id="rId394" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BF%D0%B5%D0%BB%D1%8C%D1%81%D0%B8%D0%BD_%D1%81%D1%80%D0%B5%D0%B4%D0%BD%D0%B8%D0%B9_1zymwTm.jpg" TargetMode="External" Id="rId395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BF%D0%B5%D0%BB%D1%8C%D1%81%D0%B8%D0%BD_%D0%BA%D1%80%D0%B0%D1%81%D0%BD%D1%8B%D0%B9.webp" TargetMode="External" Id="rId396" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BF%D0%B5%D0%BB%D1%8C%D1%81%D0%B8%D0%BD_%D1%81%D1%80%D0%B5%D0%B4%D0%BD%D0%B8%D0%B9_Uk8mKP9.jpg" TargetMode="External" Id="rId397" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BF%D0%B5%D0%BB%D1%8C%D1%81%D0%B8%D0%BD_%D0%B5%D0%B3%D0%B8%D0%BF%D0%B5%D1%82_72.webp" TargetMode="External" Id="rId398" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BF%D0%B5%D0%BB%D1%8C%D1%81%D0%B8%D0%BD_%D0%BA%D1%80%D1%83%D0%BF.jpg" TargetMode="External" Id="rId399" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BF%D0%B5%D0%BB%D1%8C%D1%81%D0%B8%D0%BD_%D1%81%D1%80%D0%B5%D0%B4%D0%BD%D0%B8%D0%B9.jpg" TargetMode="External" Id="rId400" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BD%D0%B0%D0%BD%D0%B0%D1%81_%D0%BC%D0%B8%D0%BD%D0%B8.jpeg" TargetMode="External" Id="rId401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B0%D0%BC%D0%BE%D0%BB%D0%B5%D1%82_%D0%B0%D0%BD%D0%B0%D0%BD%D0%B0%D1%81.webp" TargetMode="External" Id="rId402" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%BD%D0%B0%D0%BD%D0%B0%D1%81.webp" TargetMode="External" Id="rId403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/IMG_20260218_125541.jpg" TargetMode="External" Id="rId404" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B2%D0%BE%D0%BA%D0%B0%D0%B4%D0%BE_%D0%B7%D0%B5%D0%BB.webp" TargetMode="External" Id="rId405" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B2%D0%BE%D0%BA%D0%B0%D0%B4%D0%BE_%D1%85%D0%B0%D1%81%D1%81.jpg" TargetMode="External" Id="rId406" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D0%BB%D0%B4.jfif" TargetMode="External" Id="rId407" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%82%D1%8B%D0%BA%D0%B2%D0%B0_%D0%BA%D1%80%D1%83%D0%B3.jpg" TargetMode="External" Id="rId408" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B1%D0%B0%D1%82%D0%B5%D1%80%D0%BD%D0%B0%D1%82.jpg" TargetMode="External" Id="rId409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D0%BA%D1%80%D0%B0%D1%81%D0%BD%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId410" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BB%D1%83%D0%BA_%D1%80%D0%B5%D0%BF%D1%87%D0%B0%D1%82%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId411" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B9%D0%B4%D0%B0%D1%80%D0%B5%D0%B4.jfif" TargetMode="External" Id="rId412" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B5%D0%B7%D0%BE%D0%BD%D0%BD%D0%BE%D0%B5.jfif" TargetMode="External" Id="rId413" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%80%D0%B5%D0%B4_%D0%B4%D0%B5%D0%BB%D0%B8%D1%88%D0%B5%D1%81.jpg" TargetMode="External" Id="rId414" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B3%D0%BE%D0%BB%D1%8C%D0%B4%D0%B5%D0%BD.jfif" TargetMode="External" Id="rId415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B5%D0%BB%D1%8C%D0%BB%D0%B4%D0%B5%D1%80%D0%B5%D0%B9_%D1%81%D1%82%D0%B5%D0%B1%D0%B5%D0%BB%D1%8C.jpg" TargetMode="External" Id="rId416" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%B0%D0%B9%D1%81%D0%B1%D0%B5%D1%80%D0%B3.jpg" TargetMode="External" Id="rId417" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BF%D0%B5%D0%BA%D0%B8%D0%BD%D0%BA%D0%B0.jfif" TargetMode="External" Id="rId418" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_%D0%BA%D0%BA.jpg" TargetMode="External" Id="rId419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D0%BF%D1%83%D1%81%D1%82%D0%B0_3WxowvG.jpg" TargetMode="External" Id="rId420" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D1%81%D0%B2%D0%B5%D0%BA%D0%BB%D0%B0.jpg" TargetMode="External" Id="rId421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%BE%D1%80%D0%BA%D0%BE%D0%B2%D1%8C_%D0%BC%D1%8B%D1%82%D0%B0%D1%8F_qoO5bm5.jpg" TargetMode="External" Id="rId422" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BC%D0%BE%D1%80%D0%BA%D0%BE%D0%B2%D1%8C_%D0%B3%D1%80%D1%8F%D0%B7.jpg" TargetMode="External" Id="rId423" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82_%D0%BA%D1%80%D0%B0%D1%81%D0%BD%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId424" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82_%D0%B1%D1%8D%D0%B1%D0%B8.jpg" TargetMode="External" Id="rId425" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82_%D0%BC%D1%8B%D1%82%D1%8B%D0%B9.jpg" TargetMode="External" Id="rId426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%84%D0%B5%D0%BB%D1%8C_%D0%B1%D0%B5%D0%BB%D0%B0%D1%80%D1%83%D1%81%D1%8C.jfif" TargetMode="External" Id="rId427" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="/media/supplier_items/%D0%BA%D0%B0%D1%80%D1%82%D0%BE%D1%84%D0%B5%D0%BB%D1%8C_%D1%8F%D1%80%D0%BE%D1%81%D0%BB%D0%B0%D0%B2%D0%BB%D1%8C.jpg" TargetMode="External" Id="rId428" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:U36"/>
+  <dimension ref="A1:U599"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="50" customWidth="1" min="1" max="1"/>
     <col width="30" customWidth="1" min="2" max="2"/>
     <col width="25" customWidth="1" min="3" max="3"/>
     <col width="15" customWidth="1" min="4" max="4"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Фото</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Название</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
@@ -557,2633 +557,42487 @@
           <t>Размер скидки</t>
         </is>
       </c>
       <c r="R1" s="1" t="inlineStr">
         <is>
           <t>Начало акции</t>
         </is>
       </c>
       <c r="S1" s="1" t="inlineStr">
         <is>
           <t>Конец акции</t>
         </is>
       </c>
       <c r="T1" s="1" t="inlineStr">
         <is>
           <t>Комментарий</t>
         </is>
       </c>
       <c r="U1" s="1" t="inlineStr">
         <is>
           <t>Дата добавления</t>
         </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A2" t="inlineStr"/>
       <c r="B2" t="inlineStr">
         <is>
-          <t>ананас голд</t>
+          <t>яблоки эмпайр</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
           <t>Коробка</t>
         </is>
       </c>
       <c r="G2" t="n">
-        <v>4375</v>
+        <v>12</v>
       </c>
       <c r="H2" t="n">
-        <v>3938</v>
+        <v>12</v>
       </c>
       <c r="I2" t="n">
-        <v>350</v>
+        <v>1</v>
       </c>
       <c r="J2" t="n">
-        <v>315.04</v>
+        <v>1</v>
       </c>
       <c r="K2" t="n">
-        <v>4375</v>
+        <v>12</v>
       </c>
       <c r="L2" t="n">
-        <v>3938</v>
+        <v>12</v>
       </c>
       <c r="M2" t="n">
-        <v>240</v>
+        <v>100</v>
       </c>
       <c r="N2" t="n">
-        <v>3000</v>
+        <v>1200</v>
       </c>
       <c r="O2" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P2" t="inlineStr"/>
       <c r="Q2" t="inlineStr"/>
       <c r="R2" t="inlineStr"/>
       <c r="S2" t="inlineStr"/>
       <c r="T2" t="inlineStr"/>
       <c r="U2" t="inlineStr">
         <is>
-          <t>04.02.2026 13:26</t>
+          <t>19.03.2026 07:51</t>
         </is>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A3" t="inlineStr"/>
       <c r="B3" t="inlineStr">
         <is>
-          <t>тыква круглая</t>
+          <t>яблоки гала</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Сетка</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G3" t="n">
-        <v>1260</v>
+        <v>12</v>
       </c>
       <c r="H3" t="n">
-        <v>1134</v>
+        <v>12</v>
       </c>
       <c r="I3" t="n">
-        <v>63</v>
+        <v>1</v>
       </c>
       <c r="J3" t="n">
-        <v>56.7</v>
+        <v>1</v>
       </c>
       <c r="K3" t="n">
-        <v>1260</v>
+        <v>12</v>
       </c>
       <c r="L3" t="n">
-        <v>1134</v>
+        <v>12</v>
       </c>
       <c r="M3" t="n">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="N3" t="n">
-        <v>50000</v>
+        <v>1200</v>
       </c>
       <c r="O3" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P3" t="inlineStr"/>
       <c r="Q3" t="inlineStr"/>
       <c r="R3" t="inlineStr"/>
       <c r="S3" t="inlineStr"/>
-      <c r="T3" t="inlineStr"/>
+      <c r="T3" t="inlineStr">
+        <is>
+          <t>сорт ПОЛОСАТЫЙ</t>
+        </is>
+      </c>
       <c r="U3" t="inlineStr">
         <is>
-          <t>04.02.2026 13:03</t>
+          <t>19.03.2026 07:51</t>
         </is>
       </c>
     </row>
     <row r="4">
-      <c r="A4" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A4" t="inlineStr"/>
       <c r="B4" t="inlineStr">
         <is>
-          <t>тыква бутылка</t>
+          <t>яблоки гала</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>Сетка</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G4" t="n">
-        <v>760</v>
+        <v>12</v>
       </c>
       <c r="H4" t="n">
-        <v>684</v>
+        <v>12</v>
       </c>
       <c r="I4" t="n">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="J4" t="n">
-        <v>34.2</v>
+        <v>1</v>
       </c>
       <c r="K4" t="n">
-        <v>760</v>
+        <v>12</v>
       </c>
       <c r="L4" t="n">
-        <v>684</v>
+        <v>12</v>
       </c>
       <c r="M4" t="n">
-        <v>5000</v>
+        <v>100</v>
       </c>
       <c r="N4" t="n">
-        <v>100000</v>
+        <v>1200</v>
       </c>
       <c r="O4" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P4" t="inlineStr"/>
       <c r="Q4" t="inlineStr"/>
       <c r="R4" t="inlineStr"/>
       <c r="S4" t="inlineStr"/>
       <c r="T4" t="inlineStr"/>
       <c r="U4" t="inlineStr">
         <is>
-          <t>04.02.2026 12:57</t>
+          <t>19.03.2026 07:50</t>
         </is>
       </c>
     </row>
     <row r="5">
-      <c r="A5" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A5" t="inlineStr"/>
       <c r="B5" t="inlineStr">
         <is>
-          <t>лук репчатый красный</t>
+          <t>фейхоа</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>Сетка</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G5" t="n">
-        <v>1500</v>
+        <v>5</v>
       </c>
       <c r="H5" t="n">
-        <v>1350</v>
+        <v>5</v>
       </c>
       <c r="I5" t="n">
-        <v>50</v>
+        <v>1</v>
       </c>
       <c r="J5" t="n">
-        <v>45</v>
+        <v>1</v>
       </c>
       <c r="K5" t="n">
-        <v>1500</v>
+        <v>5</v>
       </c>
       <c r="L5" t="n">
-        <v>1350</v>
+        <v>5</v>
       </c>
       <c r="M5" t="n">
-        <v>3334</v>
+        <v>100</v>
       </c>
       <c r="N5" t="n">
-        <v>100020</v>
+        <v>500</v>
       </c>
       <c r="O5" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P5" t="inlineStr"/>
       <c r="Q5" t="inlineStr"/>
       <c r="R5" t="inlineStr"/>
       <c r="S5" t="inlineStr"/>
       <c r="T5" t="inlineStr"/>
       <c r="U5" t="inlineStr">
         <is>
-          <t>04.02.2026 12:54</t>
+          <t>19.03.2026 07:44</t>
         </is>
       </c>
     </row>
     <row r="6">
-      <c r="A6" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A6" t="inlineStr"/>
       <c r="B6" t="inlineStr">
         <is>
-          <t>лук репчатый желтый</t>
+          <t>мангольд пачка</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>Сетка</t>
+          <t>Контейнер</t>
         </is>
       </c>
       <c r="G6" t="n">
-        <v>960</v>
+        <v>1</v>
       </c>
       <c r="H6" t="n">
-        <v>864</v>
+        <v>1</v>
       </c>
       <c r="I6" t="n">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="J6" t="n">
-        <v>28.8</v>
+        <v>8</v>
       </c>
       <c r="K6" t="n">
-        <v>960</v>
+        <v>1</v>
       </c>
       <c r="L6" t="n">
-        <v>864</v>
+        <v>1</v>
       </c>
       <c r="M6" t="n">
-        <v>3334</v>
+        <v>100</v>
       </c>
       <c r="N6" t="n">
-        <v>100020</v>
+        <v>12</v>
       </c>
       <c r="O6" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P6" t="inlineStr"/>
       <c r="Q6" t="inlineStr"/>
       <c r="R6" t="inlineStr"/>
       <c r="S6" t="inlineStr"/>
       <c r="T6" t="inlineStr"/>
       <c r="U6" t="inlineStr">
         <is>
-          <t>04.02.2026 12:51</t>
+          <t>19.03.2026 07:43</t>
         </is>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A7" t="inlineStr"/>
       <c r="B7" t="inlineStr">
         <is>
-          <t>яблоки айдаред</t>
+          <t>салат радичио</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>Ящик</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G7" t="n">
-        <v>680</v>
+        <v>4</v>
       </c>
       <c r="H7" t="n">
-        <v>612</v>
+        <v>4</v>
       </c>
       <c r="I7" t="n">
-        <v>85</v>
+        <v>1</v>
       </c>
       <c r="J7" t="n">
-        <v>76.5</v>
+        <v>1</v>
       </c>
       <c r="K7" t="n">
-        <v>680</v>
+        <v>4</v>
       </c>
       <c r="L7" t="n">
-        <v>612</v>
+        <v>4</v>
       </c>
       <c r="M7" t="n">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="N7" t="n">
-        <v>20000</v>
+        <v>400</v>
       </c>
       <c r="O7" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P7" t="inlineStr"/>
       <c r="Q7" t="inlineStr"/>
       <c r="R7" t="inlineStr"/>
       <c r="S7" t="inlineStr"/>
       <c r="T7" t="inlineStr"/>
       <c r="U7" t="inlineStr">
         <is>
-          <t>04.02.2026 12:49</t>
+          <t>19.03.2026 07:42</t>
         </is>
       </c>
     </row>
     <row r="8">
-      <c r="A8" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A8" t="inlineStr"/>
       <c r="B8" t="inlineStr">
         <is>
-          <t>яблоко сезонное</t>
+          <t>огурец миринда</t>
         </is>
       </c>
       <c r="C8" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D8" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E8" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F8" t="inlineStr">
         <is>
           <t>Коробка</t>
         </is>
       </c>
       <c r="G8" t="n">
-        <v>640</v>
+        <v>10</v>
       </c>
       <c r="H8" t="n">
-        <v>576</v>
+        <v>10</v>
       </c>
       <c r="I8" t="n">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="J8" t="n">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="K8" t="n">
-        <v>640</v>
+        <v>10</v>
       </c>
       <c r="L8" t="n">
-        <v>576</v>
+        <v>10</v>
       </c>
       <c r="M8" t="n">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="N8" t="n">
-        <v>20000</v>
+        <v>1000</v>
       </c>
       <c r="O8" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P8" t="inlineStr"/>
       <c r="Q8" t="inlineStr"/>
       <c r="R8" t="inlineStr"/>
       <c r="S8" t="inlineStr"/>
       <c r="T8" t="inlineStr"/>
       <c r="U8" t="inlineStr">
         <is>
-          <t>04.02.2026 12:47</t>
+          <t>19.03.2026 07:41</t>
         </is>
       </c>
     </row>
     <row r="9">
-      <c r="A9" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A9" t="inlineStr"/>
       <c r="B9" t="inlineStr">
         <is>
-          <t>яблоко ред делишес</t>
+          <t>наршароб</t>
         </is>
       </c>
       <c r="C9" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D9" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E9" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F9" t="inlineStr">
         <is>
           <t>Коробка</t>
         </is>
       </c>
       <c r="G9" t="n">
-        <v>640</v>
+        <v>10</v>
       </c>
       <c r="H9" t="n">
-        <v>576</v>
+        <v>10</v>
       </c>
       <c r="I9" t="n">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="J9" t="n">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="K9" t="n">
-        <v>640</v>
+        <v>10</v>
       </c>
       <c r="L9" t="n">
-        <v>576</v>
+        <v>10</v>
       </c>
       <c r="M9" t="n">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="N9" t="n">
-        <v>20000</v>
+        <v>1000</v>
       </c>
       <c r="O9" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P9" t="inlineStr"/>
       <c r="Q9" t="inlineStr"/>
       <c r="R9" t="inlineStr"/>
       <c r="S9" t="inlineStr"/>
       <c r="T9" t="inlineStr"/>
       <c r="U9" t="inlineStr">
         <is>
-          <t>04.02.2026 12:45</t>
+          <t>19.03.2026 07:41</t>
         </is>
       </c>
     </row>
     <row r="10">
-      <c r="A10" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A10" t="inlineStr"/>
       <c r="B10" t="inlineStr">
         <is>
-          <t>яблоко гольден</t>
+          <t>маракуйя голд</t>
         </is>
       </c>
       <c r="C10" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D10" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E10" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F10" t="inlineStr">
         <is>
           <t>Коробка</t>
         </is>
       </c>
       <c r="G10" t="n">
-        <v>640</v>
+        <v>8</v>
       </c>
       <c r="H10" t="n">
-        <v>576</v>
+        <v>8</v>
       </c>
       <c r="I10" t="n">
-        <v>80</v>
+        <v>1</v>
       </c>
       <c r="J10" t="n">
-        <v>72</v>
+        <v>1</v>
       </c>
       <c r="K10" t="n">
-        <v>640</v>
+        <v>8</v>
       </c>
       <c r="L10" t="n">
-        <v>576</v>
+        <v>8</v>
       </c>
       <c r="M10" t="n">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="N10" t="n">
-        <v>20000</v>
+        <v>800</v>
       </c>
       <c r="O10" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P10" t="inlineStr"/>
       <c r="Q10" t="inlineStr"/>
       <c r="R10" t="inlineStr"/>
       <c r="S10" t="inlineStr"/>
       <c r="T10" t="inlineStr"/>
       <c r="U10" t="inlineStr">
         <is>
-          <t>04.02.2026 12:43</t>
+          <t>19.03.2026 07:40</t>
         </is>
       </c>
     </row>
     <row r="11">
-      <c r="A11" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A11" t="inlineStr"/>
       <c r="B11" t="inlineStr">
         <is>
-          <t>сельдерей стебель</t>
+          <t>лимандра</t>
         </is>
       </c>
       <c r="C11" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D11" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E11" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F11" t="inlineStr">
         <is>
-          <t>Ящик</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G11" t="n">
-        <v>700</v>
+        <v>5</v>
       </c>
       <c r="H11" t="n">
-        <v>630</v>
+        <v>5</v>
       </c>
       <c r="I11" t="n">
-        <v>140</v>
+        <v>1</v>
       </c>
       <c r="J11" t="n">
-        <v>126</v>
+        <v>1</v>
       </c>
       <c r="K11" t="n">
-        <v>700</v>
+        <v>5</v>
       </c>
       <c r="L11" t="n">
-        <v>630</v>
+        <v>5</v>
       </c>
       <c r="M11" t="n">
-        <v>4000</v>
+        <v>100</v>
       </c>
       <c r="N11" t="n">
-        <v>20000</v>
+        <v>500</v>
       </c>
       <c r="O11" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P11" t="inlineStr"/>
       <c r="Q11" t="inlineStr"/>
       <c r="R11" t="inlineStr"/>
       <c r="S11" t="inlineStr"/>
       <c r="T11" t="inlineStr"/>
       <c r="U11" t="inlineStr">
         <is>
-          <t>04.02.2026 12:41</t>
+          <t>19.03.2026 07:39</t>
         </is>
       </c>
     </row>
     <row r="12">
-      <c r="A12" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A12" t="inlineStr"/>
       <c r="B12" t="inlineStr">
         <is>
-          <t>салат айсберг</t>
+          <t>кокос с трубочкой</t>
         </is>
       </c>
       <c r="C12" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D12" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E12" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F12" t="inlineStr">
         <is>
-          <t>Ящик</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G12" t="n">
-        <v>920</v>
+        <v>10</v>
       </c>
       <c r="H12" t="n">
-        <v>828</v>
+        <v>10</v>
       </c>
       <c r="I12" t="n">
-        <v>230</v>
+        <v>1</v>
       </c>
       <c r="J12" t="n">
-        <v>207</v>
+        <v>1</v>
       </c>
       <c r="K12" t="n">
-        <v>920</v>
+        <v>10</v>
       </c>
       <c r="L12" t="n">
-        <v>828</v>
+        <v>10</v>
       </c>
       <c r="M12" t="n">
-        <v>12500</v>
+        <v>100</v>
       </c>
       <c r="N12" t="n">
-        <v>50000</v>
+        <v>1000</v>
       </c>
       <c r="O12" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P12" t="inlineStr"/>
       <c r="Q12" t="inlineStr"/>
       <c r="R12" t="inlineStr"/>
       <c r="S12" t="inlineStr"/>
       <c r="T12" t="inlineStr"/>
       <c r="U12" t="inlineStr">
         <is>
-          <t>04.02.2026 12:37</t>
+          <t>19.03.2026 07:39</t>
         </is>
       </c>
     </row>
     <row r="13">
-      <c r="A13" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A13" t="inlineStr"/>
       <c r="B13" t="inlineStr">
         <is>
-          <t>капуста пекинская</t>
+          <t>каштан</t>
         </is>
       </c>
       <c r="C13" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D13" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E13" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F13" t="inlineStr">
         <is>
-          <t>Ящик</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G13" t="n">
-        <v>720</v>
+        <v>4</v>
       </c>
       <c r="H13" t="n">
-        <v>648</v>
+        <v>4</v>
       </c>
       <c r="I13" t="n">
-        <v>90</v>
+        <v>1</v>
       </c>
       <c r="J13" t="n">
-        <v>81</v>
+        <v>1</v>
       </c>
       <c r="K13" t="n">
-        <v>720</v>
+        <v>4</v>
       </c>
       <c r="L13" t="n">
-        <v>648</v>
+        <v>4</v>
       </c>
       <c r="M13" t="n">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="N13" t="n">
-        <v>20000</v>
+        <v>400</v>
       </c>
       <c r="O13" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P13" t="inlineStr"/>
       <c r="Q13" t="inlineStr"/>
       <c r="R13" t="inlineStr"/>
       <c r="S13" t="inlineStr"/>
       <c r="T13" t="inlineStr"/>
       <c r="U13" t="inlineStr">
         <is>
-          <t>04.02.2026 12:35</t>
+          <t>19.03.2026 07:38</t>
         </is>
       </c>
     </row>
     <row r="14">
-      <c r="A14" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A14" t="inlineStr"/>
       <c r="B14" t="inlineStr">
         <is>
-          <t>капуста к/к</t>
+          <t>капуста савойская</t>
         </is>
       </c>
       <c r="C14" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D14" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E14" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F14" t="inlineStr">
         <is>
-          <t>Сетка</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G14" t="n">
-        <v>950</v>
+        <v>5</v>
       </c>
       <c r="H14" t="n">
-        <v>855</v>
+        <v>5</v>
       </c>
       <c r="I14" t="n">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="J14" t="n">
-        <v>34.2</v>
+        <v>1</v>
       </c>
       <c r="K14" t="n">
-        <v>950</v>
+        <v>5</v>
       </c>
       <c r="L14" t="n">
-        <v>855</v>
+        <v>5</v>
       </c>
       <c r="M14" t="n">
-        <v>4000</v>
+        <v>100</v>
       </c>
       <c r="N14" t="n">
-        <v>100000</v>
+        <v>500</v>
       </c>
       <c r="O14" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P14" t="inlineStr"/>
       <c r="Q14" t="inlineStr"/>
       <c r="R14" t="inlineStr"/>
       <c r="S14" t="inlineStr"/>
       <c r="T14" t="inlineStr"/>
       <c r="U14" t="inlineStr">
         <is>
-          <t>04.02.2026 12:33</t>
+          <t>19.03.2026 07:37</t>
         </is>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A15" t="inlineStr"/>
       <c r="B15" t="inlineStr">
         <is>
-          <t>капуста б/к</t>
+          <t>дыня молочная</t>
         </is>
       </c>
       <c r="C15" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D15" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E15" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F15" t="inlineStr">
         <is>
-          <t>Сетка</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G15" t="n">
-        <v>650</v>
+        <v>8</v>
       </c>
       <c r="H15" t="n">
-        <v>585</v>
+        <v>8</v>
       </c>
       <c r="I15" t="n">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="J15" t="n">
-        <v>23.4</v>
+        <v>1</v>
       </c>
       <c r="K15" t="n">
-        <v>650</v>
+        <v>8</v>
       </c>
       <c r="L15" t="n">
-        <v>585</v>
+        <v>8</v>
       </c>
       <c r="M15" t="n">
-        <v>4000</v>
+        <v>100</v>
       </c>
       <c r="N15" t="n">
-        <v>100000</v>
+        <v>800</v>
       </c>
       <c r="O15" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P15" t="inlineStr"/>
       <c r="Q15" t="inlineStr"/>
       <c r="R15" t="inlineStr"/>
       <c r="S15" t="inlineStr"/>
       <c r="T15" t="inlineStr"/>
       <c r="U15" t="inlineStr">
         <is>
-          <t>04.02.2026 12:31</t>
+          <t>19.03.2026 07:37</t>
         </is>
       </c>
     </row>
     <row r="16">
-      <c r="A16" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A16" t="inlineStr"/>
       <c r="B16" t="inlineStr">
         <is>
-          <t>свекла</t>
+          <t>груша вильямс</t>
         </is>
       </c>
       <c r="C16" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D16" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E16" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F16" t="inlineStr">
         <is>
-          <t>Сетка</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G16" t="n">
-        <v>520</v>
+        <v>10</v>
       </c>
       <c r="H16" t="n">
-        <v>468</v>
+        <v>10</v>
       </c>
       <c r="I16" t="n">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="J16" t="n">
-        <v>23.4</v>
+        <v>1</v>
       </c>
       <c r="K16" t="n">
-        <v>520</v>
+        <v>10</v>
       </c>
       <c r="L16" t="n">
-        <v>468</v>
+        <v>10</v>
       </c>
       <c r="M16" t="n">
-        <v>2500</v>
+        <v>100</v>
       </c>
       <c r="N16" t="n">
-        <v>50000</v>
+        <v>1000</v>
       </c>
       <c r="O16" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P16" t="inlineStr"/>
       <c r="Q16" t="inlineStr"/>
       <c r="R16" t="inlineStr"/>
       <c r="S16" t="inlineStr"/>
       <c r="T16" t="inlineStr"/>
       <c r="U16" t="inlineStr">
         <is>
-          <t>04.02.2026 12:29</t>
+          <t>19.03.2026 07:36</t>
         </is>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A17" t="inlineStr"/>
       <c r="B17" t="inlineStr">
         <is>
-          <t>морковь мытая</t>
+          <t>горошек стручки</t>
         </is>
       </c>
       <c r="C17" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D17" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E17" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F17" t="inlineStr">
         <is>
-          <t>Паллет</t>
+          <t>Контейнер</t>
         </is>
       </c>
       <c r="G17" t="n">
-        <v>1431</v>
+        <v>1</v>
       </c>
       <c r="H17" t="n">
-        <v>1288</v>
+        <v>1</v>
       </c>
       <c r="I17" t="n">
-        <v>79.5</v>
+        <v>8</v>
       </c>
       <c r="J17" t="n">
-        <v>71.56</v>
+        <v>8</v>
       </c>
       <c r="K17" t="n">
-        <v>1431</v>
+        <v>1</v>
       </c>
       <c r="L17" t="n">
-        <v>1288</v>
+        <v>1</v>
       </c>
       <c r="M17" t="n">
-        <v>5556</v>
+        <v>100</v>
       </c>
       <c r="N17" t="n">
-        <v>100008</v>
+        <v>12</v>
       </c>
       <c r="O17" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P17" t="inlineStr"/>
       <c r="Q17" t="inlineStr"/>
       <c r="R17" t="inlineStr"/>
       <c r="S17" t="inlineStr"/>
       <c r="T17" t="inlineStr"/>
       <c r="U17" t="inlineStr">
         <is>
-          <t>04.02.2026 12:28</t>
+          <t>19.03.2026 07:35</t>
         </is>
       </c>
     </row>
     <row r="18">
-      <c r="A18" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A18" t="inlineStr"/>
       <c r="B18" t="inlineStr">
         <is>
-          <t>морковь грязная</t>
+          <t>листья винограда</t>
         </is>
       </c>
       <c r="C18" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D18" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E18" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F18" t="inlineStr">
         <is>
-          <t>Паллет</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G18" t="n">
-        <v>13000</v>
+        <v>10</v>
       </c>
       <c r="H18" t="n">
-        <v>11700</v>
+        <v>10</v>
       </c>
       <c r="I18" t="n">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="J18" t="n">
-        <v>23.4</v>
+        <v>1</v>
       </c>
       <c r="K18" t="n">
-        <v>13000</v>
+        <v>10</v>
       </c>
       <c r="L18" t="n">
-        <v>11700</v>
+        <v>10</v>
       </c>
       <c r="M18" t="n">
         <v>100</v>
       </c>
       <c r="N18" t="n">
-        <v>50000</v>
+        <v>1000</v>
       </c>
       <c r="O18" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P18" t="inlineStr"/>
       <c r="Q18" t="inlineStr"/>
       <c r="R18" t="inlineStr"/>
       <c r="S18" t="inlineStr"/>
       <c r="T18" t="inlineStr"/>
       <c r="U18" t="inlineStr">
         <is>
-          <t>04.02.2026 12:25</t>
+          <t>19.03.2026 07:35</t>
         </is>
       </c>
     </row>
     <row r="19">
-      <c r="A19" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A19" t="inlineStr"/>
       <c r="B19" t="inlineStr">
         <is>
-          <t>картофель красный отечественный</t>
+          <t>варенье домашнее</t>
         </is>
       </c>
       <c r="C19" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D19" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E19" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F19" t="inlineStr">
         <is>
-          <t>Паллет</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G19" t="n">
-        <v>18000</v>
+        <v>10</v>
       </c>
       <c r="H19" t="n">
-        <v>16200</v>
+        <v>10</v>
       </c>
       <c r="I19" t="n">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="J19" t="n">
-        <v>32.4</v>
+        <v>1</v>
       </c>
       <c r="K19" t="n">
-        <v>18000</v>
+        <v>10</v>
       </c>
       <c r="L19" t="n">
-        <v>16200</v>
+        <v>10</v>
       </c>
       <c r="M19" t="n">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="N19" t="n">
-        <v>100000</v>
+        <v>1000</v>
       </c>
       <c r="O19" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P19" t="inlineStr"/>
       <c r="Q19" t="inlineStr"/>
       <c r="R19" t="inlineStr"/>
       <c r="S19" t="inlineStr"/>
       <c r="T19" t="inlineStr"/>
       <c r="U19" t="inlineStr">
         <is>
-          <t>04.02.2026 12:22</t>
+          <t>19.03.2026 07:34</t>
         </is>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A20" t="inlineStr"/>
       <c r="B20" t="inlineStr">
         <is>
-          <t>картофель бэби (стоун)</t>
+          <t>артишок</t>
         </is>
       </c>
       <c r="C20" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D20" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E20" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F20" t="inlineStr">
         <is>
-          <t>Паллет</t>
+          <t>Ящик</t>
         </is>
       </c>
       <c r="G20" t="n">
-        <v>27500</v>
+        <v>5</v>
       </c>
       <c r="H20" t="n">
-        <v>24750</v>
+        <v>5</v>
       </c>
       <c r="I20" t="n">
-        <v>55</v>
+        <v>1</v>
       </c>
       <c r="J20" t="n">
-        <v>49.5</v>
+        <v>1</v>
       </c>
       <c r="K20" t="n">
-        <v>27500</v>
+        <v>5</v>
       </c>
       <c r="L20" t="n">
-        <v>24750</v>
+        <v>5</v>
       </c>
       <c r="M20" t="n">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="N20" t="n">
-        <v>100000</v>
+        <v>500</v>
       </c>
       <c r="O20" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P20" t="inlineStr"/>
       <c r="Q20" t="inlineStr"/>
       <c r="R20" t="inlineStr"/>
       <c r="S20" t="inlineStr"/>
       <c r="T20" t="inlineStr"/>
       <c r="U20" t="inlineStr">
         <is>
-          <t>04.02.2026 12:17</t>
+          <t>19.03.2026 07:33</t>
         </is>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A21" t="inlineStr"/>
       <c r="B21" t="inlineStr">
         <is>
-          <t>картофель белый мытый</t>
+          <t>яблоко ред чиф</t>
         </is>
       </c>
       <c r="C21" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D21" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E21" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F21" t="inlineStr">
         <is>
-          <t>Паллет</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G21" t="n">
-        <v>27500</v>
+        <v>12</v>
       </c>
       <c r="H21" t="n">
-        <v>24750</v>
+        <v>12</v>
       </c>
       <c r="I21" t="n">
-        <v>55</v>
+        <v>1</v>
       </c>
       <c r="J21" t="n">
-        <v>49.5</v>
+        <v>1</v>
       </c>
       <c r="K21" t="n">
-        <v>27500</v>
+        <v>12</v>
       </c>
       <c r="L21" t="n">
-        <v>24750</v>
+        <v>12</v>
       </c>
       <c r="M21" t="n">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="N21" t="n">
-        <v>100000</v>
+        <v>1200</v>
       </c>
       <c r="O21" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P21" t="inlineStr"/>
       <c r="Q21" t="inlineStr"/>
       <c r="R21" t="inlineStr"/>
       <c r="S21" t="inlineStr"/>
-      <c r="T21" t="inlineStr"/>
+      <c r="T21" t="inlineStr">
+        <is>
+          <t>1-рядная коробка</t>
+        </is>
+      </c>
       <c r="U21" t="inlineStr">
         <is>
-          <t>04.02.2026 12:14</t>
+          <t>19.03.2026 07:21</t>
         </is>
       </c>
     </row>
     <row r="22">
-      <c r="A22" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A22" t="inlineStr"/>
       <c r="B22" t="inlineStr">
         <is>
-          <t>картофель белый импорт</t>
+          <t>яблоко пинк леди</t>
         </is>
       </c>
       <c r="C22" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D22" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E22" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F22" t="inlineStr">
         <is>
-          <t>Паллет</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G22" t="n">
-        <v>17500</v>
+        <v>12</v>
       </c>
       <c r="H22" t="n">
-        <v>15700</v>
+        <v>12</v>
       </c>
       <c r="I22" t="n">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="J22" t="n">
-        <v>31.4</v>
+        <v>1</v>
       </c>
       <c r="K22" t="n">
-        <v>17500</v>
+        <v>12</v>
       </c>
       <c r="L22" t="n">
-        <v>15700</v>
+        <v>12</v>
       </c>
       <c r="M22" t="n">
-        <v>200</v>
+        <v>100</v>
       </c>
       <c r="N22" t="n">
-        <v>100000</v>
+        <v>1200</v>
       </c>
       <c r="O22" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P22" t="inlineStr"/>
       <c r="Q22" t="inlineStr"/>
       <c r="R22" t="inlineStr"/>
       <c r="S22" t="inlineStr"/>
       <c r="T22" t="inlineStr"/>
       <c r="U22" t="inlineStr">
         <is>
-          <t>04.02.2026 12:13</t>
+          <t>19.03.2026 07:20</t>
         </is>
       </c>
     </row>
     <row r="23">
-      <c r="A23" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A23" t="inlineStr"/>
       <c r="B23" t="inlineStr">
         <is>
-          <t>картофель белый отечественный</t>
+          <t>яблоко пинк леди</t>
         </is>
       </c>
       <c r="C23" t="inlineStr">
         <is>
-          <t>ТД ТРИО</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D23" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E23" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F23" t="inlineStr">
         <is>
-          <t>Паллет</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G23" t="n">
-        <v>1850</v>
+        <v>8</v>
       </c>
       <c r="H23" t="n">
-        <v>16650</v>
+        <v>8</v>
       </c>
       <c r="I23" t="n">
-        <v>3.7</v>
+        <v>1</v>
       </c>
       <c r="J23" t="n">
-        <v>33.3</v>
+        <v>1</v>
       </c>
       <c r="K23" t="n">
-        <v>1850</v>
+        <v>8</v>
       </c>
       <c r="L23" t="n">
-        <v>16650</v>
+        <v>8</v>
       </c>
       <c r="M23" t="n">
-        <v>140</v>
+        <v>100</v>
       </c>
       <c r="N23" t="n">
-        <v>70000</v>
+        <v>800</v>
       </c>
       <c r="O23" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P23" t="inlineStr"/>
       <c r="Q23" t="inlineStr"/>
       <c r="R23" t="inlineStr"/>
       <c r="S23" t="inlineStr"/>
-      <c r="T23" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T23" t="inlineStr"/>
       <c r="U23" t="inlineStr">
         <is>
-          <t>04.02.2026 12:10</t>
+          <t>19.03.2026 07:20</t>
         </is>
       </c>
     </row>
     <row r="24">
-      <c r="A24" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A24" t="inlineStr"/>
       <c r="B24" t="inlineStr">
         <is>
-          <t>лук репчатый желтый</t>
+          <t>яблоки грени смит</t>
         </is>
       </c>
       <c r="C24" t="inlineStr">
         <is>
-          <t>Тест2</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D24" t="inlineStr">
         <is>
           <t>Софийская</t>
         </is>
       </c>
       <c r="E24" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F24" t="inlineStr">
         <is>
-          <t>Сетка</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G24" t="n">
-        <v>880</v>
+        <v>15</v>
       </c>
       <c r="H24" t="n">
-        <v>800</v>
+        <v>15</v>
       </c>
       <c r="I24" t="n">
-        <v>35.2</v>
+        <v>1</v>
       </c>
       <c r="J24" t="n">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="K24" t="n">
-        <v>880</v>
+        <v>15</v>
       </c>
       <c r="L24" t="n">
-        <v>800</v>
+        <v>15</v>
       </c>
       <c r="M24" t="n">
-        <v>1595</v>
+        <v>100</v>
       </c>
       <c r="N24" t="n">
-        <v>39875</v>
+        <v>1500</v>
       </c>
       <c r="O24" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P24" t="inlineStr"/>
       <c r="Q24" t="inlineStr"/>
       <c r="R24" t="inlineStr"/>
       <c r="S24" t="inlineStr"/>
       <c r="T24" t="inlineStr"/>
       <c r="U24" t="inlineStr">
         <is>
-          <t>25.01.2026 11:20</t>
+          <t>19.03.2026 07:19</t>
         </is>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A25" t="inlineStr"/>
       <c r="B25" t="inlineStr">
         <is>
-          <t>капуста б/к</t>
+          <t>яблоки грени смит</t>
         </is>
       </c>
       <c r="C25" t="inlineStr">
         <is>
-          <t>Тест2</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D25" t="inlineStr">
         <is>
           <t>Софийская</t>
         </is>
       </c>
       <c r="E25" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F25" t="inlineStr">
         <is>
-          <t>Сетка</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G25" t="n">
-        <v>600</v>
+        <v>8</v>
       </c>
       <c r="H25" t="n">
-        <v>500</v>
+        <v>8</v>
       </c>
       <c r="I25" t="n">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="J25" t="n">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="K25" t="n">
-        <v>600</v>
+        <v>8</v>
       </c>
       <c r="L25" t="n">
-        <v>500</v>
+        <v>8</v>
       </c>
       <c r="M25" t="n">
-        <v>840</v>
+        <v>100</v>
       </c>
       <c r="N25" t="n">
-        <v>16800</v>
+        <v>800</v>
       </c>
       <c r="O25" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P25" t="inlineStr"/>
       <c r="Q25" t="inlineStr"/>
       <c r="R25" t="inlineStr"/>
       <c r="S25" t="inlineStr"/>
-      <c r="T25" t="inlineStr"/>
+      <c r="T25" t="inlineStr">
+        <is>
+          <t>1-рядная коробка</t>
+        </is>
+      </c>
       <c r="U25" t="inlineStr">
         <is>
-          <t>25.01.2026 11:19</t>
+          <t>19.03.2026 07:18</t>
         </is>
       </c>
     </row>
     <row r="26">
-      <c r="A26" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A26" t="inlineStr"/>
       <c r="B26" t="inlineStr">
         <is>
-          <t>картофель белый мытый</t>
+          <t>яблоко гольден</t>
         </is>
       </c>
       <c r="C26" t="inlineStr">
         <is>
-          <t>Тест2</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D26" t="inlineStr">
         <is>
           <t>Софийская</t>
         </is>
       </c>
       <c r="E26" t="inlineStr">
         <is>
-          <t>Нал</t>
+          <t>Безнал</t>
         </is>
       </c>
       <c r="F26" t="inlineStr">
         <is>
-          <t>Сетка</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G26" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="H26" t="n">
-        <v>440</v>
-[...1 lines deleted...]
-      <c r="I26" t="inlineStr"/>
+        <v>8</v>
+      </c>
+      <c r="I26" t="n">
+        <v>1</v>
+      </c>
       <c r="J26" t="n">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="K26" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="L26" t="n">
-        <v>440</v>
+        <v>8</v>
       </c>
       <c r="M26" t="n">
-        <v>1000</v>
+        <v>100</v>
       </c>
       <c r="N26" t="n">
-        <v>20000</v>
+        <v>800</v>
       </c>
       <c r="O26" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
-      <c r="P26" t="inlineStr">
-[...17 lines deleted...]
-      <c r="T26" t="inlineStr"/>
+      <c r="P26" t="inlineStr"/>
+      <c r="Q26" t="inlineStr"/>
+      <c r="R26" t="inlineStr"/>
+      <c r="S26" t="inlineStr"/>
+      <c r="T26" t="inlineStr">
+        <is>
+          <t>1-рядная коробка</t>
+        </is>
+      </c>
       <c r="U26" t="inlineStr">
         <is>
-          <t>25.01.2026 11:17</t>
+          <t>19.03.2026 07:17</t>
         </is>
       </c>
     </row>
     <row r="27">
-      <c r="A27" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A27" t="inlineStr"/>
       <c r="B27" t="inlineStr">
         <is>
-          <t>морковь мытая</t>
+          <t>яблоко гольден</t>
         </is>
       </c>
       <c r="C27" t="inlineStr">
         <is>
-          <t>Тест2</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D27" t="inlineStr">
         <is>
           <t>Софийская</t>
         </is>
       </c>
       <c r="E27" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F27" t="inlineStr">
         <is>
-          <t>Паллет</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G27" t="n">
-        <v>33000</v>
+        <v>12</v>
       </c>
       <c r="H27" t="n">
-        <v>30000</v>
+        <v>12</v>
       </c>
       <c r="I27" t="n">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="J27" t="n">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="K27" t="n">
-        <v>33000</v>
+        <v>12</v>
       </c>
       <c r="L27" t="n">
-        <v>30000</v>
+        <v>12</v>
       </c>
       <c r="M27" t="n">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="N27" t="n">
-        <v>97000</v>
+        <v>1200</v>
       </c>
       <c r="O27" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
-      <c r="P27" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="P27" t="inlineStr"/>
+      <c r="Q27" t="inlineStr"/>
       <c r="R27" t="inlineStr"/>
-      <c r="S27" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="S27" t="inlineStr"/>
       <c r="T27" t="inlineStr"/>
       <c r="U27" t="inlineStr">
         <is>
-          <t>25.01.2026 11:14</t>
+          <t>19.03.2026 07:15</t>
         </is>
       </c>
     </row>
     <row r="28">
-      <c r="A28" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A28" t="inlineStr"/>
       <c r="B28" t="inlineStr">
         <is>
-          <t>морковь мытая</t>
+          <t>чеснок</t>
         </is>
       </c>
       <c r="C28" t="inlineStr">
         <is>
-          <t>Тест1</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D28" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E28" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F28" t="inlineStr">
         <is>
-          <t>Сетка</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G28" t="n">
-        <v>880</v>
+        <v>15</v>
       </c>
       <c r="H28" t="n">
-        <v>800</v>
+        <v>15</v>
       </c>
       <c r="I28" t="n">
-        <v>44</v>
+        <v>1</v>
       </c>
       <c r="J28" t="n">
-        <v>40</v>
+        <v>1</v>
       </c>
       <c r="K28" t="n">
-        <v>880</v>
+        <v>15</v>
       </c>
       <c r="L28" t="n">
-        <v>800</v>
+        <v>15</v>
       </c>
       <c r="M28" t="n">
-        <v>900</v>
+        <v>100</v>
       </c>
       <c r="N28" t="n">
-        <v>18000</v>
+        <v>1500</v>
       </c>
       <c r="O28" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P28" t="inlineStr"/>
       <c r="Q28" t="inlineStr"/>
       <c r="R28" t="inlineStr"/>
       <c r="S28" t="inlineStr"/>
       <c r="T28" t="inlineStr"/>
       <c r="U28" t="inlineStr">
         <is>
-          <t>25.01.2026 11:11</t>
+          <t>19.03.2026 07:14</t>
         </is>
       </c>
     </row>
     <row r="29">
-      <c r="A29" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A29" t="inlineStr"/>
       <c r="B29" t="inlineStr">
         <is>
-          <t>картофель белый мытый</t>
+          <t>чеснок</t>
         </is>
       </c>
       <c r="C29" t="inlineStr">
         <is>
-          <t>Тест1</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D29" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E29" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F29" t="inlineStr">
         <is>
-          <t>Сетка</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G29" t="n">
-        <v>650</v>
+        <v>15</v>
       </c>
       <c r="H29" t="n">
-        <v>580</v>
+        <v>15</v>
       </c>
       <c r="I29" t="n">
-        <v>32.5</v>
+        <v>1</v>
       </c>
       <c r="J29" t="n">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="K29" t="n">
-        <v>650</v>
+        <v>15</v>
       </c>
       <c r="L29" t="n">
-        <v>580</v>
+        <v>15</v>
       </c>
       <c r="M29" t="n">
-        <v>990</v>
+        <v>100</v>
       </c>
       <c r="N29" t="n">
-        <v>19800</v>
+        <v>1500</v>
       </c>
       <c r="O29" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
-      <c r="P29" t="inlineStr">
-[...16 lines deleted...]
-      </c>
+      <c r="P29" t="inlineStr"/>
+      <c r="Q29" t="inlineStr"/>
+      <c r="R29" t="inlineStr"/>
+      <c r="S29" t="inlineStr"/>
       <c r="T29" t="inlineStr"/>
       <c r="U29" t="inlineStr">
         <is>
-          <t>25.01.2026 11:09</t>
+          <t>19.03.2026 07:14</t>
         </is>
       </c>
     </row>
     <row r="30">
-      <c r="A30" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A30" t="inlineStr"/>
       <c r="B30" t="inlineStr">
         <is>
-          <t>капуста б/к</t>
+          <t>черешня черная</t>
         </is>
       </c>
       <c r="C30" t="inlineStr">
         <is>
-          <t>Тест1</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D30" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E30" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F30" t="inlineStr">
         <is>
-          <t>Сетка</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G30" t="n">
-        <v>660</v>
+        <v>10</v>
       </c>
       <c r="H30" t="n">
-        <v>600</v>
+        <v>10</v>
       </c>
       <c r="I30" t="n">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="J30" t="n">
-        <v>30</v>
+        <v>1</v>
       </c>
       <c r="K30" t="n">
-        <v>660</v>
+        <v>10</v>
       </c>
       <c r="L30" t="n">
-        <v>600</v>
+        <v>10</v>
       </c>
       <c r="M30" t="n">
-        <v>500</v>
+        <v>100</v>
       </c>
       <c r="N30" t="n">
-        <v>10000</v>
+        <v>1000</v>
       </c>
       <c r="O30" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P30" t="inlineStr"/>
       <c r="Q30" t="inlineStr"/>
       <c r="R30" t="inlineStr"/>
       <c r="S30" t="inlineStr"/>
       <c r="T30" t="inlineStr"/>
       <c r="U30" t="inlineStr">
         <is>
-          <t>25.01.2026 11:08</t>
+          <t>19.03.2026 07:13</t>
         </is>
       </c>
     </row>
     <row r="31">
-      <c r="A31" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A31" t="inlineStr"/>
       <c r="B31" t="inlineStr">
         <is>
-          <t>груша конференц</t>
+          <t>хурма шарон</t>
         </is>
       </c>
       <c r="C31" t="inlineStr">
         <is>
-          <t>Тест1</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D31" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E31" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F31" t="inlineStr">
         <is>
-          <t>Ящик</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G31" t="n">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="H31" t="n">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="I31" t="n">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="J31" t="n">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="K31" t="n">
-        <v>3000</v>
+        <v>10</v>
       </c>
       <c r="L31" t="n">
-        <v>2500</v>
+        <v>10</v>
       </c>
       <c r="M31" t="n">
+        <v>100</v>
+      </c>
+      <c r="N31" t="n">
         <v>1000</v>
-      </c>
-[...1 lines deleted...]
-        <v>10000</v>
       </c>
       <c r="O31" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P31" t="inlineStr"/>
       <c r="Q31" t="inlineStr"/>
       <c r="R31" t="inlineStr"/>
       <c r="S31" t="inlineStr"/>
       <c r="T31" t="inlineStr"/>
       <c r="U31" t="inlineStr">
         <is>
-          <t>25.01.2026 11:06</t>
+          <t>19.03.2026 07:12</t>
         </is>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A32" t="inlineStr"/>
       <c r="B32" t="inlineStr">
         <is>
-          <t>дыня желтая</t>
+          <t>хрен корень</t>
         </is>
       </c>
       <c r="C32" t="inlineStr">
         <is>
-          <t>Тест1</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D32" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E32" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F32" t="inlineStr">
         <is>
-          <t>Коробка</t>
+          <t>Мешок</t>
         </is>
       </c>
       <c r="G32" t="n">
-        <v>6600</v>
+        <v>10</v>
       </c>
       <c r="H32" t="n">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="I32" t="n">
-        <v>330</v>
+        <v>1</v>
       </c>
       <c r="J32" t="n">
-        <v>300</v>
+        <v>1</v>
       </c>
       <c r="K32" t="n">
-        <v>6600</v>
+        <v>10</v>
       </c>
       <c r="L32" t="n">
-        <v>6000</v>
+        <v>10</v>
       </c>
       <c r="M32" t="n">
         <v>100</v>
       </c>
       <c r="N32" t="n">
-        <v>2000</v>
+        <v>1000</v>
       </c>
       <c r="O32" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P32" t="inlineStr"/>
       <c r="Q32" t="inlineStr"/>
       <c r="R32" t="inlineStr"/>
       <c r="S32" t="inlineStr"/>
       <c r="T32" t="inlineStr"/>
       <c r="U32" t="inlineStr">
         <is>
-          <t>25.01.2026 11:05</t>
+          <t>19.03.2026 07:11</t>
         </is>
       </c>
     </row>
     <row r="33">
-      <c r="A33" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A33" t="inlineStr"/>
       <c r="B33" t="inlineStr">
         <is>
-          <t>лимон</t>
+          <t>физалис</t>
         </is>
       </c>
       <c r="C33" t="inlineStr">
         <is>
-          <t>Тест1</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D33" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E33" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F33" t="inlineStr">
         <is>
           <t>Коробка</t>
         </is>
       </c>
       <c r="G33" t="n">
-        <v>2000</v>
+        <v>1</v>
       </c>
       <c r="H33" t="n">
-        <v>1800</v>
+        <v>1</v>
       </c>
       <c r="I33" t="n">
-        <v>111.11</v>
+        <v>1</v>
       </c>
       <c r="J33" t="n">
+        <v>1</v>
+      </c>
+      <c r="K33" t="n">
+        <v>1</v>
+      </c>
+      <c r="L33" t="n">
+        <v>1</v>
+      </c>
+      <c r="M33" t="n">
         <v>100</v>
       </c>
-      <c r="K33" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="N33" t="n">
-        <v>5400</v>
+        <v>100</v>
       </c>
       <c r="O33" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
-      <c r="P33" t="inlineStr">
-[...16 lines deleted...]
-      </c>
+      <c r="P33" t="inlineStr"/>
+      <c r="Q33" t="inlineStr"/>
+      <c r="R33" t="inlineStr"/>
+      <c r="S33" t="inlineStr"/>
       <c r="T33" t="inlineStr"/>
       <c r="U33" t="inlineStr">
         <is>
-          <t>25.01.2026 11:04</t>
+          <t>19.03.2026 07:09</t>
         </is>
       </c>
     </row>
     <row r="34">
-      <c r="A34" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A34" t="inlineStr"/>
       <c r="B34" t="inlineStr">
         <is>
-          <t>виноград красный б/к</t>
+          <t>фенхель</t>
         </is>
       </c>
       <c r="C34" t="inlineStr">
         <is>
-          <t>Тест1</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D34" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E34" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F34" t="inlineStr">
         <is>
-          <t>Ящик</t>
+          <t>Коробка</t>
         </is>
       </c>
       <c r="G34" t="n">
-        <v>1700</v>
+        <v>5</v>
       </c>
       <c r="H34" t="n">
-        <v>1500</v>
+        <v>5</v>
       </c>
       <c r="I34" t="n">
-        <v>212.5</v>
+        <v>1</v>
       </c>
       <c r="J34" t="n">
-        <v>187.5</v>
+        <v>1</v>
       </c>
       <c r="K34" t="n">
-        <v>1700</v>
+        <v>5</v>
       </c>
       <c r="L34" t="n">
-        <v>1500</v>
+        <v>5</v>
       </c>
       <c r="M34" t="n">
         <v>100</v>
       </c>
       <c r="N34" t="n">
-        <v>800</v>
+        <v>500</v>
       </c>
       <c r="O34" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P34" t="inlineStr"/>
       <c r="Q34" t="inlineStr"/>
       <c r="R34" t="inlineStr"/>
       <c r="S34" t="inlineStr"/>
       <c r="T34" t="inlineStr"/>
       <c r="U34" t="inlineStr">
         <is>
-          <t>25.01.2026 11:02</t>
+          <t>19.03.2026 07:08</t>
         </is>
       </c>
     </row>
     <row r="35">
-      <c r="A35" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A35" t="inlineStr"/>
       <c r="B35" t="inlineStr">
         <is>
-          <t>авокадо зеленое</t>
+          <t>спаржа мини</t>
         </is>
       </c>
       <c r="C35" t="inlineStr">
         <is>
-          <t>Тест1</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D35" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E35" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F35" t="inlineStr">
         <is>
-          <t>Ящик</t>
+          <t>Контейнер</t>
         </is>
       </c>
       <c r="G35" t="n">
-        <v>1400</v>
+        <v>1</v>
       </c>
       <c r="H35" t="n">
-        <v>1200</v>
+        <v>1</v>
       </c>
       <c r="I35" t="n">
-        <v>280</v>
+        <v>8</v>
       </c>
       <c r="J35" t="n">
-        <v>240</v>
+        <v>8</v>
       </c>
       <c r="K35" t="n">
-        <v>1400</v>
+        <v>1</v>
       </c>
       <c r="L35" t="n">
-        <v>1200</v>
+        <v>1</v>
       </c>
       <c r="M35" t="n">
-        <v>180</v>
+        <v>100</v>
       </c>
       <c r="N35" t="n">
-        <v>900</v>
+        <v>12</v>
       </c>
       <c r="O35" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
-      <c r="P35" t="inlineStr">
-[...16 lines deleted...]
-      </c>
+      <c r="P35" t="inlineStr"/>
+      <c r="Q35" t="inlineStr"/>
+      <c r="R35" t="inlineStr"/>
+      <c r="S35" t="inlineStr"/>
       <c r="T35" t="inlineStr"/>
       <c r="U35" t="inlineStr">
         <is>
-          <t>25.01.2026 11:01</t>
+          <t>19.03.2026 07:07</t>
         </is>
       </c>
     </row>
     <row r="36">
-      <c r="A36" s="2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="A36" t="inlineStr"/>
       <c r="B36" t="inlineStr">
         <is>
-          <t>баклажаны</t>
+          <t>спаржа</t>
         </is>
       </c>
       <c r="C36" t="inlineStr">
         <is>
-          <t>Тест1</t>
+          <t>ООО ЭЛИТА</t>
         </is>
       </c>
       <c r="D36" t="inlineStr">
         <is>
-          <t>Калининская</t>
+          <t>Софийская</t>
         </is>
       </c>
       <c r="E36" t="inlineStr">
         <is>
           <t>Безнал</t>
         </is>
       </c>
       <c r="F36" t="inlineStr">
         <is>
           <t>Коробка</t>
         </is>
       </c>
       <c r="G36" t="n">
-        <v>1500</v>
+        <v>1</v>
       </c>
       <c r="H36" t="n">
-        <v>1400</v>
+        <v>1</v>
       </c>
       <c r="I36" t="n">
-        <v>214.29</v>
+        <v>1</v>
       </c>
       <c r="J36" t="n">
-        <v>200</v>
+        <v>1</v>
       </c>
       <c r="K36" t="n">
-        <v>1500</v>
+        <v>1</v>
       </c>
       <c r="L36" t="n">
-        <v>1400</v>
+        <v>1</v>
       </c>
       <c r="M36" t="n">
         <v>100</v>
       </c>
       <c r="N36" t="n">
-        <v>700</v>
+        <v>100</v>
       </c>
       <c r="O36" t="inlineStr">
         <is>
           <t>Нет акции</t>
         </is>
       </c>
       <c r="P36" t="inlineStr"/>
       <c r="Q36" t="inlineStr"/>
       <c r="R36" t="inlineStr"/>
       <c r="S36" t="inlineStr"/>
       <c r="T36" t="inlineStr"/>
       <c r="U36" t="inlineStr">
         <is>
-          <t>25.01.2026 10:59</t>
+          <t>19.03.2026 07:06</t>
+        </is>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="inlineStr"/>
+      <c r="B37" t="inlineStr">
+        <is>
+          <t>красная смородина коррекс 250гр</t>
+        </is>
+      </c>
+      <c r="C37" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D37" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E37" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F37" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G37" t="n">
+        <v>1</v>
+      </c>
+      <c r="H37" t="n">
+        <v>1</v>
+      </c>
+      <c r="I37" t="n">
+        <v>8</v>
+      </c>
+      <c r="J37" t="n">
+        <v>8</v>
+      </c>
+      <c r="K37" t="n">
+        <v>1</v>
+      </c>
+      <c r="L37" t="n">
+        <v>1</v>
+      </c>
+      <c r="M37" t="n">
+        <v>100</v>
+      </c>
+      <c r="N37" t="n">
+        <v>12</v>
+      </c>
+      <c r="O37" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P37" t="inlineStr"/>
+      <c r="Q37" t="inlineStr"/>
+      <c r="R37" t="inlineStr"/>
+      <c r="S37" t="inlineStr"/>
+      <c r="T37" t="inlineStr"/>
+      <c r="U37" t="inlineStr">
+        <is>
+          <t>19.03.2026 07:05</t>
+        </is>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="inlineStr"/>
+      <c r="B38" t="inlineStr">
+        <is>
+          <t>слива черная</t>
+        </is>
+      </c>
+      <c r="C38" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D38" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E38" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F38" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G38" t="n">
+        <v>8</v>
+      </c>
+      <c r="H38" t="n">
+        <v>8</v>
+      </c>
+      <c r="I38" t="n">
+        <v>1</v>
+      </c>
+      <c r="J38" t="n">
+        <v>1</v>
+      </c>
+      <c r="K38" t="n">
+        <v>8</v>
+      </c>
+      <c r="L38" t="n">
+        <v>8</v>
+      </c>
+      <c r="M38" t="n">
+        <v>100</v>
+      </c>
+      <c r="N38" t="n">
+        <v>800</v>
+      </c>
+      <c r="O38" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P38" t="inlineStr"/>
+      <c r="Q38" t="inlineStr"/>
+      <c r="R38" t="inlineStr"/>
+      <c r="S38" t="inlineStr"/>
+      <c r="T38" t="inlineStr"/>
+      <c r="U38" t="inlineStr">
+        <is>
+          <t>19.03.2026 07:04</t>
+        </is>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="inlineStr"/>
+      <c r="B39" t="inlineStr">
+        <is>
+          <t>слива красная</t>
+        </is>
+      </c>
+      <c r="C39" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D39" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E39" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F39" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G39" t="n">
+        <v>8</v>
+      </c>
+      <c r="H39" t="n">
+        <v>8</v>
+      </c>
+      <c r="I39" t="n">
+        <v>1</v>
+      </c>
+      <c r="J39" t="n">
+        <v>1</v>
+      </c>
+      <c r="K39" t="n">
+        <v>8</v>
+      </c>
+      <c r="L39" t="n">
+        <v>8</v>
+      </c>
+      <c r="M39" t="n">
+        <v>100</v>
+      </c>
+      <c r="N39" t="n">
+        <v>800</v>
+      </c>
+      <c r="O39" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P39" t="inlineStr"/>
+      <c r="Q39" t="inlineStr"/>
+      <c r="R39" t="inlineStr"/>
+      <c r="S39" t="inlineStr"/>
+      <c r="T39" t="inlineStr"/>
+      <c r="U39" t="inlineStr">
+        <is>
+          <t>19.03.2026 07:04</t>
+        </is>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="inlineStr"/>
+      <c r="B40" t="inlineStr">
+        <is>
+          <t>слива желтая</t>
+        </is>
+      </c>
+      <c r="C40" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D40" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E40" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F40" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G40" t="n">
+        <v>8</v>
+      </c>
+      <c r="H40" t="n">
+        <v>8</v>
+      </c>
+      <c r="I40" t="n">
+        <v>1</v>
+      </c>
+      <c r="J40" t="n">
+        <v>1</v>
+      </c>
+      <c r="K40" t="n">
+        <v>8</v>
+      </c>
+      <c r="L40" t="n">
+        <v>8</v>
+      </c>
+      <c r="M40" t="n">
+        <v>100</v>
+      </c>
+      <c r="N40" t="n">
+        <v>800</v>
+      </c>
+      <c r="O40" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P40" t="inlineStr"/>
+      <c r="Q40" t="inlineStr"/>
+      <c r="R40" t="inlineStr"/>
+      <c r="S40" t="inlineStr"/>
+      <c r="T40" t="inlineStr"/>
+      <c r="U40" t="inlineStr">
+        <is>
+          <t>19.03.2026 07:03</t>
+        </is>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="inlineStr"/>
+      <c r="B41" t="inlineStr">
+        <is>
+          <t>сельдерей стебель</t>
+        </is>
+      </c>
+      <c r="C41" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D41" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E41" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F41" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G41" t="n">
+        <v>8</v>
+      </c>
+      <c r="H41" t="n">
+        <v>8</v>
+      </c>
+      <c r="I41" t="n">
+        <v>1</v>
+      </c>
+      <c r="J41" t="n">
+        <v>1</v>
+      </c>
+      <c r="K41" t="n">
+        <v>8</v>
+      </c>
+      <c r="L41" t="n">
+        <v>8</v>
+      </c>
+      <c r="M41" t="n">
+        <v>100</v>
+      </c>
+      <c r="N41" t="n">
+        <v>800</v>
+      </c>
+      <c r="O41" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P41" t="inlineStr"/>
+      <c r="Q41" t="inlineStr"/>
+      <c r="R41" t="inlineStr"/>
+      <c r="S41" t="inlineStr"/>
+      <c r="T41" t="inlineStr"/>
+      <c r="U41" t="inlineStr">
+        <is>
+          <t>19.03.2026 07:02</t>
+        </is>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="inlineStr"/>
+      <c r="B42" t="inlineStr">
+        <is>
+          <t>сельдерей корень</t>
+        </is>
+      </c>
+      <c r="C42" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D42" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E42" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F42" t="inlineStr">
+        <is>
+          <t>Мешок</t>
+        </is>
+      </c>
+      <c r="G42" t="n">
+        <v>15</v>
+      </c>
+      <c r="H42" t="n">
+        <v>15</v>
+      </c>
+      <c r="I42" t="n">
+        <v>1</v>
+      </c>
+      <c r="J42" t="n">
+        <v>1</v>
+      </c>
+      <c r="K42" t="n">
+        <v>15</v>
+      </c>
+      <c r="L42" t="n">
+        <v>15</v>
+      </c>
+      <c r="M42" t="n">
+        <v>100</v>
+      </c>
+      <c r="N42" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O42" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P42" t="inlineStr"/>
+      <c r="Q42" t="inlineStr"/>
+      <c r="R42" t="inlineStr"/>
+      <c r="S42" t="inlineStr"/>
+      <c r="T42" t="inlineStr"/>
+      <c r="U42" t="inlineStr">
+        <is>
+          <t>19.03.2026 07:01</t>
+        </is>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="inlineStr"/>
+      <c r="B43" t="inlineStr">
+        <is>
+          <t>шпинат мини пачка</t>
+        </is>
+      </c>
+      <c r="C43" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D43" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E43" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F43" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G43" t="n">
+        <v>1</v>
+      </c>
+      <c r="H43" t="n">
+        <v>1</v>
+      </c>
+      <c r="I43" t="n">
+        <v>8</v>
+      </c>
+      <c r="J43" t="n">
+        <v>8</v>
+      </c>
+      <c r="K43" t="n">
+        <v>1</v>
+      </c>
+      <c r="L43" t="n">
+        <v>1</v>
+      </c>
+      <c r="M43" t="n">
+        <v>100</v>
+      </c>
+      <c r="N43" t="n">
+        <v>12</v>
+      </c>
+      <c r="O43" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P43" t="inlineStr"/>
+      <c r="Q43" t="inlineStr"/>
+      <c r="R43" t="inlineStr"/>
+      <c r="S43" t="inlineStr"/>
+      <c r="T43" t="inlineStr"/>
+      <c r="U43" t="inlineStr">
+        <is>
+          <t>19.03.2026 06:59</t>
+        </is>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="inlineStr"/>
+      <c r="B44" t="inlineStr">
+        <is>
+          <t>салат фрилис</t>
+        </is>
+      </c>
+      <c r="C44" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D44" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E44" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F44" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G44" t="n">
+        <v>1</v>
+      </c>
+      <c r="H44" t="n">
+        <v>1</v>
+      </c>
+      <c r="I44" t="n">
+        <v>1</v>
+      </c>
+      <c r="J44" t="n">
+        <v>1</v>
+      </c>
+      <c r="K44" t="n">
+        <v>1</v>
+      </c>
+      <c r="L44" t="n">
+        <v>1</v>
+      </c>
+      <c r="M44" t="n">
+        <v>100</v>
+      </c>
+      <c r="N44" t="n">
+        <v>100</v>
+      </c>
+      <c r="O44" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P44" t="inlineStr"/>
+      <c r="Q44" t="inlineStr"/>
+      <c r="R44" t="inlineStr"/>
+      <c r="S44" t="inlineStr"/>
+      <c r="T44" t="inlineStr"/>
+      <c r="U44" t="inlineStr">
+        <is>
+          <t>19.03.2026 06:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="inlineStr"/>
+      <c r="B45" t="inlineStr">
+        <is>
+          <t>салат фризе</t>
+        </is>
+      </c>
+      <c r="C45" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D45" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E45" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F45" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G45" t="n">
+        <v>1</v>
+      </c>
+      <c r="H45" t="n">
+        <v>1</v>
+      </c>
+      <c r="I45" t="n">
+        <v>1</v>
+      </c>
+      <c r="J45" t="n">
+        <v>1</v>
+      </c>
+      <c r="K45" t="n">
+        <v>1</v>
+      </c>
+      <c r="L45" t="n">
+        <v>1</v>
+      </c>
+      <c r="M45" t="n">
+        <v>100</v>
+      </c>
+      <c r="N45" t="n">
+        <v>100</v>
+      </c>
+      <c r="O45" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P45" t="inlineStr"/>
+      <c r="Q45" t="inlineStr"/>
+      <c r="R45" t="inlineStr"/>
+      <c r="S45" t="inlineStr"/>
+      <c r="T45" t="inlineStr"/>
+      <c r="U45" t="inlineStr">
+        <is>
+          <t>19.03.2026 06:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="inlineStr"/>
+      <c r="B46" t="inlineStr">
+        <is>
+          <t>руккола пачка</t>
+        </is>
+      </c>
+      <c r="C46" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D46" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E46" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F46" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G46" t="n">
+        <v>1</v>
+      </c>
+      <c r="H46" t="n">
+        <v>1</v>
+      </c>
+      <c r="I46" t="n">
+        <v>8</v>
+      </c>
+      <c r="J46" t="n">
+        <v>8</v>
+      </c>
+      <c r="K46" t="n">
+        <v>1</v>
+      </c>
+      <c r="L46" t="n">
+        <v>1</v>
+      </c>
+      <c r="M46" t="n">
+        <v>100</v>
+      </c>
+      <c r="N46" t="n">
+        <v>12</v>
+      </c>
+      <c r="O46" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P46" t="inlineStr"/>
+      <c r="Q46" t="inlineStr"/>
+      <c r="R46" t="inlineStr"/>
+      <c r="S46" t="inlineStr"/>
+      <c r="T46" t="inlineStr"/>
+      <c r="U46" t="inlineStr">
+        <is>
+          <t>19.03.2026 06:39</t>
+        </is>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="inlineStr"/>
+      <c r="B47" t="inlineStr">
+        <is>
+          <t>салат ромэйн</t>
+        </is>
+      </c>
+      <c r="C47" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D47" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E47" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F47" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G47" t="n">
+        <v>5</v>
+      </c>
+      <c r="H47" t="n">
+        <v>5</v>
+      </c>
+      <c r="I47" t="n">
+        <v>1</v>
+      </c>
+      <c r="J47" t="n">
+        <v>1</v>
+      </c>
+      <c r="K47" t="n">
+        <v>5</v>
+      </c>
+      <c r="L47" t="n">
+        <v>5</v>
+      </c>
+      <c r="M47" t="n">
+        <v>100</v>
+      </c>
+      <c r="N47" t="n">
+        <v>500</v>
+      </c>
+      <c r="O47" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P47" t="inlineStr"/>
+      <c r="Q47" t="inlineStr"/>
+      <c r="R47" t="inlineStr"/>
+      <c r="S47" t="inlineStr"/>
+      <c r="T47" t="inlineStr"/>
+      <c r="U47" t="inlineStr">
+        <is>
+          <t>19.03.2026 06:39</t>
+        </is>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="inlineStr"/>
+      <c r="B48" t="inlineStr">
+        <is>
+          <t>салат пак чой</t>
+        </is>
+      </c>
+      <c r="C48" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D48" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E48" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F48" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G48" t="n">
+        <v>1</v>
+      </c>
+      <c r="H48" t="n">
+        <v>1</v>
+      </c>
+      <c r="I48" t="n">
+        <v>1</v>
+      </c>
+      <c r="J48" t="n">
+        <v>1</v>
+      </c>
+      <c r="K48" t="n">
+        <v>1</v>
+      </c>
+      <c r="L48" t="n">
+        <v>1</v>
+      </c>
+      <c r="M48" t="n">
+        <v>100</v>
+      </c>
+      <c r="N48" t="n">
+        <v>100</v>
+      </c>
+      <c r="O48" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P48" t="inlineStr"/>
+      <c r="Q48" t="inlineStr"/>
+      <c r="R48" t="inlineStr"/>
+      <c r="S48" t="inlineStr"/>
+      <c r="T48" t="inlineStr"/>
+      <c r="U48" t="inlineStr">
+        <is>
+          <t>19.03.2026 06:37</t>
+        </is>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="inlineStr"/>
+      <c r="B49" t="inlineStr">
+        <is>
+          <t>салат микс пачка</t>
+        </is>
+      </c>
+      <c r="C49" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D49" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E49" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F49" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G49" t="n">
+        <v>1</v>
+      </c>
+      <c r="H49" t="n">
+        <v>1</v>
+      </c>
+      <c r="I49" t="n">
+        <v>8</v>
+      </c>
+      <c r="J49" t="n">
+        <v>8</v>
+      </c>
+      <c r="K49" t="n">
+        <v>1</v>
+      </c>
+      <c r="L49" t="n">
+        <v>1</v>
+      </c>
+      <c r="M49" t="n">
+        <v>100</v>
+      </c>
+      <c r="N49" t="n">
+        <v>12</v>
+      </c>
+      <c r="O49" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P49" t="inlineStr"/>
+      <c r="Q49" t="inlineStr"/>
+      <c r="R49" t="inlineStr"/>
+      <c r="S49" t="inlineStr"/>
+      <c r="T49" t="inlineStr"/>
+      <c r="U49" t="inlineStr">
+        <is>
+          <t>19.03.2026 06:36</t>
+        </is>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="inlineStr"/>
+      <c r="B50" t="inlineStr">
+        <is>
+          <t>капуста пекинская</t>
+        </is>
+      </c>
+      <c r="C50" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D50" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E50" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F50" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G50" t="n">
+        <v>10</v>
+      </c>
+      <c r="H50" t="n">
+        <v>10</v>
+      </c>
+      <c r="I50" t="n">
+        <v>1</v>
+      </c>
+      <c r="J50" t="n">
+        <v>1</v>
+      </c>
+      <c r="K50" t="n">
+        <v>10</v>
+      </c>
+      <c r="L50" t="n">
+        <v>10</v>
+      </c>
+      <c r="M50" t="n">
+        <v>100</v>
+      </c>
+      <c r="N50" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O50" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P50" t="inlineStr"/>
+      <c r="Q50" t="inlineStr"/>
+      <c r="R50" t="inlineStr"/>
+      <c r="S50" t="inlineStr"/>
+      <c r="T50" t="inlineStr"/>
+      <c r="U50" t="inlineStr">
+        <is>
+          <t>19.03.2026 06:35</t>
+        </is>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="inlineStr"/>
+      <c r="B51" t="inlineStr">
+        <is>
+          <t>кейл весовой</t>
+        </is>
+      </c>
+      <c r="C51" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D51" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E51" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F51" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G51" t="n">
+        <v>5</v>
+      </c>
+      <c r="H51" t="n">
+        <v>5</v>
+      </c>
+      <c r="I51" t="n">
+        <v>1</v>
+      </c>
+      <c r="J51" t="n">
+        <v>1</v>
+      </c>
+      <c r="K51" t="n">
+        <v>5</v>
+      </c>
+      <c r="L51" t="n">
+        <v>5</v>
+      </c>
+      <c r="M51" t="n">
+        <v>100</v>
+      </c>
+      <c r="N51" t="n">
+        <v>500</v>
+      </c>
+      <c r="O51" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P51" t="inlineStr"/>
+      <c r="Q51" t="inlineStr"/>
+      <c r="R51" t="inlineStr"/>
+      <c r="S51" t="inlineStr"/>
+      <c r="T51" t="inlineStr"/>
+      <c r="U51" t="inlineStr">
+        <is>
+          <t>19.03.2026 06:34</t>
+        </is>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="inlineStr"/>
+      <c r="B52" t="inlineStr">
+        <is>
+          <t>редис</t>
+        </is>
+      </c>
+      <c r="C52" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D52" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E52" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F52" t="inlineStr">
+        <is>
+          <t>Мешок</t>
+        </is>
+      </c>
+      <c r="G52" t="n">
+        <v>15</v>
+      </c>
+      <c r="H52" t="n">
+        <v>15</v>
+      </c>
+      <c r="I52" t="n">
+        <v>1</v>
+      </c>
+      <c r="J52" t="n">
+        <v>1</v>
+      </c>
+      <c r="K52" t="n">
+        <v>15</v>
+      </c>
+      <c r="L52" t="n">
+        <v>15</v>
+      </c>
+      <c r="M52" t="n">
+        <v>100</v>
+      </c>
+      <c r="N52" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O52" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P52" t="inlineStr"/>
+      <c r="Q52" t="inlineStr"/>
+      <c r="R52" t="inlineStr"/>
+      <c r="S52" t="inlineStr"/>
+      <c r="T52" t="inlineStr"/>
+      <c r="U52" t="inlineStr">
+        <is>
+          <t>19.03.2026 06:33</t>
+        </is>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="inlineStr"/>
+      <c r="B53" t="inlineStr">
+        <is>
+          <t>томат черри ветка</t>
+        </is>
+      </c>
+      <c r="C53" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D53" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E53" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F53" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G53" t="n">
+        <v>6</v>
+      </c>
+      <c r="H53" t="n">
+        <v>6</v>
+      </c>
+      <c r="I53" t="n">
+        <v>1</v>
+      </c>
+      <c r="J53" t="n">
+        <v>1</v>
+      </c>
+      <c r="K53" t="n">
+        <v>6</v>
+      </c>
+      <c r="L53" t="n">
+        <v>6</v>
+      </c>
+      <c r="M53" t="n">
+        <v>100</v>
+      </c>
+      <c r="N53" t="n">
+        <v>600</v>
+      </c>
+      <c r="O53" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P53" t="inlineStr"/>
+      <c r="Q53" t="inlineStr"/>
+      <c r="R53" t="inlineStr"/>
+      <c r="S53" t="inlineStr"/>
+      <c r="T53" t="inlineStr"/>
+      <c r="U53" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:44</t>
+        </is>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="inlineStr"/>
+      <c r="B54" t="inlineStr">
+        <is>
+          <t>томат розовый узбек</t>
+        </is>
+      </c>
+      <c r="C54" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D54" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E54" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F54" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G54" t="n">
+        <v>10</v>
+      </c>
+      <c r="H54" t="n">
+        <v>10</v>
+      </c>
+      <c r="I54" t="n">
+        <v>1</v>
+      </c>
+      <c r="J54" t="n">
+        <v>1</v>
+      </c>
+      <c r="K54" t="n">
+        <v>10</v>
+      </c>
+      <c r="L54" t="n">
+        <v>10</v>
+      </c>
+      <c r="M54" t="n">
+        <v>100</v>
+      </c>
+      <c r="N54" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O54" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P54" t="inlineStr"/>
+      <c r="Q54" t="inlineStr"/>
+      <c r="R54" t="inlineStr"/>
+      <c r="S54" t="inlineStr"/>
+      <c r="T54" t="inlineStr"/>
+      <c r="U54" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:43</t>
+        </is>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="inlineStr"/>
+      <c r="B55" t="inlineStr">
+        <is>
+          <t>томат турция</t>
+        </is>
+      </c>
+      <c r="C55" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D55" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E55" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F55" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G55" t="n">
+        <v>8</v>
+      </c>
+      <c r="H55" t="n">
+        <v>8</v>
+      </c>
+      <c r="I55" t="n">
+        <v>1</v>
+      </c>
+      <c r="J55" t="n">
+        <v>1</v>
+      </c>
+      <c r="K55" t="n">
+        <v>8</v>
+      </c>
+      <c r="L55" t="n">
+        <v>8</v>
+      </c>
+      <c r="M55" t="n">
+        <v>100</v>
+      </c>
+      <c r="N55" t="n">
+        <v>800</v>
+      </c>
+      <c r="O55" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P55" t="inlineStr"/>
+      <c r="Q55" t="inlineStr"/>
+      <c r="R55" t="inlineStr"/>
+      <c r="S55" t="inlineStr"/>
+      <c r="T55" t="inlineStr"/>
+      <c r="U55" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:42</t>
+        </is>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="inlineStr"/>
+      <c r="B56" t="inlineStr">
+        <is>
+          <t>томат сливка фламенко</t>
+        </is>
+      </c>
+      <c r="C56" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D56" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E56" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F56" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G56" t="n">
+        <v>6</v>
+      </c>
+      <c r="H56" t="n">
+        <v>6</v>
+      </c>
+      <c r="I56" t="n">
+        <v>1</v>
+      </c>
+      <c r="J56" t="n">
+        <v>1</v>
+      </c>
+      <c r="K56" t="n">
+        <v>6</v>
+      </c>
+      <c r="L56" t="n">
+        <v>6</v>
+      </c>
+      <c r="M56" t="n">
+        <v>100</v>
+      </c>
+      <c r="N56" t="n">
+        <v>600</v>
+      </c>
+      <c r="O56" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P56" t="inlineStr"/>
+      <c r="Q56" t="inlineStr"/>
+      <c r="R56" t="inlineStr"/>
+      <c r="S56" t="inlineStr"/>
+      <c r="T56" t="inlineStr"/>
+      <c r="U56" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:42</t>
+        </is>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="inlineStr"/>
+      <c r="B57" t="inlineStr">
+        <is>
+          <t>томат сливка красный</t>
+        </is>
+      </c>
+      <c r="C57" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D57" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E57" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F57" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G57" t="n">
+        <v>6</v>
+      </c>
+      <c r="H57" t="n">
+        <v>6</v>
+      </c>
+      <c r="I57" t="n">
+        <v>1</v>
+      </c>
+      <c r="J57" t="n">
+        <v>1</v>
+      </c>
+      <c r="K57" t="n">
+        <v>6</v>
+      </c>
+      <c r="L57" t="n">
+        <v>6</v>
+      </c>
+      <c r="M57" t="n">
+        <v>100</v>
+      </c>
+      <c r="N57" t="n">
+        <v>600</v>
+      </c>
+      <c r="O57" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P57" t="inlineStr"/>
+      <c r="Q57" t="inlineStr"/>
+      <c r="R57" t="inlineStr"/>
+      <c r="S57" t="inlineStr"/>
+      <c r="T57" t="inlineStr"/>
+      <c r="U57" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:41</t>
+        </is>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="inlineStr"/>
+      <c r="B58" t="inlineStr">
+        <is>
+          <t>томат ветка</t>
+        </is>
+      </c>
+      <c r="C58" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D58" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E58" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F58" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G58" t="n">
+        <v>6</v>
+      </c>
+      <c r="H58" t="n">
+        <v>6</v>
+      </c>
+      <c r="I58" t="n">
+        <v>1</v>
+      </c>
+      <c r="J58" t="n">
+        <v>1</v>
+      </c>
+      <c r="K58" t="n">
+        <v>6</v>
+      </c>
+      <c r="L58" t="n">
+        <v>6</v>
+      </c>
+      <c r="M58" t="n">
+        <v>100</v>
+      </c>
+      <c r="N58" t="n">
+        <v>600</v>
+      </c>
+      <c r="O58" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P58" t="inlineStr"/>
+      <c r="Q58" t="inlineStr"/>
+      <c r="R58" t="inlineStr"/>
+      <c r="S58" t="inlineStr"/>
+      <c r="T58" t="inlineStr"/>
+      <c r="U58" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:40</t>
+        </is>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="inlineStr"/>
+      <c r="B59" t="inlineStr">
+        <is>
+          <t>томат красный тепличный</t>
+        </is>
+      </c>
+      <c r="C59" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D59" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E59" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F59" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G59" t="n">
+        <v>8</v>
+      </c>
+      <c r="H59" t="n">
+        <v>8</v>
+      </c>
+      <c r="I59" t="n">
+        <v>1</v>
+      </c>
+      <c r="J59" t="n">
+        <v>1</v>
+      </c>
+      <c r="K59" t="n">
+        <v>8</v>
+      </c>
+      <c r="L59" t="n">
+        <v>8</v>
+      </c>
+      <c r="M59" t="n">
+        <v>100</v>
+      </c>
+      <c r="N59" t="n">
+        <v>800</v>
+      </c>
+      <c r="O59" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P59" t="inlineStr"/>
+      <c r="Q59" t="inlineStr"/>
+      <c r="R59" t="inlineStr"/>
+      <c r="S59" t="inlineStr"/>
+      <c r="T59" t="inlineStr">
+        <is>
+          <t>сорт ИКРАМ</t>
+        </is>
+      </c>
+      <c r="U59" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:39</t>
+        </is>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="inlineStr"/>
+      <c r="B60" t="inlineStr">
+        <is>
+          <t>томат розовый</t>
+        </is>
+      </c>
+      <c r="C60" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D60" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E60" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F60" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G60" t="n">
+        <v>8</v>
+      </c>
+      <c r="H60" t="n">
+        <v>8</v>
+      </c>
+      <c r="I60" t="n">
+        <v>1</v>
+      </c>
+      <c r="J60" t="n">
+        <v>1</v>
+      </c>
+      <c r="K60" t="n">
+        <v>8</v>
+      </c>
+      <c r="L60" t="n">
+        <v>8</v>
+      </c>
+      <c r="M60" t="n">
+        <v>100</v>
+      </c>
+      <c r="N60" t="n">
+        <v>800</v>
+      </c>
+      <c r="O60" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P60" t="inlineStr"/>
+      <c r="Q60" t="inlineStr"/>
+      <c r="R60" t="inlineStr"/>
+      <c r="S60" t="inlineStr"/>
+      <c r="T60" t="inlineStr"/>
+      <c r="U60" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:38</t>
+        </is>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="inlineStr"/>
+      <c r="B61" t="inlineStr">
+        <is>
+          <t>томат розовый</t>
+        </is>
+      </c>
+      <c r="C61" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D61" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E61" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F61" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G61" t="n">
+        <v>8</v>
+      </c>
+      <c r="H61" t="n">
+        <v>8</v>
+      </c>
+      <c r="I61" t="n">
+        <v>1</v>
+      </c>
+      <c r="J61" t="n">
+        <v>1</v>
+      </c>
+      <c r="K61" t="n">
+        <v>8</v>
+      </c>
+      <c r="L61" t="n">
+        <v>8</v>
+      </c>
+      <c r="M61" t="n">
+        <v>100</v>
+      </c>
+      <c r="N61" t="n">
+        <v>800</v>
+      </c>
+      <c r="O61" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P61" t="inlineStr"/>
+      <c r="Q61" t="inlineStr"/>
+      <c r="R61" t="inlineStr"/>
+      <c r="S61" t="inlineStr"/>
+      <c r="T61" t="inlineStr"/>
+      <c r="U61" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:37</t>
+        </is>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="inlineStr"/>
+      <c r="B62" t="inlineStr">
+        <is>
+          <t>помело</t>
+        </is>
+      </c>
+      <c r="C62" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D62" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E62" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F62" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G62" t="n">
+        <v>6</v>
+      </c>
+      <c r="H62" t="n">
+        <v>6</v>
+      </c>
+      <c r="I62" t="n">
+        <v>1</v>
+      </c>
+      <c r="J62" t="n">
+        <v>1</v>
+      </c>
+      <c r="K62" t="n">
+        <v>6</v>
+      </c>
+      <c r="L62" t="n">
+        <v>6</v>
+      </c>
+      <c r="M62" t="n">
+        <v>100</v>
+      </c>
+      <c r="N62" t="n">
+        <v>600</v>
+      </c>
+      <c r="O62" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P62" t="inlineStr"/>
+      <c r="Q62" t="inlineStr"/>
+      <c r="R62" t="inlineStr"/>
+      <c r="S62" t="inlineStr"/>
+      <c r="T62" t="inlineStr"/>
+      <c r="U62" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:36</t>
+        </is>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="inlineStr"/>
+      <c r="B63" t="inlineStr">
+        <is>
+          <t>питахайя красная</t>
+        </is>
+      </c>
+      <c r="C63" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D63" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E63" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F63" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G63" t="n">
+        <v>5</v>
+      </c>
+      <c r="H63" t="n">
+        <v>5</v>
+      </c>
+      <c r="I63" t="n">
+        <v>1</v>
+      </c>
+      <c r="J63" t="n">
+        <v>1</v>
+      </c>
+      <c r="K63" t="n">
+        <v>5</v>
+      </c>
+      <c r="L63" t="n">
+        <v>5</v>
+      </c>
+      <c r="M63" t="n">
+        <v>100</v>
+      </c>
+      <c r="N63" t="n">
+        <v>500</v>
+      </c>
+      <c r="O63" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P63" t="inlineStr"/>
+      <c r="Q63" t="inlineStr"/>
+      <c r="R63" t="inlineStr"/>
+      <c r="S63" t="inlineStr"/>
+      <c r="T63" t="inlineStr"/>
+      <c r="U63" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:31</t>
+        </is>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="inlineStr"/>
+      <c r="B64" t="inlineStr">
+        <is>
+          <t>питахайя желтая</t>
+        </is>
+      </c>
+      <c r="C64" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D64" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E64" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F64" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G64" t="n">
+        <v>5</v>
+      </c>
+      <c r="H64" t="n">
+        <v>5</v>
+      </c>
+      <c r="I64" t="n">
+        <v>1</v>
+      </c>
+      <c r="J64" t="n">
+        <v>1</v>
+      </c>
+      <c r="K64" t="n">
+        <v>5</v>
+      </c>
+      <c r="L64" t="n">
+        <v>5</v>
+      </c>
+      <c r="M64" t="n">
+        <v>100</v>
+      </c>
+      <c r="N64" t="n">
+        <v>500</v>
+      </c>
+      <c r="O64" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P64" t="inlineStr"/>
+      <c r="Q64" t="inlineStr"/>
+      <c r="R64" t="inlineStr"/>
+      <c r="S64" t="inlineStr"/>
+      <c r="T64" t="inlineStr"/>
+      <c r="U64" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:30</t>
+        </is>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="inlineStr"/>
+      <c r="B65" t="inlineStr">
+        <is>
+          <t>питахайя белая</t>
+        </is>
+      </c>
+      <c r="C65" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D65" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E65" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F65" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G65" t="n">
+        <v>5</v>
+      </c>
+      <c r="H65" t="n">
+        <v>5</v>
+      </c>
+      <c r="I65" t="n">
+        <v>1</v>
+      </c>
+      <c r="J65" t="n">
+        <v>1</v>
+      </c>
+      <c r="K65" t="n">
+        <v>5</v>
+      </c>
+      <c r="L65" t="n">
+        <v>5</v>
+      </c>
+      <c r="M65" t="n">
+        <v>100</v>
+      </c>
+      <c r="N65" t="n">
+        <v>500</v>
+      </c>
+      <c r="O65" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P65" t="inlineStr"/>
+      <c r="Q65" t="inlineStr"/>
+      <c r="R65" t="inlineStr"/>
+      <c r="S65" t="inlineStr"/>
+      <c r="T65" t="inlineStr"/>
+      <c r="U65" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:30</t>
+        </is>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="inlineStr"/>
+      <c r="B66" t="inlineStr">
+        <is>
+          <t>персик круглый</t>
+        </is>
+      </c>
+      <c r="C66" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D66" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E66" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F66" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G66" t="n">
+        <v>8</v>
+      </c>
+      <c r="H66" t="n">
+        <v>8</v>
+      </c>
+      <c r="I66" t="n">
+        <v>1</v>
+      </c>
+      <c r="J66" t="n">
+        <v>1</v>
+      </c>
+      <c r="K66" t="n">
+        <v>8</v>
+      </c>
+      <c r="L66" t="n">
+        <v>8</v>
+      </c>
+      <c r="M66" t="n">
+        <v>100</v>
+      </c>
+      <c r="N66" t="n">
+        <v>800</v>
+      </c>
+      <c r="O66" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P66" t="inlineStr"/>
+      <c r="Q66" t="inlineStr"/>
+      <c r="R66" t="inlineStr"/>
+      <c r="S66" t="inlineStr"/>
+      <c r="T66" t="inlineStr"/>
+      <c r="U66" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:29</t>
+        </is>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="inlineStr"/>
+      <c r="B67" t="inlineStr">
+        <is>
+          <t>перец чили мини</t>
+        </is>
+      </c>
+      <c r="C67" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D67" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E67" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F67" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G67" t="n">
+        <v>1</v>
+      </c>
+      <c r="H67" t="n">
+        <v>1</v>
+      </c>
+      <c r="I67" t="n">
+        <v>6.67</v>
+      </c>
+      <c r="J67" t="n">
+        <v>6.67</v>
+      </c>
+      <c r="K67" t="n">
+        <v>1</v>
+      </c>
+      <c r="L67" t="n">
+        <v>1</v>
+      </c>
+      <c r="M67" t="n">
+        <v>100</v>
+      </c>
+      <c r="N67" t="n">
+        <v>15</v>
+      </c>
+      <c r="O67" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P67" t="inlineStr"/>
+      <c r="Q67" t="inlineStr"/>
+      <c r="R67" t="inlineStr"/>
+      <c r="S67" t="inlineStr"/>
+      <c r="T67" t="inlineStr"/>
+      <c r="U67" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:28</t>
+        </is>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="inlineStr"/>
+      <c r="B68" t="inlineStr">
+        <is>
+          <t>перец чили красный</t>
+        </is>
+      </c>
+      <c r="C68" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D68" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E68" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F68" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G68" t="n">
+        <v>5</v>
+      </c>
+      <c r="H68" t="n">
+        <v>5</v>
+      </c>
+      <c r="I68" t="n">
+        <v>1</v>
+      </c>
+      <c r="J68" t="n">
+        <v>1</v>
+      </c>
+      <c r="K68" t="n">
+        <v>5</v>
+      </c>
+      <c r="L68" t="n">
+        <v>5</v>
+      </c>
+      <c r="M68" t="n">
+        <v>100</v>
+      </c>
+      <c r="N68" t="n">
+        <v>500</v>
+      </c>
+      <c r="O68" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P68" t="inlineStr"/>
+      <c r="Q68" t="inlineStr"/>
+      <c r="R68" t="inlineStr"/>
+      <c r="S68" t="inlineStr"/>
+      <c r="T68" t="inlineStr"/>
+      <c r="U68" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:27</t>
+        </is>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="inlineStr"/>
+      <c r="B69" t="inlineStr">
+        <is>
+          <t>перец чили зеленый</t>
+        </is>
+      </c>
+      <c r="C69" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D69" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E69" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F69" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G69" t="n">
+        <v>5</v>
+      </c>
+      <c r="H69" t="n">
+        <v>5</v>
+      </c>
+      <c r="I69" t="n">
+        <v>1</v>
+      </c>
+      <c r="J69" t="n">
+        <v>1</v>
+      </c>
+      <c r="K69" t="n">
+        <v>5</v>
+      </c>
+      <c r="L69" t="n">
+        <v>5</v>
+      </c>
+      <c r="M69" t="n">
+        <v>100</v>
+      </c>
+      <c r="N69" t="n">
+        <v>500</v>
+      </c>
+      <c r="O69" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P69" t="inlineStr"/>
+      <c r="Q69" t="inlineStr"/>
+      <c r="R69" t="inlineStr"/>
+      <c r="S69" t="inlineStr"/>
+      <c r="T69" t="inlineStr"/>
+      <c r="U69" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:26</t>
+        </is>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="inlineStr"/>
+      <c r="B70" t="inlineStr">
+        <is>
+          <t>перец сладкий оранжевый</t>
+        </is>
+      </c>
+      <c r="C70" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D70" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E70" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F70" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G70" t="n">
+        <v>4</v>
+      </c>
+      <c r="H70" t="n">
+        <v>4</v>
+      </c>
+      <c r="I70" t="n">
+        <v>1</v>
+      </c>
+      <c r="J70" t="n">
+        <v>1</v>
+      </c>
+      <c r="K70" t="n">
+        <v>4</v>
+      </c>
+      <c r="L70" t="n">
+        <v>4</v>
+      </c>
+      <c r="M70" t="n">
+        <v>100</v>
+      </c>
+      <c r="N70" t="n">
+        <v>400</v>
+      </c>
+      <c r="O70" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P70" t="inlineStr"/>
+      <c r="Q70" t="inlineStr"/>
+      <c r="R70" t="inlineStr"/>
+      <c r="S70" t="inlineStr"/>
+      <c r="T70" t="inlineStr"/>
+      <c r="U70" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:26</t>
+        </is>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="inlineStr"/>
+      <c r="B71" t="inlineStr">
+        <is>
+          <t>перец сладкий красный</t>
+        </is>
+      </c>
+      <c r="C71" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D71" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E71" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F71" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G71" t="n">
+        <v>4</v>
+      </c>
+      <c r="H71" t="n">
+        <v>4</v>
+      </c>
+      <c r="I71" t="n">
+        <v>1</v>
+      </c>
+      <c r="J71" t="n">
+        <v>1</v>
+      </c>
+      <c r="K71" t="n">
+        <v>4</v>
+      </c>
+      <c r="L71" t="n">
+        <v>4</v>
+      </c>
+      <c r="M71" t="n">
+        <v>100</v>
+      </c>
+      <c r="N71" t="n">
+        <v>400</v>
+      </c>
+      <c r="O71" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P71" t="inlineStr"/>
+      <c r="Q71" t="inlineStr"/>
+      <c r="R71" t="inlineStr"/>
+      <c r="S71" t="inlineStr"/>
+      <c r="T71" t="inlineStr"/>
+      <c r="U71" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:25</t>
+        </is>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="inlineStr"/>
+      <c r="B72" t="inlineStr">
+        <is>
+          <t>перец сладкий желтый</t>
+        </is>
+      </c>
+      <c r="C72" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D72" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E72" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F72" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G72" t="n">
+        <v>4</v>
+      </c>
+      <c r="H72" t="n">
+        <v>4</v>
+      </c>
+      <c r="I72" t="n">
+        <v>1</v>
+      </c>
+      <c r="J72" t="n">
+        <v>1</v>
+      </c>
+      <c r="K72" t="n">
+        <v>4</v>
+      </c>
+      <c r="L72" t="n">
+        <v>4</v>
+      </c>
+      <c r="M72" t="n">
+        <v>100</v>
+      </c>
+      <c r="N72" t="n">
+        <v>400</v>
+      </c>
+      <c r="O72" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P72" t="inlineStr"/>
+      <c r="Q72" t="inlineStr"/>
+      <c r="R72" t="inlineStr"/>
+      <c r="S72" t="inlineStr"/>
+      <c r="T72" t="inlineStr"/>
+      <c r="U72" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:25</t>
+        </is>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="inlineStr"/>
+      <c r="B73" t="inlineStr">
+        <is>
+          <t>перец ромиро</t>
+        </is>
+      </c>
+      <c r="C73" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D73" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E73" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F73" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G73" t="n">
+        <v>6</v>
+      </c>
+      <c r="H73" t="n">
+        <v>6</v>
+      </c>
+      <c r="I73" t="n">
+        <v>1</v>
+      </c>
+      <c r="J73" t="n">
+        <v>1</v>
+      </c>
+      <c r="K73" t="n">
+        <v>6</v>
+      </c>
+      <c r="L73" t="n">
+        <v>6</v>
+      </c>
+      <c r="M73" t="n">
+        <v>100</v>
+      </c>
+      <c r="N73" t="n">
+        <v>600</v>
+      </c>
+      <c r="O73" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P73" t="inlineStr"/>
+      <c r="Q73" t="inlineStr"/>
+      <c r="R73" t="inlineStr"/>
+      <c r="S73" t="inlineStr"/>
+      <c r="T73" t="inlineStr"/>
+      <c r="U73" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:24</t>
+        </is>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="inlineStr"/>
+      <c r="B74" t="inlineStr">
+        <is>
+          <t>пастернак</t>
+        </is>
+      </c>
+      <c r="C74" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D74" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E74" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F74" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G74" t="n">
+        <v>6</v>
+      </c>
+      <c r="H74" t="n">
+        <v>6</v>
+      </c>
+      <c r="I74" t="n">
+        <v>1</v>
+      </c>
+      <c r="J74" t="n">
+        <v>1</v>
+      </c>
+      <c r="K74" t="n">
+        <v>6</v>
+      </c>
+      <c r="L74" t="n">
+        <v>6</v>
+      </c>
+      <c r="M74" t="n">
+        <v>100</v>
+      </c>
+      <c r="N74" t="n">
+        <v>600</v>
+      </c>
+      <c r="O74" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P74" t="inlineStr"/>
+      <c r="Q74" t="inlineStr"/>
+      <c r="R74" t="inlineStr"/>
+      <c r="S74" t="inlineStr"/>
+      <c r="T74" t="inlineStr"/>
+      <c r="U74" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:23</t>
+        </is>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="inlineStr"/>
+      <c r="B75" t="inlineStr">
+        <is>
+          <t>папайя</t>
+        </is>
+      </c>
+      <c r="C75" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D75" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E75" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F75" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G75" t="n">
+        <v>5</v>
+      </c>
+      <c r="H75" t="n">
+        <v>5</v>
+      </c>
+      <c r="I75" t="n">
+        <v>1</v>
+      </c>
+      <c r="J75" t="n">
+        <v>1</v>
+      </c>
+      <c r="K75" t="n">
+        <v>5</v>
+      </c>
+      <c r="L75" t="n">
+        <v>5</v>
+      </c>
+      <c r="M75" t="n">
+        <v>100</v>
+      </c>
+      <c r="N75" t="n">
+        <v>500</v>
+      </c>
+      <c r="O75" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P75" t="inlineStr"/>
+      <c r="Q75" t="inlineStr"/>
+      <c r="R75" t="inlineStr"/>
+      <c r="S75" t="inlineStr"/>
+      <c r="T75" t="inlineStr"/>
+      <c r="U75" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:22</t>
+        </is>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="inlineStr"/>
+      <c r="B76" t="inlineStr">
+        <is>
+          <t>огурец кураж</t>
+        </is>
+      </c>
+      <c r="C76" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D76" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E76" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F76" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G76" t="n">
+        <v>6</v>
+      </c>
+      <c r="H76" t="n">
+        <v>6</v>
+      </c>
+      <c r="I76" t="n">
+        <v>1</v>
+      </c>
+      <c r="J76" t="n">
+        <v>1</v>
+      </c>
+      <c r="K76" t="n">
+        <v>6</v>
+      </c>
+      <c r="L76" t="n">
+        <v>6</v>
+      </c>
+      <c r="M76" t="n">
+        <v>100</v>
+      </c>
+      <c r="N76" t="n">
+        <v>600</v>
+      </c>
+      <c r="O76" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P76" t="inlineStr"/>
+      <c r="Q76" t="inlineStr"/>
+      <c r="R76" t="inlineStr"/>
+      <c r="S76" t="inlineStr"/>
+      <c r="T76" t="inlineStr"/>
+      <c r="U76" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:20</t>
+        </is>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="inlineStr"/>
+      <c r="B77" t="inlineStr">
+        <is>
+          <t>огурец зазуля</t>
+        </is>
+      </c>
+      <c r="C77" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D77" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E77" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F77" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G77" t="n">
+        <v>5</v>
+      </c>
+      <c r="H77" t="n">
+        <v>5</v>
+      </c>
+      <c r="I77" t="n">
+        <v>1</v>
+      </c>
+      <c r="J77" t="n">
+        <v>1</v>
+      </c>
+      <c r="K77" t="n">
+        <v>5</v>
+      </c>
+      <c r="L77" t="n">
+        <v>5</v>
+      </c>
+      <c r="M77" t="n">
+        <v>100</v>
+      </c>
+      <c r="N77" t="n">
+        <v>500</v>
+      </c>
+      <c r="O77" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P77" t="inlineStr"/>
+      <c r="Q77" t="inlineStr"/>
+      <c r="R77" t="inlineStr"/>
+      <c r="S77" t="inlineStr"/>
+      <c r="T77" t="inlineStr"/>
+      <c r="U77" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:20</t>
+        </is>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="inlineStr"/>
+      <c r="B78" t="inlineStr">
+        <is>
+          <t>огурец гладкий средний</t>
+        </is>
+      </c>
+      <c r="C78" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D78" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E78" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F78" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G78" t="n">
+        <v>5</v>
+      </c>
+      <c r="H78" t="n">
+        <v>5</v>
+      </c>
+      <c r="I78" t="n">
+        <v>1</v>
+      </c>
+      <c r="J78" t="n">
+        <v>1</v>
+      </c>
+      <c r="K78" t="n">
+        <v>5</v>
+      </c>
+      <c r="L78" t="n">
+        <v>5</v>
+      </c>
+      <c r="M78" t="n">
+        <v>100</v>
+      </c>
+      <c r="N78" t="n">
+        <v>500</v>
+      </c>
+      <c r="O78" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P78" t="inlineStr"/>
+      <c r="Q78" t="inlineStr"/>
+      <c r="R78" t="inlineStr"/>
+      <c r="S78" t="inlineStr"/>
+      <c r="T78" t="inlineStr"/>
+      <c r="U78" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:19</t>
+        </is>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="inlineStr"/>
+      <c r="B79" t="inlineStr">
+        <is>
+          <t>нектарин плоский</t>
+        </is>
+      </c>
+      <c r="C79" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D79" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E79" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F79" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G79" t="n">
+        <v>10</v>
+      </c>
+      <c r="H79" t="n">
+        <v>10</v>
+      </c>
+      <c r="I79" t="n">
+        <v>1</v>
+      </c>
+      <c r="J79" t="n">
+        <v>1</v>
+      </c>
+      <c r="K79" t="n">
+        <v>10</v>
+      </c>
+      <c r="L79" t="n">
+        <v>10</v>
+      </c>
+      <c r="M79" t="n">
+        <v>100</v>
+      </c>
+      <c r="N79" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O79" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P79" t="inlineStr"/>
+      <c r="Q79" t="inlineStr"/>
+      <c r="R79" t="inlineStr"/>
+      <c r="S79" t="inlineStr"/>
+      <c r="T79" t="inlineStr"/>
+      <c r="U79" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:17</t>
+        </is>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="inlineStr"/>
+      <c r="B80" t="inlineStr">
+        <is>
+          <t>нектарин круглый</t>
+        </is>
+      </c>
+      <c r="C80" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D80" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E80" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F80" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G80" t="n">
+        <v>10</v>
+      </c>
+      <c r="H80" t="n">
+        <v>10</v>
+      </c>
+      <c r="I80" t="n">
+        <v>1</v>
+      </c>
+      <c r="J80" t="n">
+        <v>1</v>
+      </c>
+      <c r="K80" t="n">
+        <v>10</v>
+      </c>
+      <c r="L80" t="n">
+        <v>10</v>
+      </c>
+      <c r="M80" t="n">
+        <v>100</v>
+      </c>
+      <c r="N80" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O80" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P80" t="inlineStr"/>
+      <c r="Q80" t="inlineStr"/>
+      <c r="R80" t="inlineStr"/>
+      <c r="S80" t="inlineStr"/>
+      <c r="T80" t="inlineStr"/>
+      <c r="U80" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:16</t>
+        </is>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="inlineStr"/>
+      <c r="B81" t="inlineStr">
+        <is>
+          <t>мушналла</t>
+        </is>
+      </c>
+      <c r="C81" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D81" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E81" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F81" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G81" t="n">
+        <v>5</v>
+      </c>
+      <c r="H81" t="n">
+        <v>5</v>
+      </c>
+      <c r="I81" t="n">
+        <v>1</v>
+      </c>
+      <c r="J81" t="n">
+        <v>1</v>
+      </c>
+      <c r="K81" t="n">
+        <v>5</v>
+      </c>
+      <c r="L81" t="n">
+        <v>5</v>
+      </c>
+      <c r="M81" t="n">
+        <v>100</v>
+      </c>
+      <c r="N81" t="n">
+        <v>500</v>
+      </c>
+      <c r="O81" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P81" t="inlineStr"/>
+      <c r="Q81" t="inlineStr"/>
+      <c r="R81" t="inlineStr"/>
+      <c r="S81" t="inlineStr"/>
+      <c r="T81" t="inlineStr"/>
+      <c r="U81" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:15</t>
+        </is>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="inlineStr"/>
+      <c r="B82" t="inlineStr">
+        <is>
+          <t>морковь мытая</t>
+        </is>
+      </c>
+      <c r="C82" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D82" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E82" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F82" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G82" t="n">
+        <v>10</v>
+      </c>
+      <c r="H82" t="n">
+        <v>10</v>
+      </c>
+      <c r="I82" t="n">
+        <v>1</v>
+      </c>
+      <c r="J82" t="n">
+        <v>1</v>
+      </c>
+      <c r="K82" t="n">
+        <v>10</v>
+      </c>
+      <c r="L82" t="n">
+        <v>10</v>
+      </c>
+      <c r="M82" t="n">
+        <v>100</v>
+      </c>
+      <c r="N82" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O82" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P82" t="inlineStr"/>
+      <c r="Q82" t="inlineStr"/>
+      <c r="R82" t="inlineStr"/>
+      <c r="S82" t="inlineStr"/>
+      <c r="T82" t="inlineStr"/>
+      <c r="U82" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:14</t>
+        </is>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="inlineStr"/>
+      <c r="B83" t="inlineStr">
+        <is>
+          <t>морковь мытая</t>
+        </is>
+      </c>
+      <c r="C83" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D83" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E83" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F83" t="inlineStr">
+        <is>
+          <t>Мешок</t>
+        </is>
+      </c>
+      <c r="G83" t="n">
+        <v>18</v>
+      </c>
+      <c r="H83" t="n">
+        <v>18</v>
+      </c>
+      <c r="I83" t="n">
+        <v>1</v>
+      </c>
+      <c r="J83" t="n">
+        <v>1</v>
+      </c>
+      <c r="K83" t="n">
+        <v>18</v>
+      </c>
+      <c r="L83" t="n">
+        <v>18</v>
+      </c>
+      <c r="M83" t="n">
+        <v>100</v>
+      </c>
+      <c r="N83" t="n">
+        <v>1800</v>
+      </c>
+      <c r="O83" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P83" t="inlineStr"/>
+      <c r="Q83" t="inlineStr"/>
+      <c r="R83" t="inlineStr"/>
+      <c r="S83" t="inlineStr"/>
+      <c r="T83" t="inlineStr"/>
+      <c r="U83" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:14</t>
+        </is>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="inlineStr"/>
+      <c r="B84" t="inlineStr">
+        <is>
+          <t>маракуйя</t>
+        </is>
+      </c>
+      <c r="C84" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D84" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E84" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F84" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G84" t="n">
+        <v>5</v>
+      </c>
+      <c r="H84" t="n">
+        <v>5</v>
+      </c>
+      <c r="I84" t="n">
+        <v>1</v>
+      </c>
+      <c r="J84" t="n">
+        <v>1</v>
+      </c>
+      <c r="K84" t="n">
+        <v>5</v>
+      </c>
+      <c r="L84" t="n">
+        <v>5</v>
+      </c>
+      <c r="M84" t="n">
+        <v>100</v>
+      </c>
+      <c r="N84" t="n">
+        <v>500</v>
+      </c>
+      <c r="O84" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P84" t="inlineStr"/>
+      <c r="Q84" t="inlineStr"/>
+      <c r="R84" t="inlineStr"/>
+      <c r="S84" t="inlineStr"/>
+      <c r="T84" t="inlineStr"/>
+      <c r="U84" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:13</t>
+        </is>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="inlineStr"/>
+      <c r="B85" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C85" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D85" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E85" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F85" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G85" t="n">
+        <v>8</v>
+      </c>
+      <c r="H85" t="n">
+        <v>8</v>
+      </c>
+      <c r="I85" t="n">
+        <v>1</v>
+      </c>
+      <c r="J85" t="n">
+        <v>1</v>
+      </c>
+      <c r="K85" t="n">
+        <v>8</v>
+      </c>
+      <c r="L85" t="n">
+        <v>8</v>
+      </c>
+      <c r="M85" t="n">
+        <v>100</v>
+      </c>
+      <c r="N85" t="n">
+        <v>800</v>
+      </c>
+      <c r="O85" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P85" t="inlineStr"/>
+      <c r="Q85" t="inlineStr"/>
+      <c r="R85" t="inlineStr"/>
+      <c r="S85" t="inlineStr"/>
+      <c r="T85" t="inlineStr"/>
+      <c r="U85" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:11</t>
+        </is>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="inlineStr"/>
+      <c r="B86" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C86" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D86" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E86" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F86" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G86" t="n">
+        <v>8</v>
+      </c>
+      <c r="H86" t="n">
+        <v>8</v>
+      </c>
+      <c r="I86" t="n">
+        <v>1</v>
+      </c>
+      <c r="J86" t="n">
+        <v>1</v>
+      </c>
+      <c r="K86" t="n">
+        <v>8</v>
+      </c>
+      <c r="L86" t="n">
+        <v>8</v>
+      </c>
+      <c r="M86" t="n">
+        <v>100</v>
+      </c>
+      <c r="N86" t="n">
+        <v>800</v>
+      </c>
+      <c r="O86" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P86" t="inlineStr"/>
+      <c r="Q86" t="inlineStr"/>
+      <c r="R86" t="inlineStr"/>
+      <c r="S86" t="inlineStr"/>
+      <c r="T86" t="inlineStr">
+        <is>
+          <t>сорт ПАНДА</t>
+        </is>
+      </c>
+      <c r="U86" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:10</t>
+        </is>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="inlineStr"/>
+      <c r="B87" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C87" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D87" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E87" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F87" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G87" t="n">
+        <v>8</v>
+      </c>
+      <c r="H87" t="n">
+        <v>8</v>
+      </c>
+      <c r="I87" t="n">
+        <v>1</v>
+      </c>
+      <c r="J87" t="n">
+        <v>1</v>
+      </c>
+      <c r="K87" t="n">
+        <v>8</v>
+      </c>
+      <c r="L87" t="n">
+        <v>8</v>
+      </c>
+      <c r="M87" t="n">
+        <v>100</v>
+      </c>
+      <c r="N87" t="n">
+        <v>800</v>
+      </c>
+      <c r="O87" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P87" t="inlineStr"/>
+      <c r="Q87" t="inlineStr"/>
+      <c r="R87" t="inlineStr"/>
+      <c r="S87" t="inlineStr"/>
+      <c r="T87" t="inlineStr"/>
+      <c r="U87" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:10</t>
+        </is>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="inlineStr"/>
+      <c r="B88" t="inlineStr">
+        <is>
+          <t>мандарин мини</t>
+        </is>
+      </c>
+      <c r="C88" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D88" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E88" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F88" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G88" t="n">
+        <v>10</v>
+      </c>
+      <c r="H88" t="n">
+        <v>10</v>
+      </c>
+      <c r="I88" t="n">
+        <v>1</v>
+      </c>
+      <c r="J88" t="n">
+        <v>1</v>
+      </c>
+      <c r="K88" t="n">
+        <v>10</v>
+      </c>
+      <c r="L88" t="n">
+        <v>10</v>
+      </c>
+      <c r="M88" t="n">
+        <v>100</v>
+      </c>
+      <c r="N88" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O88" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P88" t="inlineStr"/>
+      <c r="Q88" t="inlineStr"/>
+      <c r="R88" t="inlineStr"/>
+      <c r="S88" t="inlineStr"/>
+      <c r="T88" t="inlineStr"/>
+      <c r="U88" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:09</t>
+        </is>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="inlineStr"/>
+      <c r="B89" t="inlineStr">
+        <is>
+          <t>мандарин ветка</t>
+        </is>
+      </c>
+      <c r="C89" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D89" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E89" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F89" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G89" t="n">
+        <v>10</v>
+      </c>
+      <c r="H89" t="n">
+        <v>10</v>
+      </c>
+      <c r="I89" t="n">
+        <v>1</v>
+      </c>
+      <c r="J89" t="n">
+        <v>1</v>
+      </c>
+      <c r="K89" t="n">
+        <v>10</v>
+      </c>
+      <c r="L89" t="n">
+        <v>10</v>
+      </c>
+      <c r="M89" t="n">
+        <v>100</v>
+      </c>
+      <c r="N89" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O89" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P89" t="inlineStr"/>
+      <c r="Q89" t="inlineStr"/>
+      <c r="R89" t="inlineStr"/>
+      <c r="S89" t="inlineStr"/>
+      <c r="T89" t="inlineStr"/>
+      <c r="U89" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:08</t>
+        </is>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="inlineStr"/>
+      <c r="B90" t="inlineStr">
+        <is>
+          <t>манго</t>
+        </is>
+      </c>
+      <c r="C90" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D90" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E90" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F90" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G90" t="n">
+        <v>10</v>
+      </c>
+      <c r="H90" t="n">
+        <v>10</v>
+      </c>
+      <c r="I90" t="n">
+        <v>1</v>
+      </c>
+      <c r="J90" t="n">
+        <v>1</v>
+      </c>
+      <c r="K90" t="n">
+        <v>10</v>
+      </c>
+      <c r="L90" t="n">
+        <v>10</v>
+      </c>
+      <c r="M90" t="n">
+        <v>100</v>
+      </c>
+      <c r="N90" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O90" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P90" t="inlineStr"/>
+      <c r="Q90" t="inlineStr"/>
+      <c r="R90" t="inlineStr"/>
+      <c r="S90" t="inlineStr"/>
+      <c r="T90" t="inlineStr"/>
+      <c r="U90" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:07</t>
+        </is>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="inlineStr"/>
+      <c r="B91" t="inlineStr">
+        <is>
+          <t>манго</t>
+        </is>
+      </c>
+      <c r="C91" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D91" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E91" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F91" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G91" t="n">
+        <v>10</v>
+      </c>
+      <c r="H91" t="n">
+        <v>10</v>
+      </c>
+      <c r="I91" t="n">
+        <v>1</v>
+      </c>
+      <c r="J91" t="n">
+        <v>1</v>
+      </c>
+      <c r="K91" t="n">
+        <v>10</v>
+      </c>
+      <c r="L91" t="n">
+        <v>10</v>
+      </c>
+      <c r="M91" t="n">
+        <v>100</v>
+      </c>
+      <c r="N91" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O91" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P91" t="inlineStr"/>
+      <c r="Q91" t="inlineStr"/>
+      <c r="R91" t="inlineStr"/>
+      <c r="S91" t="inlineStr"/>
+      <c r="T91" t="inlineStr"/>
+      <c r="U91" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:06</t>
+        </is>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="inlineStr"/>
+      <c r="B92" t="inlineStr">
+        <is>
+          <t>манго</t>
+        </is>
+      </c>
+      <c r="C92" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D92" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E92" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F92" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G92" t="n">
+        <v>8</v>
+      </c>
+      <c r="H92" t="n">
+        <v>8</v>
+      </c>
+      <c r="I92" t="n">
+        <v>1</v>
+      </c>
+      <c r="J92" t="n">
+        <v>1</v>
+      </c>
+      <c r="K92" t="n">
+        <v>8</v>
+      </c>
+      <c r="L92" t="n">
+        <v>8</v>
+      </c>
+      <c r="M92" t="n">
+        <v>100</v>
+      </c>
+      <c r="N92" t="n">
+        <v>800</v>
+      </c>
+      <c r="O92" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P92" t="inlineStr"/>
+      <c r="Q92" t="inlineStr"/>
+      <c r="R92" t="inlineStr"/>
+      <c r="S92" t="inlineStr"/>
+      <c r="T92" t="inlineStr"/>
+      <c r="U92" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:05</t>
+        </is>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="inlineStr"/>
+      <c r="B93" t="inlineStr">
+        <is>
+          <t>малина коррекс 250гр</t>
+        </is>
+      </c>
+      <c r="C93" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D93" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E93" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F93" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G93" t="n">
+        <v>1</v>
+      </c>
+      <c r="H93" t="n">
+        <v>1</v>
+      </c>
+      <c r="I93" t="n">
+        <v>6.67</v>
+      </c>
+      <c r="J93" t="n">
+        <v>6.67</v>
+      </c>
+      <c r="K93" t="n">
+        <v>1</v>
+      </c>
+      <c r="L93" t="n">
+        <v>1</v>
+      </c>
+      <c r="M93" t="n">
+        <v>100</v>
+      </c>
+      <c r="N93" t="n">
+        <v>15</v>
+      </c>
+      <c r="O93" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P93" t="inlineStr"/>
+      <c r="Q93" t="inlineStr"/>
+      <c r="R93" t="inlineStr"/>
+      <c r="S93" t="inlineStr"/>
+      <c r="T93" t="inlineStr"/>
+      <c r="U93" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:04</t>
+        </is>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="inlineStr"/>
+      <c r="B94" t="inlineStr">
+        <is>
+          <t>лук ялтинский</t>
+        </is>
+      </c>
+      <c r="C94" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D94" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E94" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F94" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G94" t="n">
+        <v>10</v>
+      </c>
+      <c r="H94" t="n">
+        <v>10</v>
+      </c>
+      <c r="I94" t="n">
+        <v>1</v>
+      </c>
+      <c r="J94" t="n">
+        <v>1</v>
+      </c>
+      <c r="K94" t="n">
+        <v>10</v>
+      </c>
+      <c r="L94" t="n">
+        <v>10</v>
+      </c>
+      <c r="M94" t="n">
+        <v>100</v>
+      </c>
+      <c r="N94" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O94" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P94" t="inlineStr"/>
+      <c r="Q94" t="inlineStr"/>
+      <c r="R94" t="inlineStr"/>
+      <c r="S94" t="inlineStr"/>
+      <c r="T94" t="inlineStr"/>
+      <c r="U94" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:03</t>
+        </is>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="inlineStr"/>
+      <c r="B95" t="inlineStr">
+        <is>
+          <t>лук шалот</t>
+        </is>
+      </c>
+      <c r="C95" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D95" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E95" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F95" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G95" t="n">
+        <v>10</v>
+      </c>
+      <c r="H95" t="n">
+        <v>10</v>
+      </c>
+      <c r="I95" t="n">
+        <v>1</v>
+      </c>
+      <c r="J95" t="n">
+        <v>1</v>
+      </c>
+      <c r="K95" t="n">
+        <v>10</v>
+      </c>
+      <c r="L95" t="n">
+        <v>10</v>
+      </c>
+      <c r="M95" t="n">
+        <v>100</v>
+      </c>
+      <c r="N95" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O95" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P95" t="inlineStr"/>
+      <c r="Q95" t="inlineStr"/>
+      <c r="R95" t="inlineStr"/>
+      <c r="S95" t="inlineStr"/>
+      <c r="T95" t="inlineStr"/>
+      <c r="U95" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:03</t>
+        </is>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="inlineStr"/>
+      <c r="B96" t="inlineStr">
+        <is>
+          <t>лук порей</t>
+        </is>
+      </c>
+      <c r="C96" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D96" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E96" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F96" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G96" t="n">
+        <v>5</v>
+      </c>
+      <c r="H96" t="n">
+        <v>5</v>
+      </c>
+      <c r="I96" t="n">
+        <v>1</v>
+      </c>
+      <c r="J96" t="n">
+        <v>1</v>
+      </c>
+      <c r="K96" t="n">
+        <v>5</v>
+      </c>
+      <c r="L96" t="n">
+        <v>5</v>
+      </c>
+      <c r="M96" t="n">
+        <v>100</v>
+      </c>
+      <c r="N96" t="n">
+        <v>500</v>
+      </c>
+      <c r="O96" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P96" t="inlineStr"/>
+      <c r="Q96" t="inlineStr"/>
+      <c r="R96" t="inlineStr"/>
+      <c r="S96" t="inlineStr"/>
+      <c r="T96" t="inlineStr"/>
+      <c r="U96" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:02</t>
+        </is>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="inlineStr"/>
+      <c r="B97" t="inlineStr">
+        <is>
+          <t>лемонграсс</t>
+        </is>
+      </c>
+      <c r="C97" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D97" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E97" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F97" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G97" t="n">
+        <v>1</v>
+      </c>
+      <c r="H97" t="n">
+        <v>1</v>
+      </c>
+      <c r="I97" t="n">
+        <v>1</v>
+      </c>
+      <c r="J97" t="n">
+        <v>1</v>
+      </c>
+      <c r="K97" t="n">
+        <v>1</v>
+      </c>
+      <c r="L97" t="n">
+        <v>1</v>
+      </c>
+      <c r="M97" t="n">
+        <v>100</v>
+      </c>
+      <c r="N97" t="n">
+        <v>100</v>
+      </c>
+      <c r="O97" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P97" t="inlineStr"/>
+      <c r="Q97" t="inlineStr"/>
+      <c r="R97" t="inlineStr"/>
+      <c r="S97" t="inlineStr"/>
+      <c r="T97" t="inlineStr"/>
+      <c r="U97" t="inlineStr">
+        <is>
+          <t>18.03.2026 15:00</t>
+        </is>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="inlineStr"/>
+      <c r="B98" t="inlineStr">
+        <is>
+          <t>лимон узбек</t>
+        </is>
+      </c>
+      <c r="C98" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D98" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E98" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F98" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G98" t="n">
+        <v>10</v>
+      </c>
+      <c r="H98" t="n">
+        <v>10</v>
+      </c>
+      <c r="I98" t="n">
+        <v>1</v>
+      </c>
+      <c r="J98" t="n">
+        <v>1</v>
+      </c>
+      <c r="K98" t="n">
+        <v>10</v>
+      </c>
+      <c r="L98" t="n">
+        <v>10</v>
+      </c>
+      <c r="M98" t="n">
+        <v>100</v>
+      </c>
+      <c r="N98" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O98" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P98" t="inlineStr"/>
+      <c r="Q98" t="inlineStr"/>
+      <c r="R98" t="inlineStr"/>
+      <c r="S98" t="inlineStr"/>
+      <c r="T98" t="inlineStr"/>
+      <c r="U98" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:59</t>
+        </is>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="inlineStr"/>
+      <c r="B99" t="inlineStr">
+        <is>
+          <t>лимон</t>
+        </is>
+      </c>
+      <c r="C99" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D99" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E99" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F99" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G99" t="n">
+        <v>18</v>
+      </c>
+      <c r="H99" t="n">
+        <v>18</v>
+      </c>
+      <c r="I99" t="n">
+        <v>1</v>
+      </c>
+      <c r="J99" t="n">
+        <v>1</v>
+      </c>
+      <c r="K99" t="n">
+        <v>18</v>
+      </c>
+      <c r="L99" t="n">
+        <v>18</v>
+      </c>
+      <c r="M99" t="n">
+        <v>100</v>
+      </c>
+      <c r="N99" t="n">
+        <v>1800</v>
+      </c>
+      <c r="O99" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P99" t="inlineStr"/>
+      <c r="Q99" t="inlineStr"/>
+      <c r="R99" t="inlineStr"/>
+      <c r="S99" t="inlineStr"/>
+      <c r="T99" t="inlineStr"/>
+      <c r="U99" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:59</t>
+        </is>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="inlineStr"/>
+      <c r="B100" t="inlineStr">
+        <is>
+          <t>лимон</t>
+        </is>
+      </c>
+      <c r="C100" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D100" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E100" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F100" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G100" t="n">
+        <v>18</v>
+      </c>
+      <c r="H100" t="n">
+        <v>18</v>
+      </c>
+      <c r="I100" t="n">
+        <v>1</v>
+      </c>
+      <c r="J100" t="n">
+        <v>1</v>
+      </c>
+      <c r="K100" t="n">
+        <v>18</v>
+      </c>
+      <c r="L100" t="n">
+        <v>18</v>
+      </c>
+      <c r="M100" t="n">
+        <v>100</v>
+      </c>
+      <c r="N100" t="n">
+        <v>1800</v>
+      </c>
+      <c r="O100" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P100" t="inlineStr"/>
+      <c r="Q100" t="inlineStr"/>
+      <c r="R100" t="inlineStr"/>
+      <c r="S100" t="inlineStr"/>
+      <c r="T100" t="inlineStr"/>
+      <c r="U100" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="inlineStr"/>
+      <c r="B101" t="inlineStr">
+        <is>
+          <t>лайм</t>
+        </is>
+      </c>
+      <c r="C101" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D101" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E101" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F101" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G101" t="n">
+        <v>4</v>
+      </c>
+      <c r="H101" t="n">
+        <v>4</v>
+      </c>
+      <c r="I101" t="n">
+        <v>1</v>
+      </c>
+      <c r="J101" t="n">
+        <v>1</v>
+      </c>
+      <c r="K101" t="n">
+        <v>4</v>
+      </c>
+      <c r="L101" t="n">
+        <v>4</v>
+      </c>
+      <c r="M101" t="n">
+        <v>100</v>
+      </c>
+      <c r="N101" t="n">
+        <v>400</v>
+      </c>
+      <c r="O101" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P101" t="inlineStr"/>
+      <c r="Q101" t="inlineStr"/>
+      <c r="R101" t="inlineStr"/>
+      <c r="S101" t="inlineStr"/>
+      <c r="T101" t="inlineStr"/>
+      <c r="U101" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:57</t>
+        </is>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="inlineStr"/>
+      <c r="B102" t="inlineStr">
+        <is>
+          <t>кумкват</t>
+        </is>
+      </c>
+      <c r="C102" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D102" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E102" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F102" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G102" t="n">
+        <v>5</v>
+      </c>
+      <c r="H102" t="n">
+        <v>5</v>
+      </c>
+      <c r="I102" t="n">
+        <v>1</v>
+      </c>
+      <c r="J102" t="n">
+        <v>1</v>
+      </c>
+      <c r="K102" t="n">
+        <v>5</v>
+      </c>
+      <c r="L102" t="n">
+        <v>5</v>
+      </c>
+      <c r="M102" t="n">
+        <v>100</v>
+      </c>
+      <c r="N102" t="n">
+        <v>500</v>
+      </c>
+      <c r="O102" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P102" t="inlineStr"/>
+      <c r="Q102" t="inlineStr"/>
+      <c r="R102" t="inlineStr"/>
+      <c r="S102" t="inlineStr"/>
+      <c r="T102" t="inlineStr"/>
+      <c r="U102" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:56</t>
+        </is>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="inlineStr"/>
+      <c r="B103" t="inlineStr">
+        <is>
+          <t>кукуруза мини</t>
+        </is>
+      </c>
+      <c r="C103" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D103" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E103" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F103" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G103" t="n">
+        <v>1</v>
+      </c>
+      <c r="H103" t="n">
+        <v>1</v>
+      </c>
+      <c r="I103" t="n">
+        <v>6.67</v>
+      </c>
+      <c r="J103" t="n">
+        <v>6.67</v>
+      </c>
+      <c r="K103" t="n">
+        <v>1</v>
+      </c>
+      <c r="L103" t="n">
+        <v>1</v>
+      </c>
+      <c r="M103" t="n">
+        <v>100</v>
+      </c>
+      <c r="N103" t="n">
+        <v>15</v>
+      </c>
+      <c r="O103" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P103" t="inlineStr"/>
+      <c r="Q103" t="inlineStr"/>
+      <c r="R103" t="inlineStr"/>
+      <c r="S103" t="inlineStr"/>
+      <c r="T103" t="inlineStr"/>
+      <c r="U103" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:55</t>
+        </is>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="inlineStr"/>
+      <c r="B104" t="inlineStr">
+        <is>
+          <t>кукуруза вакуумная 2 шт</t>
+        </is>
+      </c>
+      <c r="C104" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D104" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E104" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F104" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G104" t="n">
+        <v>1</v>
+      </c>
+      <c r="H104" t="n">
+        <v>1</v>
+      </c>
+      <c r="I104" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="J104" t="n">
+        <v>2.5</v>
+      </c>
+      <c r="K104" t="n">
+        <v>1</v>
+      </c>
+      <c r="L104" t="n">
+        <v>1</v>
+      </c>
+      <c r="M104" t="n">
+        <v>100</v>
+      </c>
+      <c r="N104" t="n">
+        <v>40</v>
+      </c>
+      <c r="O104" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P104" t="inlineStr"/>
+      <c r="Q104" t="inlineStr"/>
+      <c r="R104" t="inlineStr"/>
+      <c r="S104" t="inlineStr"/>
+      <c r="T104" t="inlineStr"/>
+      <c r="U104" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:54</t>
+        </is>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="inlineStr"/>
+      <c r="B105" t="inlineStr">
+        <is>
+          <t>галангал корень</t>
+        </is>
+      </c>
+      <c r="C105" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D105" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E105" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F105" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G105" t="n">
+        <v>6</v>
+      </c>
+      <c r="H105" t="n">
+        <v>6</v>
+      </c>
+      <c r="I105" t="n">
+        <v>1</v>
+      </c>
+      <c r="J105" t="n">
+        <v>1</v>
+      </c>
+      <c r="K105" t="n">
+        <v>6</v>
+      </c>
+      <c r="L105" t="n">
+        <v>6</v>
+      </c>
+      <c r="M105" t="n">
+        <v>100</v>
+      </c>
+      <c r="N105" t="n">
+        <v>600</v>
+      </c>
+      <c r="O105" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P105" t="inlineStr"/>
+      <c r="Q105" t="inlineStr"/>
+      <c r="R105" t="inlineStr"/>
+      <c r="S105" t="inlineStr"/>
+      <c r="T105" t="inlineStr"/>
+      <c r="U105" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:53</t>
+        </is>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="inlineStr"/>
+      <c r="B106" t="inlineStr">
+        <is>
+          <t>кокос</t>
+        </is>
+      </c>
+      <c r="C106" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D106" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E106" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F106" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G106" t="n">
+        <v>8</v>
+      </c>
+      <c r="H106" t="n">
+        <v>8</v>
+      </c>
+      <c r="I106" t="n">
+        <v>1</v>
+      </c>
+      <c r="J106" t="n">
+        <v>1</v>
+      </c>
+      <c r="K106" t="n">
+        <v>8</v>
+      </c>
+      <c r="L106" t="n">
+        <v>8</v>
+      </c>
+      <c r="M106" t="n">
+        <v>100</v>
+      </c>
+      <c r="N106" t="n">
+        <v>800</v>
+      </c>
+      <c r="O106" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P106" t="inlineStr"/>
+      <c r="Q106" t="inlineStr"/>
+      <c r="R106" t="inlineStr"/>
+      <c r="S106" t="inlineStr"/>
+      <c r="T106" t="inlineStr"/>
+      <c r="U106" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:52</t>
+        </is>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="inlineStr"/>
+      <c r="B107" t="inlineStr">
+        <is>
+          <t>кокос</t>
+        </is>
+      </c>
+      <c r="C107" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D107" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E107" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F107" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G107" t="n">
+        <v>8</v>
+      </c>
+      <c r="H107" t="n">
+        <v>8</v>
+      </c>
+      <c r="I107" t="n">
+        <v>1</v>
+      </c>
+      <c r="J107" t="n">
+        <v>1</v>
+      </c>
+      <c r="K107" t="n">
+        <v>8</v>
+      </c>
+      <c r="L107" t="n">
+        <v>8</v>
+      </c>
+      <c r="M107" t="n">
+        <v>100</v>
+      </c>
+      <c r="N107" t="n">
+        <v>800</v>
+      </c>
+      <c r="O107" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P107" t="inlineStr"/>
+      <c r="Q107" t="inlineStr"/>
+      <c r="R107" t="inlineStr"/>
+      <c r="S107" t="inlineStr"/>
+      <c r="T107" t="inlineStr"/>
+      <c r="U107" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:51</t>
+        </is>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="inlineStr"/>
+      <c r="B108" t="inlineStr">
+        <is>
+          <t>клубника импорт</t>
+        </is>
+      </c>
+      <c r="C108" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D108" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E108" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F108" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G108" t="n">
+        <v>4</v>
+      </c>
+      <c r="H108" t="n">
+        <v>4</v>
+      </c>
+      <c r="I108" t="n">
+        <v>1</v>
+      </c>
+      <c r="J108" t="n">
+        <v>1</v>
+      </c>
+      <c r="K108" t="n">
+        <v>4</v>
+      </c>
+      <c r="L108" t="n">
+        <v>4</v>
+      </c>
+      <c r="M108" t="n">
+        <v>100</v>
+      </c>
+      <c r="N108" t="n">
+        <v>400</v>
+      </c>
+      <c r="O108" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P108" t="inlineStr"/>
+      <c r="Q108" t="inlineStr"/>
+      <c r="R108" t="inlineStr"/>
+      <c r="S108" t="inlineStr"/>
+      <c r="T108" t="inlineStr"/>
+      <c r="U108" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:50</t>
+        </is>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="inlineStr"/>
+      <c r="B109" t="inlineStr">
+        <is>
+          <t>киви</t>
+        </is>
+      </c>
+      <c r="C109" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D109" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E109" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F109" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G109" t="n">
+        <v>10</v>
+      </c>
+      <c r="H109" t="n">
+        <v>10</v>
+      </c>
+      <c r="I109" t="n">
+        <v>1</v>
+      </c>
+      <c r="J109" t="n">
+        <v>1</v>
+      </c>
+      <c r="K109" t="n">
+        <v>10</v>
+      </c>
+      <c r="L109" t="n">
+        <v>10</v>
+      </c>
+      <c r="M109" t="n">
+        <v>100</v>
+      </c>
+      <c r="N109" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O109" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P109" t="inlineStr"/>
+      <c r="Q109" t="inlineStr"/>
+      <c r="R109" t="inlineStr"/>
+      <c r="S109" t="inlineStr"/>
+      <c r="T109" t="inlineStr"/>
+      <c r="U109" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:49</t>
+        </is>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="inlineStr"/>
+      <c r="B110" t="inlineStr">
+        <is>
+          <t>киви</t>
+        </is>
+      </c>
+      <c r="C110" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D110" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E110" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F110" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G110" t="n">
+        <v>8</v>
+      </c>
+      <c r="H110" t="n">
+        <v>8</v>
+      </c>
+      <c r="I110" t="n">
+        <v>1</v>
+      </c>
+      <c r="J110" t="n">
+        <v>1</v>
+      </c>
+      <c r="K110" t="n">
+        <v>8</v>
+      </c>
+      <c r="L110" t="n">
+        <v>8</v>
+      </c>
+      <c r="M110" t="n">
+        <v>100</v>
+      </c>
+      <c r="N110" t="n">
+        <v>800</v>
+      </c>
+      <c r="O110" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P110" t="inlineStr"/>
+      <c r="Q110" t="inlineStr"/>
+      <c r="R110" t="inlineStr"/>
+      <c r="S110" t="inlineStr"/>
+      <c r="T110" t="inlineStr"/>
+      <c r="U110" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:48</t>
+        </is>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="inlineStr"/>
+      <c r="B111" t="inlineStr">
+        <is>
+          <t>киви голд</t>
+        </is>
+      </c>
+      <c r="C111" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D111" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E111" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F111" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G111" t="n">
+        <v>4</v>
+      </c>
+      <c r="H111" t="n">
+        <v>4</v>
+      </c>
+      <c r="I111" t="n">
+        <v>1</v>
+      </c>
+      <c r="J111" t="n">
+        <v>1</v>
+      </c>
+      <c r="K111" t="n">
+        <v>4</v>
+      </c>
+      <c r="L111" t="n">
+        <v>4</v>
+      </c>
+      <c r="M111" t="n">
+        <v>100</v>
+      </c>
+      <c r="N111" t="n">
+        <v>400</v>
+      </c>
+      <c r="O111" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P111" t="inlineStr"/>
+      <c r="Q111" t="inlineStr"/>
+      <c r="R111" t="inlineStr"/>
+      <c r="S111" t="inlineStr"/>
+      <c r="T111" t="inlineStr">
+        <is>
+          <t>1-рядный</t>
+        </is>
+      </c>
+      <c r="U111" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:47</t>
+        </is>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="inlineStr"/>
+      <c r="B112" t="inlineStr">
+        <is>
+          <t>киви</t>
+        </is>
+      </c>
+      <c r="C112" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D112" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E112" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F112" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G112" t="n">
+        <v>4</v>
+      </c>
+      <c r="H112" t="n">
+        <v>4</v>
+      </c>
+      <c r="I112" t="n">
+        <v>1</v>
+      </c>
+      <c r="J112" t="n">
+        <v>1</v>
+      </c>
+      <c r="K112" t="n">
+        <v>4</v>
+      </c>
+      <c r="L112" t="n">
+        <v>4</v>
+      </c>
+      <c r="M112" t="n">
+        <v>100</v>
+      </c>
+      <c r="N112" t="n">
+        <v>400</v>
+      </c>
+      <c r="O112" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P112" t="inlineStr"/>
+      <c r="Q112" t="inlineStr"/>
+      <c r="R112" t="inlineStr"/>
+      <c r="S112" t="inlineStr"/>
+      <c r="T112" t="inlineStr">
+        <is>
+          <t>1-рядный</t>
+        </is>
+      </c>
+      <c r="U112" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:46</t>
+        </is>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="inlineStr"/>
+      <c r="B113" t="inlineStr">
+        <is>
+          <t>картофель белый мытый</t>
+        </is>
+      </c>
+      <c r="C113" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D113" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E113" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F113" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G113" t="n">
+        <v>5</v>
+      </c>
+      <c r="H113" t="n">
+        <v>5</v>
+      </c>
+      <c r="I113" t="n">
+        <v>1</v>
+      </c>
+      <c r="J113" t="n">
+        <v>1</v>
+      </c>
+      <c r="K113" t="n">
+        <v>5</v>
+      </c>
+      <c r="L113" t="n">
+        <v>5</v>
+      </c>
+      <c r="M113" t="n">
+        <v>100</v>
+      </c>
+      <c r="N113" t="n">
+        <v>500</v>
+      </c>
+      <c r="O113" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P113" t="inlineStr"/>
+      <c r="Q113" t="inlineStr"/>
+      <c r="R113" t="inlineStr"/>
+      <c r="S113" t="inlineStr"/>
+      <c r="T113" t="inlineStr"/>
+      <c r="U113" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:45</t>
+        </is>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="inlineStr"/>
+      <c r="B114" t="inlineStr">
+        <is>
+          <t>картофель бэби (стоун)</t>
+        </is>
+      </c>
+      <c r="C114" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D114" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E114" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F114" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G114" t="n">
+        <v>20</v>
+      </c>
+      <c r="H114" t="n">
+        <v>20</v>
+      </c>
+      <c r="I114" t="n">
+        <v>1</v>
+      </c>
+      <c r="J114" t="n">
+        <v>1</v>
+      </c>
+      <c r="K114" t="n">
+        <v>20</v>
+      </c>
+      <c r="L114" t="n">
+        <v>20</v>
+      </c>
+      <c r="M114" t="n">
+        <v>100</v>
+      </c>
+      <c r="N114" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O114" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P114" t="inlineStr"/>
+      <c r="Q114" t="inlineStr"/>
+      <c r="R114" t="inlineStr"/>
+      <c r="S114" t="inlineStr"/>
+      <c r="T114" t="inlineStr"/>
+      <c r="U114" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:44</t>
+        </is>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="inlineStr"/>
+      <c r="B115" t="inlineStr">
+        <is>
+          <t>батат</t>
+        </is>
+      </c>
+      <c r="C115" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D115" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E115" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F115" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G115" t="n">
+        <v>10</v>
+      </c>
+      <c r="H115" t="n">
+        <v>10</v>
+      </c>
+      <c r="I115" t="n">
+        <v>1</v>
+      </c>
+      <c r="J115" t="n">
+        <v>1</v>
+      </c>
+      <c r="K115" t="n">
+        <v>10</v>
+      </c>
+      <c r="L115" t="n">
+        <v>10</v>
+      </c>
+      <c r="M115" t="n">
+        <v>100</v>
+      </c>
+      <c r="N115" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O115" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P115" t="inlineStr"/>
+      <c r="Q115" t="inlineStr"/>
+      <c r="R115" t="inlineStr"/>
+      <c r="S115" t="inlineStr"/>
+      <c r="T115" t="inlineStr"/>
+      <c r="U115" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:43</t>
+        </is>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="inlineStr"/>
+      <c r="B116" t="inlineStr">
+        <is>
+          <t>картофель красный отечественный</t>
+        </is>
+      </c>
+      <c r="C116" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D116" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E116" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F116" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G116" t="n">
+        <v>25</v>
+      </c>
+      <c r="H116" t="n">
+        <v>25</v>
+      </c>
+      <c r="I116" t="n">
+        <v>1</v>
+      </c>
+      <c r="J116" t="n">
+        <v>1</v>
+      </c>
+      <c r="K116" t="n">
+        <v>25</v>
+      </c>
+      <c r="L116" t="n">
+        <v>25</v>
+      </c>
+      <c r="M116" t="n">
+        <v>100</v>
+      </c>
+      <c r="N116" t="n">
+        <v>2500</v>
+      </c>
+      <c r="O116" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P116" t="inlineStr"/>
+      <c r="Q116" t="inlineStr"/>
+      <c r="R116" t="inlineStr"/>
+      <c r="S116" t="inlineStr"/>
+      <c r="T116" t="inlineStr"/>
+      <c r="U116" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:42</t>
+        </is>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="inlineStr"/>
+      <c r="B117" t="inlineStr">
+        <is>
+          <t>картофель белый отечественный</t>
+        </is>
+      </c>
+      <c r="C117" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D117" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E117" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F117" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G117" t="n">
+        <v>25</v>
+      </c>
+      <c r="H117" t="n">
+        <v>25</v>
+      </c>
+      <c r="I117" t="n">
+        <v>1</v>
+      </c>
+      <c r="J117" t="n">
+        <v>1</v>
+      </c>
+      <c r="K117" t="n">
+        <v>25</v>
+      </c>
+      <c r="L117" t="n">
+        <v>25</v>
+      </c>
+      <c r="M117" t="n">
+        <v>100</v>
+      </c>
+      <c r="N117" t="n">
+        <v>2500</v>
+      </c>
+      <c r="O117" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P117" t="inlineStr"/>
+      <c r="Q117" t="inlineStr"/>
+      <c r="R117" t="inlineStr"/>
+      <c r="S117" t="inlineStr"/>
+      <c r="T117" t="inlineStr"/>
+      <c r="U117" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:40</t>
+        </is>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="inlineStr"/>
+      <c r="B118" t="inlineStr">
+        <is>
+          <t>картофель белый импорт</t>
+        </is>
+      </c>
+      <c r="C118" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D118" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E118" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F118" t="inlineStr">
+        <is>
+          <t>Мешок</t>
+        </is>
+      </c>
+      <c r="G118" t="n">
+        <v>10</v>
+      </c>
+      <c r="H118" t="n">
+        <v>10</v>
+      </c>
+      <c r="I118" t="n">
+        <v>1</v>
+      </c>
+      <c r="J118" t="n">
+        <v>1</v>
+      </c>
+      <c r="K118" t="n">
+        <v>10</v>
+      </c>
+      <c r="L118" t="n">
+        <v>10</v>
+      </c>
+      <c r="M118" t="n">
+        <v>100</v>
+      </c>
+      <c r="N118" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O118" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P118" t="inlineStr"/>
+      <c r="Q118" t="inlineStr"/>
+      <c r="R118" t="inlineStr"/>
+      <c r="S118" t="inlineStr"/>
+      <c r="T118" t="inlineStr"/>
+      <c r="U118" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:39</t>
+        </is>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="inlineStr"/>
+      <c r="B119" t="inlineStr">
+        <is>
+          <t>капуста цветная</t>
+        </is>
+      </c>
+      <c r="C119" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D119" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E119" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F119" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G119" t="n">
+        <v>15</v>
+      </c>
+      <c r="H119" t="n">
+        <v>15</v>
+      </c>
+      <c r="I119" t="n">
+        <v>1</v>
+      </c>
+      <c r="J119" t="n">
+        <v>1</v>
+      </c>
+      <c r="K119" t="n">
+        <v>15</v>
+      </c>
+      <c r="L119" t="n">
+        <v>15</v>
+      </c>
+      <c r="M119" t="n">
+        <v>100</v>
+      </c>
+      <c r="N119" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O119" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P119" t="inlineStr"/>
+      <c r="Q119" t="inlineStr"/>
+      <c r="R119" t="inlineStr"/>
+      <c r="S119" t="inlineStr"/>
+      <c r="T119" t="inlineStr"/>
+      <c r="U119" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:38</t>
+        </is>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="inlineStr"/>
+      <c r="B120" t="inlineStr">
+        <is>
+          <t>капуста брюссельская</t>
+        </is>
+      </c>
+      <c r="C120" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D120" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E120" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F120" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G120" t="n">
+        <v>8</v>
+      </c>
+      <c r="H120" t="n">
+        <v>8</v>
+      </c>
+      <c r="I120" t="n">
+        <v>1</v>
+      </c>
+      <c r="J120" t="n">
+        <v>1</v>
+      </c>
+      <c r="K120" t="n">
+        <v>8</v>
+      </c>
+      <c r="L120" t="n">
+        <v>8</v>
+      </c>
+      <c r="M120" t="n">
+        <v>100</v>
+      </c>
+      <c r="N120" t="n">
+        <v>800</v>
+      </c>
+      <c r="O120" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P120" t="inlineStr"/>
+      <c r="Q120" t="inlineStr"/>
+      <c r="R120" t="inlineStr"/>
+      <c r="S120" t="inlineStr"/>
+      <c r="T120" t="inlineStr"/>
+      <c r="U120" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:37</t>
+        </is>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="inlineStr"/>
+      <c r="B121" t="inlineStr">
+        <is>
+          <t>цукини</t>
+        </is>
+      </c>
+      <c r="C121" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D121" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E121" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F121" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G121" t="n">
+        <v>8</v>
+      </c>
+      <c r="H121" t="n">
+        <v>8</v>
+      </c>
+      <c r="I121" t="n">
+        <v>1</v>
+      </c>
+      <c r="J121" t="n">
+        <v>1</v>
+      </c>
+      <c r="K121" t="n">
+        <v>8</v>
+      </c>
+      <c r="L121" t="n">
+        <v>8</v>
+      </c>
+      <c r="M121" t="n">
+        <v>100</v>
+      </c>
+      <c r="N121" t="n">
+        <v>800</v>
+      </c>
+      <c r="O121" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P121" t="inlineStr"/>
+      <c r="Q121" t="inlineStr"/>
+      <c r="R121" t="inlineStr"/>
+      <c r="S121" t="inlineStr"/>
+      <c r="T121" t="inlineStr"/>
+      <c r="U121" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:36</t>
+        </is>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="inlineStr"/>
+      <c r="B122" t="inlineStr">
+        <is>
+          <t>кабачки импорт</t>
+        </is>
+      </c>
+      <c r="C122" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D122" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E122" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F122" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G122" t="n">
+        <v>10</v>
+      </c>
+      <c r="H122" t="n">
+        <v>10</v>
+      </c>
+      <c r="I122" t="n">
+        <v>1</v>
+      </c>
+      <c r="J122" t="n">
+        <v>1</v>
+      </c>
+      <c r="K122" t="n">
+        <v>10</v>
+      </c>
+      <c r="L122" t="n">
+        <v>10</v>
+      </c>
+      <c r="M122" t="n">
+        <v>100</v>
+      </c>
+      <c r="N122" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O122" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P122" t="inlineStr"/>
+      <c r="Q122" t="inlineStr"/>
+      <c r="R122" t="inlineStr"/>
+      <c r="S122" t="inlineStr"/>
+      <c r="T122" t="inlineStr"/>
+      <c r="U122" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:36</t>
+        </is>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="inlineStr"/>
+      <c r="B123" t="inlineStr">
+        <is>
+          <t>кабачки импорт</t>
+        </is>
+      </c>
+      <c r="C123" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D123" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E123" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F123" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G123" t="n">
+        <v>8</v>
+      </c>
+      <c r="H123" t="n">
+        <v>8</v>
+      </c>
+      <c r="I123" t="n">
+        <v>1</v>
+      </c>
+      <c r="J123" t="n">
+        <v>1</v>
+      </c>
+      <c r="K123" t="n">
+        <v>8</v>
+      </c>
+      <c r="L123" t="n">
+        <v>8</v>
+      </c>
+      <c r="M123" t="n">
+        <v>100</v>
+      </c>
+      <c r="N123" t="n">
+        <v>800</v>
+      </c>
+      <c r="O123" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P123" t="inlineStr"/>
+      <c r="Q123" t="inlineStr"/>
+      <c r="R123" t="inlineStr"/>
+      <c r="S123" t="inlineStr"/>
+      <c r="T123" t="inlineStr"/>
+      <c r="U123" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:35</t>
+        </is>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="inlineStr"/>
+      <c r="B124" t="inlineStr">
+        <is>
+          <t>инжир свежий</t>
+        </is>
+      </c>
+      <c r="C124" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D124" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E124" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F124" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G124" t="n">
+        <v>2</v>
+      </c>
+      <c r="H124" t="n">
+        <v>2</v>
+      </c>
+      <c r="I124" t="n">
+        <v>1</v>
+      </c>
+      <c r="J124" t="n">
+        <v>1</v>
+      </c>
+      <c r="K124" t="n">
+        <v>2</v>
+      </c>
+      <c r="L124" t="n">
+        <v>2</v>
+      </c>
+      <c r="M124" t="n">
+        <v>100</v>
+      </c>
+      <c r="N124" t="n">
+        <v>200</v>
+      </c>
+      <c r="O124" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P124" t="inlineStr"/>
+      <c r="Q124" t="inlineStr"/>
+      <c r="R124" t="inlineStr"/>
+      <c r="S124" t="inlineStr"/>
+      <c r="T124" t="inlineStr"/>
+      <c r="U124" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:34</t>
+        </is>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="inlineStr"/>
+      <c r="B125" t="inlineStr">
+        <is>
+          <t>имбирь корень</t>
+        </is>
+      </c>
+      <c r="C125" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D125" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E125" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F125" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G125" t="n">
+        <v>13</v>
+      </c>
+      <c r="H125" t="n">
+        <v>13</v>
+      </c>
+      <c r="I125" t="n">
+        <v>1</v>
+      </c>
+      <c r="J125" t="n">
+        <v>1</v>
+      </c>
+      <c r="K125" t="n">
+        <v>13</v>
+      </c>
+      <c r="L125" t="n">
+        <v>13</v>
+      </c>
+      <c r="M125" t="n">
+        <v>100</v>
+      </c>
+      <c r="N125" t="n">
+        <v>1300</v>
+      </c>
+      <c r="O125" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P125" t="inlineStr"/>
+      <c r="Q125" t="inlineStr"/>
+      <c r="R125" t="inlineStr"/>
+      <c r="S125" t="inlineStr"/>
+      <c r="T125" t="inlineStr"/>
+      <c r="U125" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:33</t>
+        </is>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="inlineStr"/>
+      <c r="B126" t="inlineStr">
+        <is>
+          <t>ежевика коррекс 250гр</t>
+        </is>
+      </c>
+      <c r="C126" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D126" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E126" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F126" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G126" t="n">
+        <v>1</v>
+      </c>
+      <c r="H126" t="n">
+        <v>1</v>
+      </c>
+      <c r="I126" t="n">
+        <v>6.67</v>
+      </c>
+      <c r="J126" t="n">
+        <v>6.67</v>
+      </c>
+      <c r="K126" t="n">
+        <v>1</v>
+      </c>
+      <c r="L126" t="n">
+        <v>1</v>
+      </c>
+      <c r="M126" t="n">
+        <v>100</v>
+      </c>
+      <c r="N126" t="n">
+        <v>15</v>
+      </c>
+      <c r="O126" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P126" t="inlineStr"/>
+      <c r="Q126" t="inlineStr"/>
+      <c r="R126" t="inlineStr"/>
+      <c r="S126" t="inlineStr"/>
+      <c r="T126" t="inlineStr"/>
+      <c r="U126" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:32</t>
+        </is>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="inlineStr"/>
+      <c r="B127" t="inlineStr">
+        <is>
+          <t>дыня желтая</t>
+        </is>
+      </c>
+      <c r="C127" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D127" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E127" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F127" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G127" t="n">
+        <v>10</v>
+      </c>
+      <c r="H127" t="n">
+        <v>10</v>
+      </c>
+      <c r="I127" t="n">
+        <v>1</v>
+      </c>
+      <c r="J127" t="n">
+        <v>1</v>
+      </c>
+      <c r="K127" t="n">
+        <v>10</v>
+      </c>
+      <c r="L127" t="n">
+        <v>10</v>
+      </c>
+      <c r="M127" t="n">
+        <v>100</v>
+      </c>
+      <c r="N127" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O127" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P127" t="inlineStr"/>
+      <c r="Q127" t="inlineStr"/>
+      <c r="R127" t="inlineStr"/>
+      <c r="S127" t="inlineStr"/>
+      <c r="T127" t="inlineStr"/>
+      <c r="U127" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:31</t>
+        </is>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="inlineStr"/>
+      <c r="B128" t="inlineStr">
+        <is>
+          <t>дайкон</t>
+        </is>
+      </c>
+      <c r="C128" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D128" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E128" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F128" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G128" t="n">
+        <v>10</v>
+      </c>
+      <c r="H128" t="n">
+        <v>10</v>
+      </c>
+      <c r="I128" t="n">
+        <v>1</v>
+      </c>
+      <c r="J128" t="n">
+        <v>1</v>
+      </c>
+      <c r="K128" t="n">
+        <v>10</v>
+      </c>
+      <c r="L128" t="n">
+        <v>10</v>
+      </c>
+      <c r="M128" t="n">
+        <v>100</v>
+      </c>
+      <c r="N128" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O128" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P128" t="inlineStr"/>
+      <c r="Q128" t="inlineStr"/>
+      <c r="R128" t="inlineStr"/>
+      <c r="S128" t="inlineStr"/>
+      <c r="T128" t="inlineStr"/>
+      <c r="U128" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:30</t>
+        </is>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="inlineStr"/>
+      <c r="B129" t="inlineStr">
+        <is>
+          <t>груша отечественная</t>
+        </is>
+      </c>
+      <c r="C129" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D129" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E129" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F129" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G129" t="n">
+        <v>10</v>
+      </c>
+      <c r="H129" t="n">
+        <v>10</v>
+      </c>
+      <c r="I129" t="n">
+        <v>1</v>
+      </c>
+      <c r="J129" t="n">
+        <v>1</v>
+      </c>
+      <c r="K129" t="n">
+        <v>10</v>
+      </c>
+      <c r="L129" t="n">
+        <v>10</v>
+      </c>
+      <c r="M129" t="n">
+        <v>100</v>
+      </c>
+      <c r="N129" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O129" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P129" t="inlineStr"/>
+      <c r="Q129" t="inlineStr"/>
+      <c r="R129" t="inlineStr"/>
+      <c r="S129" t="inlineStr"/>
+      <c r="T129" t="inlineStr"/>
+      <c r="U129" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:29</t>
+        </is>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="inlineStr"/>
+      <c r="B130" t="inlineStr">
+        <is>
+          <t>груша форель</t>
+        </is>
+      </c>
+      <c r="C130" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D130" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E130" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F130" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G130" t="n">
+        <v>10</v>
+      </c>
+      <c r="H130" t="n">
+        <v>10</v>
+      </c>
+      <c r="I130" t="n">
+        <v>1</v>
+      </c>
+      <c r="J130" t="n">
+        <v>1</v>
+      </c>
+      <c r="K130" t="n">
+        <v>10</v>
+      </c>
+      <c r="L130" t="n">
+        <v>10</v>
+      </c>
+      <c r="M130" t="n">
+        <v>100</v>
+      </c>
+      <c r="N130" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O130" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P130" t="inlineStr"/>
+      <c r="Q130" t="inlineStr"/>
+      <c r="R130" t="inlineStr"/>
+      <c r="S130" t="inlineStr"/>
+      <c r="T130" t="inlineStr"/>
+      <c r="U130" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:28</t>
+        </is>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="inlineStr"/>
+      <c r="B131" t="inlineStr">
+        <is>
+          <t>груша форель</t>
+        </is>
+      </c>
+      <c r="C131" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D131" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E131" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F131" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G131" t="n">
+        <v>8</v>
+      </c>
+      <c r="H131" t="n">
+        <v>8</v>
+      </c>
+      <c r="I131" t="n">
+        <v>1</v>
+      </c>
+      <c r="J131" t="n">
+        <v>1</v>
+      </c>
+      <c r="K131" t="n">
+        <v>8</v>
+      </c>
+      <c r="L131" t="n">
+        <v>8</v>
+      </c>
+      <c r="M131" t="n">
+        <v>100</v>
+      </c>
+      <c r="N131" t="n">
+        <v>800</v>
+      </c>
+      <c r="O131" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P131" t="inlineStr"/>
+      <c r="Q131" t="inlineStr"/>
+      <c r="R131" t="inlineStr"/>
+      <c r="S131" t="inlineStr"/>
+      <c r="T131" t="inlineStr"/>
+      <c r="U131" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:27</t>
+        </is>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="inlineStr"/>
+      <c r="B132" t="inlineStr">
+        <is>
+          <t>груша санта мария</t>
+        </is>
+      </c>
+      <c r="C132" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D132" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E132" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F132" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G132" t="n">
+        <v>8</v>
+      </c>
+      <c r="H132" t="n">
+        <v>8</v>
+      </c>
+      <c r="I132" t="n">
+        <v>1</v>
+      </c>
+      <c r="J132" t="n">
+        <v>1</v>
+      </c>
+      <c r="K132" t="n">
+        <v>8</v>
+      </c>
+      <c r="L132" t="n">
+        <v>8</v>
+      </c>
+      <c r="M132" t="n">
+        <v>100</v>
+      </c>
+      <c r="N132" t="n">
+        <v>800</v>
+      </c>
+      <c r="O132" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P132" t="inlineStr"/>
+      <c r="Q132" t="inlineStr"/>
+      <c r="R132" t="inlineStr"/>
+      <c r="S132" t="inlineStr"/>
+      <c r="T132" t="inlineStr"/>
+      <c r="U132" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:26</t>
+        </is>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="inlineStr"/>
+      <c r="B133" t="inlineStr">
+        <is>
+          <t>груша пакхам</t>
+        </is>
+      </c>
+      <c r="C133" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D133" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E133" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F133" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G133" t="n">
+        <v>8</v>
+      </c>
+      <c r="H133" t="n">
+        <v>8</v>
+      </c>
+      <c r="I133" t="n">
+        <v>1</v>
+      </c>
+      <c r="J133" t="n">
+        <v>1</v>
+      </c>
+      <c r="K133" t="n">
+        <v>8</v>
+      </c>
+      <c r="L133" t="n">
+        <v>8</v>
+      </c>
+      <c r="M133" t="n">
+        <v>100</v>
+      </c>
+      <c r="N133" t="n">
+        <v>800</v>
+      </c>
+      <c r="O133" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P133" t="inlineStr"/>
+      <c r="Q133" t="inlineStr"/>
+      <c r="R133" t="inlineStr"/>
+      <c r="S133" t="inlineStr"/>
+      <c r="T133" t="inlineStr"/>
+      <c r="U133" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:24</t>
+        </is>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="inlineStr"/>
+      <c r="B134" t="inlineStr">
+        <is>
+          <t>груша конференц</t>
+        </is>
+      </c>
+      <c r="C134" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D134" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E134" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F134" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G134" t="n">
+        <v>8</v>
+      </c>
+      <c r="H134" t="n">
+        <v>8</v>
+      </c>
+      <c r="I134" t="n">
+        <v>1</v>
+      </c>
+      <c r="J134" t="n">
+        <v>1</v>
+      </c>
+      <c r="K134" t="n">
+        <v>8</v>
+      </c>
+      <c r="L134" t="n">
+        <v>8</v>
+      </c>
+      <c r="M134" t="n">
+        <v>100</v>
+      </c>
+      <c r="N134" t="n">
+        <v>800</v>
+      </c>
+      <c r="O134" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P134" t="inlineStr"/>
+      <c r="Q134" t="inlineStr"/>
+      <c r="R134" t="inlineStr"/>
+      <c r="S134" t="inlineStr"/>
+      <c r="T134" t="inlineStr"/>
+      <c r="U134" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:23</t>
+        </is>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="inlineStr"/>
+      <c r="B135" t="inlineStr">
+        <is>
+          <t>груша аббат</t>
+        </is>
+      </c>
+      <c r="C135" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D135" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E135" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F135" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G135" t="n">
+        <v>10</v>
+      </c>
+      <c r="H135" t="n">
+        <v>10</v>
+      </c>
+      <c r="I135" t="n">
+        <v>1</v>
+      </c>
+      <c r="J135" t="n">
+        <v>1</v>
+      </c>
+      <c r="K135" t="n">
+        <v>10</v>
+      </c>
+      <c r="L135" t="n">
+        <v>10</v>
+      </c>
+      <c r="M135" t="n">
+        <v>100</v>
+      </c>
+      <c r="N135" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O135" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P135" t="inlineStr"/>
+      <c r="Q135" t="inlineStr"/>
+      <c r="R135" t="inlineStr"/>
+      <c r="S135" t="inlineStr"/>
+      <c r="T135" t="inlineStr"/>
+      <c r="U135" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:20</t>
+        </is>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="inlineStr"/>
+      <c r="B136" t="inlineStr">
+        <is>
+          <t>шампиньоны средние</t>
+        </is>
+      </c>
+      <c r="C136" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D136" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E136" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F136" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G136" t="n">
+        <v>4</v>
+      </c>
+      <c r="H136" t="n">
+        <v>4</v>
+      </c>
+      <c r="I136" t="n">
+        <v>1</v>
+      </c>
+      <c r="J136" t="n">
+        <v>1</v>
+      </c>
+      <c r="K136" t="n">
+        <v>4</v>
+      </c>
+      <c r="L136" t="n">
+        <v>4</v>
+      </c>
+      <c r="M136" t="n">
+        <v>100</v>
+      </c>
+      <c r="N136" t="n">
+        <v>400</v>
+      </c>
+      <c r="O136" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P136" t="inlineStr"/>
+      <c r="Q136" t="inlineStr"/>
+      <c r="R136" t="inlineStr"/>
+      <c r="S136" t="inlineStr"/>
+      <c r="T136" t="inlineStr"/>
+      <c r="U136" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:19</t>
+        </is>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="inlineStr"/>
+      <c r="B137" t="inlineStr">
+        <is>
+          <t>грейпфрут</t>
+        </is>
+      </c>
+      <c r="C137" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D137" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E137" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F137" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G137" t="n">
+        <v>10</v>
+      </c>
+      <c r="H137" t="n">
+        <v>10</v>
+      </c>
+      <c r="I137" t="n">
+        <v>1</v>
+      </c>
+      <c r="J137" t="n">
+        <v>1</v>
+      </c>
+      <c r="K137" t="n">
+        <v>10</v>
+      </c>
+      <c r="L137" t="n">
+        <v>10</v>
+      </c>
+      <c r="M137" t="n">
+        <v>100</v>
+      </c>
+      <c r="N137" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O137" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P137" t="inlineStr"/>
+      <c r="Q137" t="inlineStr"/>
+      <c r="R137" t="inlineStr"/>
+      <c r="S137" t="inlineStr"/>
+      <c r="T137" t="inlineStr"/>
+      <c r="U137" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:18</t>
+        </is>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="inlineStr"/>
+      <c r="B138" t="inlineStr">
+        <is>
+          <t>гранат</t>
+        </is>
+      </c>
+      <c r="C138" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D138" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E138" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F138" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G138" t="n">
+        <v>8</v>
+      </c>
+      <c r="H138" t="n">
+        <v>8</v>
+      </c>
+      <c r="I138" t="n">
+        <v>1</v>
+      </c>
+      <c r="J138" t="n">
+        <v>1</v>
+      </c>
+      <c r="K138" t="n">
+        <v>8</v>
+      </c>
+      <c r="L138" t="n">
+        <v>8</v>
+      </c>
+      <c r="M138" t="n">
+        <v>100</v>
+      </c>
+      <c r="N138" t="n">
+        <v>800</v>
+      </c>
+      <c r="O138" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P138" t="inlineStr"/>
+      <c r="Q138" t="inlineStr"/>
+      <c r="R138" t="inlineStr"/>
+      <c r="S138" t="inlineStr"/>
+      <c r="T138" t="inlineStr"/>
+      <c r="U138" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:17</t>
+        </is>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="inlineStr"/>
+      <c r="B139" t="inlineStr">
+        <is>
+          <t>гранат</t>
+        </is>
+      </c>
+      <c r="C139" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D139" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E139" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F139" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G139" t="n">
+        <v>10</v>
+      </c>
+      <c r="H139" t="n">
+        <v>10</v>
+      </c>
+      <c r="I139" t="n">
+        <v>1</v>
+      </c>
+      <c r="J139" t="n">
+        <v>1</v>
+      </c>
+      <c r="K139" t="n">
+        <v>10</v>
+      </c>
+      <c r="L139" t="n">
+        <v>10</v>
+      </c>
+      <c r="M139" t="n">
+        <v>100</v>
+      </c>
+      <c r="N139" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O139" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P139" t="inlineStr"/>
+      <c r="Q139" t="inlineStr"/>
+      <c r="R139" t="inlineStr"/>
+      <c r="S139" t="inlineStr"/>
+      <c r="T139" t="inlineStr"/>
+      <c r="U139" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:16</t>
+        </is>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="inlineStr"/>
+      <c r="B140" t="inlineStr">
+        <is>
+          <t>гранат</t>
+        </is>
+      </c>
+      <c r="C140" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D140" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E140" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F140" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G140" t="n">
+        <v>10</v>
+      </c>
+      <c r="H140" t="n">
+        <v>10</v>
+      </c>
+      <c r="I140" t="n">
+        <v>1</v>
+      </c>
+      <c r="J140" t="n">
+        <v>1</v>
+      </c>
+      <c r="K140" t="n">
+        <v>10</v>
+      </c>
+      <c r="L140" t="n">
+        <v>10</v>
+      </c>
+      <c r="M140" t="n">
+        <v>100</v>
+      </c>
+      <c r="N140" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O140" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P140" t="inlineStr"/>
+      <c r="Q140" t="inlineStr"/>
+      <c r="R140" t="inlineStr"/>
+      <c r="S140" t="inlineStr"/>
+      <c r="T140" t="inlineStr"/>
+      <c r="U140" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:15</t>
+        </is>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="inlineStr"/>
+      <c r="B141" t="inlineStr">
+        <is>
+          <t>гранат</t>
+        </is>
+      </c>
+      <c r="C141" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D141" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E141" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F141" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G141" t="n">
+        <v>10</v>
+      </c>
+      <c r="H141" t="n">
+        <v>10</v>
+      </c>
+      <c r="I141" t="n">
+        <v>1</v>
+      </c>
+      <c r="J141" t="n">
+        <v>1</v>
+      </c>
+      <c r="K141" t="n">
+        <v>10</v>
+      </c>
+      <c r="L141" t="n">
+        <v>10</v>
+      </c>
+      <c r="M141" t="n">
+        <v>100</v>
+      </c>
+      <c r="N141" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O141" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P141" t="inlineStr"/>
+      <c r="Q141" t="inlineStr"/>
+      <c r="R141" t="inlineStr"/>
+      <c r="S141" t="inlineStr"/>
+      <c r="T141" t="inlineStr"/>
+      <c r="U141" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:14</t>
+        </is>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="inlineStr"/>
+      <c r="B142" t="inlineStr">
+        <is>
+          <t>голубика импорт</t>
+        </is>
+      </c>
+      <c r="C142" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D142" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E142" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F142" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G142" t="n">
+        <v>4</v>
+      </c>
+      <c r="H142" t="n">
+        <v>4</v>
+      </c>
+      <c r="I142" t="n">
+        <v>1</v>
+      </c>
+      <c r="J142" t="n">
+        <v>1</v>
+      </c>
+      <c r="K142" t="n">
+        <v>4</v>
+      </c>
+      <c r="L142" t="n">
+        <v>4</v>
+      </c>
+      <c r="M142" t="n">
+        <v>100</v>
+      </c>
+      <c r="N142" t="n">
+        <v>400</v>
+      </c>
+      <c r="O142" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P142" t="inlineStr"/>
+      <c r="Q142" t="inlineStr"/>
+      <c r="R142" t="inlineStr"/>
+      <c r="S142" t="inlineStr"/>
+      <c r="T142" t="inlineStr"/>
+      <c r="U142" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:13</t>
+        </is>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="inlineStr"/>
+      <c r="B143" t="inlineStr">
+        <is>
+          <t>виноград черный б/к</t>
+        </is>
+      </c>
+      <c r="C143" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D143" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E143" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F143" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G143" t="n">
+        <v>8</v>
+      </c>
+      <c r="H143" t="n">
+        <v>8</v>
+      </c>
+      <c r="I143" t="n">
+        <v>1</v>
+      </c>
+      <c r="J143" t="n">
+        <v>1</v>
+      </c>
+      <c r="K143" t="n">
+        <v>8</v>
+      </c>
+      <c r="L143" t="n">
+        <v>8</v>
+      </c>
+      <c r="M143" t="n">
+        <v>100</v>
+      </c>
+      <c r="N143" t="n">
+        <v>800</v>
+      </c>
+      <c r="O143" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P143" t="inlineStr"/>
+      <c r="Q143" t="inlineStr"/>
+      <c r="R143" t="inlineStr"/>
+      <c r="S143" t="inlineStr"/>
+      <c r="T143" t="inlineStr">
+        <is>
+          <t>сорт Аутум Роял Осенний Королевский</t>
+        </is>
+      </c>
+      <c r="U143" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:12</t>
+        </is>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="inlineStr"/>
+      <c r="B144" t="inlineStr">
+        <is>
+          <t>виноград черный б/к</t>
+        </is>
+      </c>
+      <c r="C144" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D144" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E144" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F144" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G144" t="n">
+        <v>8</v>
+      </c>
+      <c r="H144" t="n">
+        <v>8</v>
+      </c>
+      <c r="I144" t="n">
+        <v>1</v>
+      </c>
+      <c r="J144" t="n">
+        <v>1</v>
+      </c>
+      <c r="K144" t="n">
+        <v>8</v>
+      </c>
+      <c r="L144" t="n">
+        <v>8</v>
+      </c>
+      <c r="M144" t="n">
+        <v>100</v>
+      </c>
+      <c r="N144" t="n">
+        <v>800</v>
+      </c>
+      <c r="O144" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P144" t="inlineStr"/>
+      <c r="Q144" t="inlineStr"/>
+      <c r="R144" t="inlineStr"/>
+      <c r="S144" t="inlineStr"/>
+      <c r="T144" t="inlineStr"/>
+      <c r="U144" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:07</t>
+        </is>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="inlineStr"/>
+      <c r="B145" t="inlineStr">
+        <is>
+          <t>виноград томсон</t>
+        </is>
+      </c>
+      <c r="C145" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D145" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E145" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F145" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G145" t="n">
+        <v>8</v>
+      </c>
+      <c r="H145" t="n">
+        <v>8</v>
+      </c>
+      <c r="I145" t="n">
+        <v>1</v>
+      </c>
+      <c r="J145" t="n">
+        <v>1</v>
+      </c>
+      <c r="K145" t="n">
+        <v>8</v>
+      </c>
+      <c r="L145" t="n">
+        <v>8</v>
+      </c>
+      <c r="M145" t="n">
+        <v>100</v>
+      </c>
+      <c r="N145" t="n">
+        <v>800</v>
+      </c>
+      <c r="O145" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P145" t="inlineStr"/>
+      <c r="Q145" t="inlineStr"/>
+      <c r="R145" t="inlineStr"/>
+      <c r="S145" t="inlineStr"/>
+      <c r="T145" t="inlineStr"/>
+      <c r="U145" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:06</t>
+        </is>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="inlineStr"/>
+      <c r="B146" t="inlineStr">
+        <is>
+          <t>виноград ред глоб</t>
+        </is>
+      </c>
+      <c r="C146" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D146" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E146" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F146" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G146" t="n">
+        <v>8</v>
+      </c>
+      <c r="H146" t="n">
+        <v>8</v>
+      </c>
+      <c r="I146" t="n">
+        <v>1</v>
+      </c>
+      <c r="J146" t="n">
+        <v>1</v>
+      </c>
+      <c r="K146" t="n">
+        <v>8</v>
+      </c>
+      <c r="L146" t="n">
+        <v>8</v>
+      </c>
+      <c r="M146" t="n">
+        <v>100</v>
+      </c>
+      <c r="N146" t="n">
+        <v>800</v>
+      </c>
+      <c r="O146" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P146" t="inlineStr"/>
+      <c r="Q146" t="inlineStr"/>
+      <c r="R146" t="inlineStr"/>
+      <c r="S146" t="inlineStr"/>
+      <c r="T146" t="inlineStr"/>
+      <c r="U146" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:05</t>
+        </is>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="inlineStr"/>
+      <c r="B147" t="inlineStr">
+        <is>
+          <t>виноград кримсон</t>
+        </is>
+      </c>
+      <c r="C147" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D147" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E147" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F147" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G147" t="n">
+        <v>8</v>
+      </c>
+      <c r="H147" t="n">
+        <v>8</v>
+      </c>
+      <c r="I147" t="n">
+        <v>1</v>
+      </c>
+      <c r="J147" t="n">
+        <v>1</v>
+      </c>
+      <c r="K147" t="n">
+        <v>8</v>
+      </c>
+      <c r="L147" t="n">
+        <v>8</v>
+      </c>
+      <c r="M147" t="n">
+        <v>100</v>
+      </c>
+      <c r="N147" t="n">
+        <v>800</v>
+      </c>
+      <c r="O147" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P147" t="inlineStr"/>
+      <c r="Q147" t="inlineStr"/>
+      <c r="R147" t="inlineStr"/>
+      <c r="S147" t="inlineStr"/>
+      <c r="T147" t="inlineStr"/>
+      <c r="U147" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:04</t>
+        </is>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="inlineStr"/>
+      <c r="B148" t="inlineStr">
+        <is>
+          <t>капуста брокколи</t>
+        </is>
+      </c>
+      <c r="C148" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D148" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E148" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F148" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G148" t="n">
+        <v>10</v>
+      </c>
+      <c r="H148" t="n">
+        <v>10</v>
+      </c>
+      <c r="I148" t="n">
+        <v>1</v>
+      </c>
+      <c r="J148" t="n">
+        <v>1</v>
+      </c>
+      <c r="K148" t="n">
+        <v>10</v>
+      </c>
+      <c r="L148" t="n">
+        <v>10</v>
+      </c>
+      <c r="M148" t="n">
+        <v>100</v>
+      </c>
+      <c r="N148" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O148" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P148" t="inlineStr"/>
+      <c r="Q148" t="inlineStr"/>
+      <c r="R148" t="inlineStr"/>
+      <c r="S148" t="inlineStr"/>
+      <c r="T148" t="inlineStr"/>
+      <c r="U148" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:03</t>
+        </is>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B149" t="inlineStr">
+        <is>
+          <t>бананы</t>
+        </is>
+      </c>
+      <c r="C149" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D149" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E149" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F149" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G149" t="n">
+        <v>18</v>
+      </c>
+      <c r="H149" t="n">
+        <v>18</v>
+      </c>
+      <c r="I149" t="n">
+        <v>1</v>
+      </c>
+      <c r="J149" t="n">
+        <v>1</v>
+      </c>
+      <c r="K149" t="n">
+        <v>18</v>
+      </c>
+      <c r="L149" t="n">
+        <v>18</v>
+      </c>
+      <c r="M149" t="n">
+        <v>100</v>
+      </c>
+      <c r="N149" t="n">
+        <v>1800</v>
+      </c>
+      <c r="O149" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P149" t="inlineStr"/>
+      <c r="Q149" t="inlineStr"/>
+      <c r="R149" t="inlineStr"/>
+      <c r="S149" t="inlineStr"/>
+      <c r="T149" t="inlineStr"/>
+      <c r="U149" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:02</t>
+        </is>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="inlineStr"/>
+      <c r="B150" t="inlineStr">
+        <is>
+          <t>баклажаны</t>
+        </is>
+      </c>
+      <c r="C150" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D150" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E150" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F150" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G150" t="n">
+        <v>10</v>
+      </c>
+      <c r="H150" t="n">
+        <v>10</v>
+      </c>
+      <c r="I150" t="n">
+        <v>1</v>
+      </c>
+      <c r="J150" t="n">
+        <v>1</v>
+      </c>
+      <c r="K150" t="n">
+        <v>10</v>
+      </c>
+      <c r="L150" t="n">
+        <v>10</v>
+      </c>
+      <c r="M150" t="n">
+        <v>100</v>
+      </c>
+      <c r="N150" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O150" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P150" t="inlineStr"/>
+      <c r="Q150" t="inlineStr"/>
+      <c r="R150" t="inlineStr"/>
+      <c r="S150" t="inlineStr"/>
+      <c r="T150" t="inlineStr"/>
+      <c r="U150" t="inlineStr">
+        <is>
+          <t>18.03.2026 14:00</t>
+        </is>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="inlineStr"/>
+      <c r="B151" t="inlineStr">
+        <is>
+          <t>баклажаны</t>
+        </is>
+      </c>
+      <c r="C151" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D151" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E151" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F151" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G151" t="n">
+        <v>8</v>
+      </c>
+      <c r="H151" t="n">
+        <v>8</v>
+      </c>
+      <c r="I151" t="n">
+        <v>1</v>
+      </c>
+      <c r="J151" t="n">
+        <v>1</v>
+      </c>
+      <c r="K151" t="n">
+        <v>8</v>
+      </c>
+      <c r="L151" t="n">
+        <v>8</v>
+      </c>
+      <c r="M151" t="n">
+        <v>100</v>
+      </c>
+      <c r="N151" t="n">
+        <v>800</v>
+      </c>
+      <c r="O151" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P151" t="inlineStr"/>
+      <c r="Q151" t="inlineStr"/>
+      <c r="R151" t="inlineStr"/>
+      <c r="S151" t="inlineStr"/>
+      <c r="T151" t="inlineStr"/>
+      <c r="U151" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:59</t>
+        </is>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="inlineStr"/>
+      <c r="B152" t="inlineStr">
+        <is>
+          <t>арбуз мини</t>
+        </is>
+      </c>
+      <c r="C152" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D152" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E152" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F152" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G152" t="n">
+        <v>8</v>
+      </c>
+      <c r="H152" t="n">
+        <v>8</v>
+      </c>
+      <c r="I152" t="n">
+        <v>1</v>
+      </c>
+      <c r="J152" t="n">
+        <v>1</v>
+      </c>
+      <c r="K152" t="n">
+        <v>8</v>
+      </c>
+      <c r="L152" t="n">
+        <v>8</v>
+      </c>
+      <c r="M152" t="n">
+        <v>100</v>
+      </c>
+      <c r="N152" t="n">
+        <v>800</v>
+      </c>
+      <c r="O152" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P152" t="inlineStr"/>
+      <c r="Q152" t="inlineStr"/>
+      <c r="R152" t="inlineStr"/>
+      <c r="S152" t="inlineStr"/>
+      <c r="T152" t="inlineStr"/>
+      <c r="U152" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="inlineStr"/>
+      <c r="B153" t="inlineStr">
+        <is>
+          <t>апельсин</t>
+        </is>
+      </c>
+      <c r="C153" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D153" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E153" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F153" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G153" t="n">
+        <v>12</v>
+      </c>
+      <c r="H153" t="n">
+        <v>12</v>
+      </c>
+      <c r="I153" t="n">
+        <v>1</v>
+      </c>
+      <c r="J153" t="n">
+        <v>1</v>
+      </c>
+      <c r="K153" t="n">
+        <v>12</v>
+      </c>
+      <c r="L153" t="n">
+        <v>12</v>
+      </c>
+      <c r="M153" t="n">
+        <v>100</v>
+      </c>
+      <c r="N153" t="n">
+        <v>1200</v>
+      </c>
+      <c r="O153" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P153" t="inlineStr"/>
+      <c r="Q153" t="inlineStr"/>
+      <c r="R153" t="inlineStr"/>
+      <c r="S153" t="inlineStr"/>
+      <c r="T153" t="inlineStr">
+        <is>
+          <t>сорт Мадмуазель</t>
+        </is>
+      </c>
+      <c r="U153" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:57</t>
+        </is>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="inlineStr"/>
+      <c r="B154" t="inlineStr">
+        <is>
+          <t>апельсин красный</t>
+        </is>
+      </c>
+      <c r="C154" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D154" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E154" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F154" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G154" t="n">
+        <v>8</v>
+      </c>
+      <c r="H154" t="n">
+        <v>8</v>
+      </c>
+      <c r="I154" t="n">
+        <v>1</v>
+      </c>
+      <c r="J154" t="n">
+        <v>1</v>
+      </c>
+      <c r="K154" t="n">
+        <v>8</v>
+      </c>
+      <c r="L154" t="n">
+        <v>8</v>
+      </c>
+      <c r="M154" t="n">
+        <v>100</v>
+      </c>
+      <c r="N154" t="n">
+        <v>800</v>
+      </c>
+      <c r="O154" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P154" t="inlineStr"/>
+      <c r="Q154" t="inlineStr"/>
+      <c r="R154" t="inlineStr"/>
+      <c r="S154" t="inlineStr"/>
+      <c r="T154" t="inlineStr"/>
+      <c r="U154" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:56</t>
+        </is>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B155" t="inlineStr">
+        <is>
+          <t>апельсин</t>
+        </is>
+      </c>
+      <c r="C155" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D155" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E155" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F155" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G155" t="n">
+        <v>12</v>
+      </c>
+      <c r="H155" t="n">
+        <v>12</v>
+      </c>
+      <c r="I155" t="n">
+        <v>1</v>
+      </c>
+      <c r="J155" t="n">
+        <v>1</v>
+      </c>
+      <c r="K155" t="n">
+        <v>12</v>
+      </c>
+      <c r="L155" t="n">
+        <v>12</v>
+      </c>
+      <c r="M155" t="n">
+        <v>100</v>
+      </c>
+      <c r="N155" t="n">
+        <v>1200</v>
+      </c>
+      <c r="O155" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P155" t="inlineStr"/>
+      <c r="Q155" t="inlineStr"/>
+      <c r="R155" t="inlineStr"/>
+      <c r="S155" t="inlineStr"/>
+      <c r="T155" t="inlineStr"/>
+      <c r="U155" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:55</t>
+        </is>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="inlineStr"/>
+      <c r="B156" t="inlineStr">
+        <is>
+          <t>апельсин</t>
+        </is>
+      </c>
+      <c r="C156" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D156" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E156" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F156" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G156" t="n">
+        <v>10</v>
+      </c>
+      <c r="H156" t="n">
+        <v>10</v>
+      </c>
+      <c r="I156" t="n">
+        <v>1</v>
+      </c>
+      <c r="J156" t="n">
+        <v>1</v>
+      </c>
+      <c r="K156" t="n">
+        <v>10</v>
+      </c>
+      <c r="L156" t="n">
+        <v>10</v>
+      </c>
+      <c r="M156" t="n">
+        <v>100</v>
+      </c>
+      <c r="N156" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O156" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P156" t="inlineStr"/>
+      <c r="Q156" t="inlineStr"/>
+      <c r="R156" t="inlineStr"/>
+      <c r="S156" t="inlineStr"/>
+      <c r="T156" t="inlineStr">
+        <is>
+          <t>сорт Вашингтон</t>
+        </is>
+      </c>
+      <c r="U156" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:54</t>
+        </is>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="inlineStr"/>
+      <c r="B157" t="inlineStr">
+        <is>
+          <t>ананас</t>
+        </is>
+      </c>
+      <c r="C157" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D157" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E157" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F157" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G157" t="n">
+        <v>12</v>
+      </c>
+      <c r="H157" t="n">
+        <v>12</v>
+      </c>
+      <c r="I157" t="n">
+        <v>1</v>
+      </c>
+      <c r="J157" t="n">
+        <v>1</v>
+      </c>
+      <c r="K157" t="n">
+        <v>12</v>
+      </c>
+      <c r="L157" t="n">
+        <v>12</v>
+      </c>
+      <c r="M157" t="n">
+        <v>100</v>
+      </c>
+      <c r="N157" t="n">
+        <v>1200</v>
+      </c>
+      <c r="O157" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P157" t="inlineStr"/>
+      <c r="Q157" t="inlineStr"/>
+      <c r="R157" t="inlineStr"/>
+      <c r="S157" t="inlineStr"/>
+      <c r="T157" t="inlineStr"/>
+      <c r="U157" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:53</t>
+        </is>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B158" t="inlineStr">
+        <is>
+          <t>ананас голд</t>
+        </is>
+      </c>
+      <c r="C158" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D158" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E158" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F158" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G158" t="n">
+        <v>12</v>
+      </c>
+      <c r="H158" t="n">
+        <v>12</v>
+      </c>
+      <c r="I158" t="n">
+        <v>1</v>
+      </c>
+      <c r="J158" t="n">
+        <v>1</v>
+      </c>
+      <c r="K158" t="n">
+        <v>12</v>
+      </c>
+      <c r="L158" t="n">
+        <v>12</v>
+      </c>
+      <c r="M158" t="n">
+        <v>100</v>
+      </c>
+      <c r="N158" t="n">
+        <v>1200</v>
+      </c>
+      <c r="O158" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P158" t="inlineStr"/>
+      <c r="Q158" t="inlineStr"/>
+      <c r="R158" t="inlineStr"/>
+      <c r="S158" t="inlineStr"/>
+      <c r="T158" t="inlineStr"/>
+      <c r="U158" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:52</t>
+        </is>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="inlineStr"/>
+      <c r="B159" t="inlineStr">
+        <is>
+          <t>ананас</t>
+        </is>
+      </c>
+      <c r="C159" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D159" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E159" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F159" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G159" t="n">
+        <v>12</v>
+      </c>
+      <c r="H159" t="n">
+        <v>12</v>
+      </c>
+      <c r="I159" t="n">
+        <v>1</v>
+      </c>
+      <c r="J159" t="n">
+        <v>1</v>
+      </c>
+      <c r="K159" t="n">
+        <v>12</v>
+      </c>
+      <c r="L159" t="n">
+        <v>12</v>
+      </c>
+      <c r="M159" t="n">
+        <v>100</v>
+      </c>
+      <c r="N159" t="n">
+        <v>1200</v>
+      </c>
+      <c r="O159" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P159" t="inlineStr"/>
+      <c r="Q159" t="inlineStr"/>
+      <c r="R159" t="inlineStr"/>
+      <c r="S159" t="inlineStr"/>
+      <c r="T159" t="inlineStr"/>
+      <c r="U159" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:51</t>
+        </is>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="inlineStr"/>
+      <c r="B160" t="inlineStr">
+        <is>
+          <t>айва</t>
+        </is>
+      </c>
+      <c r="C160" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D160" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E160" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F160" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G160" t="n">
+        <v>8</v>
+      </c>
+      <c r="H160" t="n">
+        <v>8</v>
+      </c>
+      <c r="I160" t="n">
+        <v>1</v>
+      </c>
+      <c r="J160" t="n">
+        <v>1</v>
+      </c>
+      <c r="K160" t="n">
+        <v>8</v>
+      </c>
+      <c r="L160" t="n">
+        <v>8</v>
+      </c>
+      <c r="M160" t="n">
+        <v>100</v>
+      </c>
+      <c r="N160" t="n">
+        <v>800</v>
+      </c>
+      <c r="O160" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P160" t="inlineStr"/>
+      <c r="Q160" t="inlineStr"/>
+      <c r="R160" t="inlineStr"/>
+      <c r="S160" t="inlineStr"/>
+      <c r="T160" t="inlineStr"/>
+      <c r="U160" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:50</t>
+        </is>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="inlineStr"/>
+      <c r="B161" t="inlineStr">
+        <is>
+          <t>авокадо хасс</t>
+        </is>
+      </c>
+      <c r="C161" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D161" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E161" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F161" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G161" t="n">
+        <v>8</v>
+      </c>
+      <c r="H161" t="n">
+        <v>8</v>
+      </c>
+      <c r="I161" t="n">
+        <v>1</v>
+      </c>
+      <c r="J161" t="n">
+        <v>1</v>
+      </c>
+      <c r="K161" t="n">
+        <v>8</v>
+      </c>
+      <c r="L161" t="n">
+        <v>8</v>
+      </c>
+      <c r="M161" t="n">
+        <v>100</v>
+      </c>
+      <c r="N161" t="n">
+        <v>800</v>
+      </c>
+      <c r="O161" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P161" t="inlineStr"/>
+      <c r="Q161" t="inlineStr"/>
+      <c r="R161" t="inlineStr"/>
+      <c r="S161" t="inlineStr"/>
+      <c r="T161" t="inlineStr"/>
+      <c r="U161" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:49</t>
+        </is>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="inlineStr"/>
+      <c r="B162" t="inlineStr">
+        <is>
+          <t>авокадо хасс</t>
+        </is>
+      </c>
+      <c r="C162" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D162" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E162" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F162" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G162" t="n">
+        <v>8</v>
+      </c>
+      <c r="H162" t="n">
+        <v>8</v>
+      </c>
+      <c r="I162" t="n">
+        <v>1</v>
+      </c>
+      <c r="J162" t="n">
+        <v>1</v>
+      </c>
+      <c r="K162" t="n">
+        <v>8</v>
+      </c>
+      <c r="L162" t="n">
+        <v>8</v>
+      </c>
+      <c r="M162" t="n">
+        <v>100</v>
+      </c>
+      <c r="N162" t="n">
+        <v>800</v>
+      </c>
+      <c r="O162" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P162" t="inlineStr"/>
+      <c r="Q162" t="inlineStr"/>
+      <c r="R162" t="inlineStr"/>
+      <c r="S162" t="inlineStr"/>
+      <c r="T162" t="inlineStr">
+        <is>
+          <t>сорт Хасс Дор</t>
+        </is>
+      </c>
+      <c r="U162" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:49</t>
+        </is>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="inlineStr"/>
+      <c r="B163" t="inlineStr">
+        <is>
+          <t>авокадо хасс</t>
+        </is>
+      </c>
+      <c r="C163" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D163" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E163" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F163" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G163" t="n">
+        <v>1</v>
+      </c>
+      <c r="H163" t="n">
+        <v>1</v>
+      </c>
+      <c r="I163" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="J163" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="K163" t="n">
+        <v>1</v>
+      </c>
+      <c r="L163" t="n">
+        <v>1</v>
+      </c>
+      <c r="M163" t="n">
+        <v>100</v>
+      </c>
+      <c r="N163" t="n">
+        <v>800</v>
+      </c>
+      <c r="O163" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P163" t="inlineStr"/>
+      <c r="Q163" t="inlineStr"/>
+      <c r="R163" t="inlineStr"/>
+      <c r="S163" t="inlineStr"/>
+      <c r="T163" t="inlineStr">
+        <is>
+          <t>навал</t>
+        </is>
+      </c>
+      <c r="U163" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:47</t>
+        </is>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="inlineStr"/>
+      <c r="B164" t="inlineStr">
+        <is>
+          <t>авокадо зеленое</t>
+        </is>
+      </c>
+      <c r="C164" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D164" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E164" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F164" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G164" t="n">
+        <v>1</v>
+      </c>
+      <c r="H164" t="n">
+        <v>1</v>
+      </c>
+      <c r="I164" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="J164" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="K164" t="n">
+        <v>1</v>
+      </c>
+      <c r="L164" t="n">
+        <v>1</v>
+      </c>
+      <c r="M164" t="n">
+        <v>100</v>
+      </c>
+      <c r="N164" t="n">
+        <v>800</v>
+      </c>
+      <c r="O164" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P164" t="inlineStr"/>
+      <c r="Q164" t="inlineStr"/>
+      <c r="R164" t="inlineStr"/>
+      <c r="S164" t="inlineStr"/>
+      <c r="T164" t="inlineStr">
+        <is>
+          <t>сорт Гламур ДОР</t>
+        </is>
+      </c>
+      <c r="U164" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:46</t>
+        </is>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="inlineStr"/>
+      <c r="B165" t="inlineStr">
+        <is>
+          <t>авокадо зеленое</t>
+        </is>
+      </c>
+      <c r="C165" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D165" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E165" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F165" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G165" t="n">
+        <v>1</v>
+      </c>
+      <c r="H165" t="n">
+        <v>1</v>
+      </c>
+      <c r="I165" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="J165" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="K165" t="n">
+        <v>1</v>
+      </c>
+      <c r="L165" t="n">
+        <v>1</v>
+      </c>
+      <c r="M165" t="n">
+        <v>100</v>
+      </c>
+      <c r="N165" t="n">
+        <v>800</v>
+      </c>
+      <c r="O165" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P165" t="inlineStr"/>
+      <c r="Q165" t="inlineStr"/>
+      <c r="R165" t="inlineStr"/>
+      <c r="S165" t="inlineStr"/>
+      <c r="T165" t="inlineStr"/>
+      <c r="U165" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:45</t>
+        </is>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="inlineStr"/>
+      <c r="B166" t="inlineStr">
+        <is>
+          <t>авокадо зеленое</t>
+        </is>
+      </c>
+      <c r="C166" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D166" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E166" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F166" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G166" t="n">
+        <v>1</v>
+      </c>
+      <c r="H166" t="n">
+        <v>1</v>
+      </c>
+      <c r="I166" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="J166" t="n">
+        <v>0.13</v>
+      </c>
+      <c r="K166" t="n">
+        <v>1</v>
+      </c>
+      <c r="L166" t="n">
+        <v>1</v>
+      </c>
+      <c r="M166" t="n">
+        <v>100</v>
+      </c>
+      <c r="N166" t="n">
+        <v>800</v>
+      </c>
+      <c r="O166" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P166" t="inlineStr"/>
+      <c r="Q166" t="inlineStr"/>
+      <c r="R166" t="inlineStr"/>
+      <c r="S166" t="inlineStr"/>
+      <c r="T166" t="inlineStr"/>
+      <c r="U166" t="inlineStr">
+        <is>
+          <t>18.03.2026 13:44</t>
+        </is>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B167" t="inlineStr">
+        <is>
+          <t>чеснок</t>
+        </is>
+      </c>
+      <c r="C167" t="inlineStr">
+        <is>
+          <t>САБР</t>
+        </is>
+      </c>
+      <c r="D167" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E167" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F167" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G167" t="n">
+        <v>2500</v>
+      </c>
+      <c r="H167" t="n">
+        <v>2400</v>
+      </c>
+      <c r="I167" t="n">
+        <v>250</v>
+      </c>
+      <c r="J167" t="n">
+        <v>240</v>
+      </c>
+      <c r="K167" t="n">
+        <v>2500</v>
+      </c>
+      <c r="L167" t="n">
+        <v>2400</v>
+      </c>
+      <c r="M167" t="n">
+        <v>100</v>
+      </c>
+      <c r="N167" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O167" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P167" t="inlineStr"/>
+      <c r="Q167" t="inlineStr"/>
+      <c r="R167" t="inlineStr"/>
+      <c r="S167" t="inlineStr"/>
+      <c r="T167" t="inlineStr"/>
+      <c r="U167" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:35</t>
+        </is>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B168" t="inlineStr">
+        <is>
+          <t>тыква бутылка</t>
+        </is>
+      </c>
+      <c r="C168" t="inlineStr">
+        <is>
+          <t>САБР</t>
+        </is>
+      </c>
+      <c r="D168" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E168" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F168" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G168" t="n">
+        <v>1350</v>
+      </c>
+      <c r="H168" t="n">
+        <v>1300</v>
+      </c>
+      <c r="I168" t="n">
+        <v>45</v>
+      </c>
+      <c r="J168" t="n">
+        <v>43.33</v>
+      </c>
+      <c r="K168" t="n">
+        <v>1350</v>
+      </c>
+      <c r="L168" t="n">
+        <v>1300</v>
+      </c>
+      <c r="M168" t="n">
+        <v>100</v>
+      </c>
+      <c r="N168" t="n">
+        <v>3000</v>
+      </c>
+      <c r="O168" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P168" t="inlineStr"/>
+      <c r="Q168" t="inlineStr"/>
+      <c r="R168" t="inlineStr"/>
+      <c r="S168" t="inlineStr"/>
+      <c r="T168" t="inlineStr"/>
+      <c r="U168" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:32</t>
+        </is>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B169" t="inlineStr">
+        <is>
+          <t>огурец гладкий длинный</t>
+        </is>
+      </c>
+      <c r="C169" t="inlineStr">
+        <is>
+          <t>САБР</t>
+        </is>
+      </c>
+      <c r="D169" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E169" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F169" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G169" t="n">
+        <v>1600</v>
+      </c>
+      <c r="H169" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I169" t="n">
+        <v>200</v>
+      </c>
+      <c r="J169" t="n">
+        <v>237.5</v>
+      </c>
+      <c r="K169" t="n">
+        <v>1600</v>
+      </c>
+      <c r="L169" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M169" t="n">
+        <v>100</v>
+      </c>
+      <c r="N169" t="n">
+        <v>800</v>
+      </c>
+      <c r="O169" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P169" t="inlineStr"/>
+      <c r="Q169" t="inlineStr"/>
+      <c r="R169" t="inlineStr"/>
+      <c r="S169" t="inlineStr"/>
+      <c r="T169" t="inlineStr"/>
+      <c r="U169" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:31</t>
+        </is>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B170" t="inlineStr">
+        <is>
+          <t>картофель бэби (стоун)</t>
+        </is>
+      </c>
+      <c r="C170" t="inlineStr">
+        <is>
+          <t>САБР</t>
+        </is>
+      </c>
+      <c r="D170" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E170" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F170" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G170" t="n">
+        <v>1800</v>
+      </c>
+      <c r="H170" t="n">
+        <v>1750</v>
+      </c>
+      <c r="I170" t="n">
+        <v>60</v>
+      </c>
+      <c r="J170" t="n">
+        <v>58.33</v>
+      </c>
+      <c r="K170" t="n">
+        <v>1800</v>
+      </c>
+      <c r="L170" t="n">
+        <v>1750</v>
+      </c>
+      <c r="M170" t="n">
+        <v>100</v>
+      </c>
+      <c r="N170" t="n">
+        <v>3000</v>
+      </c>
+      <c r="O170" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P170" t="inlineStr"/>
+      <c r="Q170" t="inlineStr"/>
+      <c r="R170" t="inlineStr"/>
+      <c r="S170" t="inlineStr"/>
+      <c r="T170" t="inlineStr"/>
+      <c r="U170" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:29</t>
+        </is>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B171" t="inlineStr">
+        <is>
+          <t>картофель красный мытый</t>
+        </is>
+      </c>
+      <c r="C171" t="inlineStr">
+        <is>
+          <t>САБР</t>
+        </is>
+      </c>
+      <c r="D171" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E171" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F171" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G171" t="n">
+        <v>1650</v>
+      </c>
+      <c r="H171" t="n">
+        <v>1600</v>
+      </c>
+      <c r="I171" t="n">
+        <v>55</v>
+      </c>
+      <c r="J171" t="n">
+        <v>53.33</v>
+      </c>
+      <c r="K171" t="n">
+        <v>1650</v>
+      </c>
+      <c r="L171" t="n">
+        <v>1600</v>
+      </c>
+      <c r="M171" t="n">
+        <v>500</v>
+      </c>
+      <c r="N171" t="n">
+        <v>15000</v>
+      </c>
+      <c r="O171" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P171" t="inlineStr"/>
+      <c r="Q171" t="inlineStr"/>
+      <c r="R171" t="inlineStr"/>
+      <c r="S171" t="inlineStr"/>
+      <c r="T171" t="inlineStr"/>
+      <c r="U171" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:23</t>
+        </is>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B172" t="inlineStr">
+        <is>
+          <t>картофель красный отечественный</t>
+        </is>
+      </c>
+      <c r="C172" t="inlineStr">
+        <is>
+          <t>САБР</t>
+        </is>
+      </c>
+      <c r="D172" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E172" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F172" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G172" t="n">
+        <v>1050</v>
+      </c>
+      <c r="H172" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I172" t="n">
+        <v>35</v>
+      </c>
+      <c r="J172" t="n">
+        <v>33.33</v>
+      </c>
+      <c r="K172" t="n">
+        <v>1050</v>
+      </c>
+      <c r="L172" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M172" t="n">
+        <v>300</v>
+      </c>
+      <c r="N172" t="n">
+        <v>9000</v>
+      </c>
+      <c r="O172" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P172" t="inlineStr"/>
+      <c r="Q172" t="inlineStr"/>
+      <c r="R172" t="inlineStr"/>
+      <c r="S172" t="inlineStr"/>
+      <c r="T172" t="inlineStr"/>
+      <c r="U172" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:22</t>
+        </is>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B173" t="inlineStr">
+        <is>
+          <t>картофель белый мытый</t>
+        </is>
+      </c>
+      <c r="C173" t="inlineStr">
+        <is>
+          <t>САБР</t>
+        </is>
+      </c>
+      <c r="D173" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E173" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F173" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G173" t="n">
+        <v>1500</v>
+      </c>
+      <c r="H173" t="n">
+        <v>1450</v>
+      </c>
+      <c r="I173" t="n">
+        <v>50</v>
+      </c>
+      <c r="J173" t="n">
+        <v>48.33</v>
+      </c>
+      <c r="K173" t="n">
+        <v>1500</v>
+      </c>
+      <c r="L173" t="n">
+        <v>1450</v>
+      </c>
+      <c r="M173" t="n">
+        <v>400</v>
+      </c>
+      <c r="N173" t="n">
+        <v>12000</v>
+      </c>
+      <c r="O173" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P173" t="inlineStr"/>
+      <c r="Q173" t="inlineStr"/>
+      <c r="R173" t="inlineStr"/>
+      <c r="S173" t="inlineStr"/>
+      <c r="T173" t="inlineStr"/>
+      <c r="U173" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:20</t>
+        </is>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B174" t="inlineStr">
+        <is>
+          <t>картофель белый отечественный</t>
+        </is>
+      </c>
+      <c r="C174" t="inlineStr">
+        <is>
+          <t>САБР</t>
+        </is>
+      </c>
+      <c r="D174" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E174" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F174" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G174" t="n">
+        <v>1050</v>
+      </c>
+      <c r="H174" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I174" t="n">
+        <v>35</v>
+      </c>
+      <c r="J174" t="n">
+        <v>33.33</v>
+      </c>
+      <c r="K174" t="n">
+        <v>1050</v>
+      </c>
+      <c r="L174" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M174" t="n">
+        <v>500</v>
+      </c>
+      <c r="N174" t="n">
+        <v>15000</v>
+      </c>
+      <c r="O174" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P174" t="inlineStr"/>
+      <c r="Q174" t="inlineStr"/>
+      <c r="R174" t="inlineStr"/>
+      <c r="S174" t="inlineStr"/>
+      <c r="T174" t="inlineStr"/>
+      <c r="U174" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:19</t>
+        </is>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B175" t="inlineStr">
+        <is>
+          <t>свекла</t>
+        </is>
+      </c>
+      <c r="C175" t="inlineStr">
+        <is>
+          <t>САБР</t>
+        </is>
+      </c>
+      <c r="D175" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E175" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F175" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G175" t="n">
+        <v>700</v>
+      </c>
+      <c r="H175" t="n">
+        <v>660</v>
+      </c>
+      <c r="I175" t="n">
+        <v>35</v>
+      </c>
+      <c r="J175" t="n">
+        <v>33</v>
+      </c>
+      <c r="K175" t="n">
+        <v>700</v>
+      </c>
+      <c r="L175" t="n">
+        <v>660</v>
+      </c>
+      <c r="M175" t="n">
+        <v>200</v>
+      </c>
+      <c r="N175" t="n">
+        <v>4000</v>
+      </c>
+      <c r="O175" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P175" t="inlineStr"/>
+      <c r="Q175" t="inlineStr"/>
+      <c r="R175" t="inlineStr"/>
+      <c r="S175" t="inlineStr"/>
+      <c r="T175" t="inlineStr"/>
+      <c r="U175" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:17</t>
+        </is>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B176" t="inlineStr">
+        <is>
+          <t>морковь мытая</t>
+        </is>
+      </c>
+      <c r="C176" t="inlineStr">
+        <is>
+          <t>САБР</t>
+        </is>
+      </c>
+      <c r="D176" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E176" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F176" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G176" t="n">
+        <v>900</v>
+      </c>
+      <c r="H176" t="n">
+        <v>880</v>
+      </c>
+      <c r="I176" t="n">
+        <v>45</v>
+      </c>
+      <c r="J176" t="n">
+        <v>44</v>
+      </c>
+      <c r="K176" t="n">
+        <v>900</v>
+      </c>
+      <c r="L176" t="n">
+        <v>880</v>
+      </c>
+      <c r="M176" t="n">
+        <v>300</v>
+      </c>
+      <c r="N176" t="n">
+        <v>6000</v>
+      </c>
+      <c r="O176" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P176" t="inlineStr"/>
+      <c r="Q176" t="inlineStr"/>
+      <c r="R176" t="inlineStr"/>
+      <c r="S176" t="inlineStr"/>
+      <c r="T176" t="inlineStr"/>
+      <c r="U176" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:14</t>
+        </is>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B177" t="inlineStr">
+        <is>
+          <t>морковь грязная</t>
+        </is>
+      </c>
+      <c r="C177" t="inlineStr">
+        <is>
+          <t>САБР</t>
+        </is>
+      </c>
+      <c r="D177" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E177" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F177" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G177" t="n">
+        <v>500</v>
+      </c>
+      <c r="H177" t="n">
+        <v>480</v>
+      </c>
+      <c r="I177" t="n">
+        <v>25</v>
+      </c>
+      <c r="J177" t="n">
+        <v>24</v>
+      </c>
+      <c r="K177" t="n">
+        <v>500</v>
+      </c>
+      <c r="L177" t="n">
+        <v>480</v>
+      </c>
+      <c r="M177" t="n">
+        <v>200</v>
+      </c>
+      <c r="N177" t="n">
+        <v>4000</v>
+      </c>
+      <c r="O177" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P177" t="inlineStr"/>
+      <c r="Q177" t="inlineStr"/>
+      <c r="R177" t="inlineStr"/>
+      <c r="S177" t="inlineStr"/>
+      <c r="T177" t="inlineStr"/>
+      <c r="U177" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:12</t>
+        </is>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B178" t="inlineStr">
+        <is>
+          <t>капуста к/к</t>
+        </is>
+      </c>
+      <c r="C178" t="inlineStr">
+        <is>
+          <t>САБР</t>
+        </is>
+      </c>
+      <c r="D178" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E178" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F178" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G178" t="n">
+        <v>1500</v>
+      </c>
+      <c r="H178" t="n">
+        <v>1450</v>
+      </c>
+      <c r="I178" t="n">
+        <v>50</v>
+      </c>
+      <c r="J178" t="n">
+        <v>48.33</v>
+      </c>
+      <c r="K178" t="n">
+        <v>1500</v>
+      </c>
+      <c r="L178" t="n">
+        <v>1450</v>
+      </c>
+      <c r="M178" t="n">
+        <v>100</v>
+      </c>
+      <c r="N178" t="n">
+        <v>3000</v>
+      </c>
+      <c r="O178" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P178" t="inlineStr"/>
+      <c r="Q178" t="inlineStr"/>
+      <c r="R178" t="inlineStr"/>
+      <c r="S178" t="inlineStr"/>
+      <c r="T178" t="inlineStr"/>
+      <c r="U178" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:11</t>
+        </is>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B179" t="inlineStr">
+        <is>
+          <t>капуста б/к</t>
+        </is>
+      </c>
+      <c r="C179" t="inlineStr">
+        <is>
+          <t>САБР</t>
+        </is>
+      </c>
+      <c r="D179" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E179" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F179" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G179" t="n">
+        <v>990</v>
+      </c>
+      <c r="H179" t="n">
+        <v>960</v>
+      </c>
+      <c r="I179" t="n">
+        <v>33</v>
+      </c>
+      <c r="J179" t="n">
+        <v>32</v>
+      </c>
+      <c r="K179" t="n">
+        <v>990</v>
+      </c>
+      <c r="L179" t="n">
+        <v>960</v>
+      </c>
+      <c r="M179" t="n">
+        <v>100</v>
+      </c>
+      <c r="N179" t="n">
+        <v>3000</v>
+      </c>
+      <c r="O179" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P179" t="inlineStr"/>
+      <c r="Q179" t="inlineStr"/>
+      <c r="R179" t="inlineStr"/>
+      <c r="S179" t="inlineStr"/>
+      <c r="T179" t="inlineStr"/>
+      <c r="U179" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:05</t>
+        </is>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B180" t="inlineStr">
+        <is>
+          <t>цукини</t>
+        </is>
+      </c>
+      <c r="C180" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D180" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E180" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F180" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G180" t="n">
+        <v>3200</v>
+      </c>
+      <c r="H180" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I180" t="n">
+        <v>400</v>
+      </c>
+      <c r="J180" t="n">
+        <v>375</v>
+      </c>
+      <c r="K180" t="n">
+        <v>3200</v>
+      </c>
+      <c r="L180" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M180" t="n">
+        <v>100</v>
+      </c>
+      <c r="N180" t="n">
+        <v>800</v>
+      </c>
+      <c r="O180" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P180" t="inlineStr"/>
+      <c r="Q180" t="inlineStr"/>
+      <c r="R180" t="inlineStr"/>
+      <c r="S180" t="inlineStr"/>
+      <c r="T180" t="inlineStr"/>
+      <c r="U180" t="inlineStr">
+        <is>
+          <t>12.03.2026 08:00</t>
+        </is>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B181" t="inlineStr">
+        <is>
+          <t>томат турция</t>
+        </is>
+      </c>
+      <c r="C181" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D181" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E181" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F181" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G181" t="n">
+        <v>2500</v>
+      </c>
+      <c r="H181" t="n">
+        <v>2400</v>
+      </c>
+      <c r="I181" t="n">
+        <v>250</v>
+      </c>
+      <c r="J181" t="n">
+        <v>240</v>
+      </c>
+      <c r="K181" t="n">
+        <v>2500</v>
+      </c>
+      <c r="L181" t="n">
+        <v>2400</v>
+      </c>
+      <c r="M181" t="n">
+        <v>100</v>
+      </c>
+      <c r="N181" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O181" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P181" t="inlineStr"/>
+      <c r="Q181" t="inlineStr"/>
+      <c r="R181" t="inlineStr"/>
+      <c r="S181" t="inlineStr"/>
+      <c r="T181" t="inlineStr">
+        <is>
+          <t>сорт Икрам</t>
+        </is>
+      </c>
+      <c r="U181" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:59</t>
+        </is>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B182" t="inlineStr">
+        <is>
+          <t>сельдерей стебель</t>
+        </is>
+      </c>
+      <c r="C182" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D182" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E182" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F182" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G182" t="n">
+        <v>1600</v>
+      </c>
+      <c r="H182" t="n">
+        <v>1500</v>
+      </c>
+      <c r="I182" t="n">
+        <v>200</v>
+      </c>
+      <c r="J182" t="n">
+        <v>187.5</v>
+      </c>
+      <c r="K182" t="n">
+        <v>1600</v>
+      </c>
+      <c r="L182" t="n">
+        <v>1500</v>
+      </c>
+      <c r="M182" t="n">
+        <v>200</v>
+      </c>
+      <c r="N182" t="n">
+        <v>1600</v>
+      </c>
+      <c r="O182" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P182" t="inlineStr"/>
+      <c r="Q182" t="inlineStr"/>
+      <c r="R182" t="inlineStr"/>
+      <c r="S182" t="inlineStr"/>
+      <c r="T182" t="inlineStr"/>
+      <c r="U182" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:56</t>
+        </is>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B183" t="inlineStr">
+        <is>
+          <t>томат ветка</t>
+        </is>
+      </c>
+      <c r="C183" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D183" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E183" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F183" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G183" t="n">
+        <v>2160</v>
+      </c>
+      <c r="H183" t="n">
+        <v>2000</v>
+      </c>
+      <c r="I183" t="n">
+        <v>270</v>
+      </c>
+      <c r="J183" t="n">
+        <v>250</v>
+      </c>
+      <c r="K183" t="n">
+        <v>2160</v>
+      </c>
+      <c r="L183" t="n">
+        <v>2000</v>
+      </c>
+      <c r="M183" t="n">
+        <v>200</v>
+      </c>
+      <c r="N183" t="n">
+        <v>1600</v>
+      </c>
+      <c r="O183" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P183" t="inlineStr"/>
+      <c r="Q183" t="inlineStr"/>
+      <c r="R183" t="inlineStr"/>
+      <c r="S183" t="inlineStr"/>
+      <c r="T183" t="inlineStr"/>
+      <c r="U183" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:54</t>
+        </is>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B184" t="inlineStr">
+        <is>
+          <t>томат красный тепличный</t>
+        </is>
+      </c>
+      <c r="C184" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D184" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E184" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F184" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G184" t="n">
+        <v>2800</v>
+      </c>
+      <c r="H184" t="n">
+        <v>2700</v>
+      </c>
+      <c r="I184" t="n">
+        <v>280</v>
+      </c>
+      <c r="J184" t="n">
+        <v>270</v>
+      </c>
+      <c r="K184" t="n">
+        <v>2800</v>
+      </c>
+      <c r="L184" t="n">
+        <v>2700</v>
+      </c>
+      <c r="M184" t="n">
+        <v>200</v>
+      </c>
+      <c r="N184" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O184" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P184" t="inlineStr"/>
+      <c r="Q184" t="inlineStr"/>
+      <c r="R184" t="inlineStr"/>
+      <c r="S184" t="inlineStr"/>
+      <c r="T184" t="inlineStr"/>
+      <c r="U184" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:52</t>
+        </is>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B185" t="inlineStr">
+        <is>
+          <t>перец сладкий красный</t>
+        </is>
+      </c>
+      <c r="C185" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D185" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E185" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F185" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G185" t="n">
+        <v>2520</v>
+      </c>
+      <c r="H185" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I185" t="n">
+        <v>420</v>
+      </c>
+      <c r="J185" t="n">
+        <v>416.67</v>
+      </c>
+      <c r="K185" t="n">
+        <v>2520</v>
+      </c>
+      <c r="L185" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M185" t="n">
+        <v>200</v>
+      </c>
+      <c r="N185" t="n">
+        <v>1200</v>
+      </c>
+      <c r="O185" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P185" t="inlineStr"/>
+      <c r="Q185" t="inlineStr"/>
+      <c r="R185" t="inlineStr"/>
+      <c r="S185" t="inlineStr"/>
+      <c r="T185" t="inlineStr"/>
+      <c r="U185" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:49</t>
+        </is>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B186" t="inlineStr">
+        <is>
+          <t>перец сладкий красный</t>
+        </is>
+      </c>
+      <c r="C186" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D186" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E186" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F186" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G186" t="n">
+        <v>2160</v>
+      </c>
+      <c r="H186" t="n">
+        <v>2100</v>
+      </c>
+      <c r="I186" t="n">
+        <v>360</v>
+      </c>
+      <c r="J186" t="n">
+        <v>350</v>
+      </c>
+      <c r="K186" t="n">
+        <v>2160</v>
+      </c>
+      <c r="L186" t="n">
+        <v>2100</v>
+      </c>
+      <c r="M186" t="n">
+        <v>200</v>
+      </c>
+      <c r="N186" t="n">
+        <v>1200</v>
+      </c>
+      <c r="O186" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P186" t="inlineStr"/>
+      <c r="Q186" t="inlineStr"/>
+      <c r="R186" t="inlineStr"/>
+      <c r="S186" t="inlineStr"/>
+      <c r="T186" t="inlineStr">
+        <is>
+          <t>сорт Капия</t>
+        </is>
+      </c>
+      <c r="U186" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:44</t>
+        </is>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B187" t="inlineStr">
+        <is>
+          <t>перец чили красный</t>
+        </is>
+      </c>
+      <c r="C187" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D187" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E187" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F187" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G187" t="n">
+        <v>2700</v>
+      </c>
+      <c r="H187" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I187" t="n">
+        <v>450</v>
+      </c>
+      <c r="J187" t="n">
+        <v>416.67</v>
+      </c>
+      <c r="K187" t="n">
+        <v>2700</v>
+      </c>
+      <c r="L187" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M187" t="n">
+        <v>100</v>
+      </c>
+      <c r="N187" t="n">
+        <v>600</v>
+      </c>
+      <c r="O187" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P187" t="inlineStr"/>
+      <c r="Q187" t="inlineStr"/>
+      <c r="R187" t="inlineStr"/>
+      <c r="S187" t="inlineStr"/>
+      <c r="T187" t="inlineStr"/>
+      <c r="U187" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:41</t>
+        </is>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B188" t="inlineStr">
+        <is>
+          <t>перец сладкий зеленый</t>
+        </is>
+      </c>
+      <c r="C188" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D188" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E188" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F188" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G188" t="n">
+        <v>2100</v>
+      </c>
+      <c r="H188" t="n">
+        <v>2000</v>
+      </c>
+      <c r="I188" t="n">
+        <v>350</v>
+      </c>
+      <c r="J188" t="n">
+        <v>333.33</v>
+      </c>
+      <c r="K188" t="n">
+        <v>2100</v>
+      </c>
+      <c r="L188" t="n">
+        <v>2000</v>
+      </c>
+      <c r="M188" t="n">
+        <v>200</v>
+      </c>
+      <c r="N188" t="n">
+        <v>1200</v>
+      </c>
+      <c r="O188" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P188" t="inlineStr"/>
+      <c r="Q188" t="inlineStr"/>
+      <c r="R188" t="inlineStr"/>
+      <c r="S188" t="inlineStr"/>
+      <c r="T188" t="inlineStr"/>
+      <c r="U188" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:38</t>
+        </is>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B189" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C189" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D189" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E189" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F189" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G189" t="n">
+        <v>1200</v>
+      </c>
+      <c r="H189" t="n">
+        <v>1400</v>
+      </c>
+      <c r="I189" t="n">
+        <v>150</v>
+      </c>
+      <c r="J189" t="n">
+        <v>175</v>
+      </c>
+      <c r="K189" t="n">
+        <v>1200</v>
+      </c>
+      <c r="L189" t="n">
+        <v>1400</v>
+      </c>
+      <c r="M189" t="n">
+        <v>200</v>
+      </c>
+      <c r="N189" t="n">
+        <v>1600</v>
+      </c>
+      <c r="O189" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P189" t="inlineStr"/>
+      <c r="Q189" t="inlineStr"/>
+      <c r="R189" t="inlineStr"/>
+      <c r="S189" t="inlineStr"/>
+      <c r="T189" t="inlineStr"/>
+      <c r="U189" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:36</t>
+        </is>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B190" t="inlineStr">
+        <is>
+          <t>лимон</t>
+        </is>
+      </c>
+      <c r="C190" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D190" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E190" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F190" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G190" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H190" t="n">
+        <v>1800</v>
+      </c>
+      <c r="I190" t="n">
+        <v>200</v>
+      </c>
+      <c r="J190" t="n">
+        <v>180</v>
+      </c>
+      <c r="K190" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L190" t="n">
+        <v>1800</v>
+      </c>
+      <c r="M190" t="n">
+        <v>200</v>
+      </c>
+      <c r="N190" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O190" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P190" t="inlineStr"/>
+      <c r="Q190" t="inlineStr"/>
+      <c r="R190" t="inlineStr"/>
+      <c r="S190" t="inlineStr"/>
+      <c r="T190" t="inlineStr">
+        <is>
+          <t>сорт Султан</t>
+        </is>
+      </c>
+      <c r="U190" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:33</t>
+        </is>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B191" t="inlineStr">
+        <is>
+          <t>кабачки импорт</t>
+        </is>
+      </c>
+      <c r="C191" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D191" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E191" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F191" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G191" t="n">
+        <v>2100</v>
+      </c>
+      <c r="H191" t="n">
+        <v>2000</v>
+      </c>
+      <c r="I191" t="n">
+        <v>350</v>
+      </c>
+      <c r="J191" t="n">
+        <v>333.33</v>
+      </c>
+      <c r="K191" t="n">
+        <v>2100</v>
+      </c>
+      <c r="L191" t="n">
+        <v>2000</v>
+      </c>
+      <c r="M191" t="n">
+        <v>200</v>
+      </c>
+      <c r="N191" t="n">
+        <v>1200</v>
+      </c>
+      <c r="O191" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P191" t="inlineStr"/>
+      <c r="Q191" t="inlineStr"/>
+      <c r="R191" t="inlineStr"/>
+      <c r="S191" t="inlineStr"/>
+      <c r="T191" t="inlineStr">
+        <is>
+          <t>кабачки Нерсин</t>
+        </is>
+      </c>
+      <c r="U191" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:29</t>
+        </is>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B192" t="inlineStr">
+        <is>
+          <t>груша санта мария</t>
+        </is>
+      </c>
+      <c r="C192" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D192" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E192" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F192" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G192" t="n">
+        <v>1440</v>
+      </c>
+      <c r="H192" t="n">
+        <v>1300</v>
+      </c>
+      <c r="I192" t="n">
+        <v>180</v>
+      </c>
+      <c r="J192" t="n">
+        <v>162.5</v>
+      </c>
+      <c r="K192" t="n">
+        <v>1440</v>
+      </c>
+      <c r="L192" t="n">
+        <v>1300</v>
+      </c>
+      <c r="M192" t="n">
+        <v>100</v>
+      </c>
+      <c r="N192" t="n">
+        <v>800</v>
+      </c>
+      <c r="O192" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P192" t="inlineStr"/>
+      <c r="Q192" t="inlineStr"/>
+      <c r="R192" t="inlineStr"/>
+      <c r="S192" t="inlineStr"/>
+      <c r="T192" t="inlineStr"/>
+      <c r="U192" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:25</t>
+        </is>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B193" t="inlineStr">
+        <is>
+          <t>грейпфрут</t>
+        </is>
+      </c>
+      <c r="C193" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D193" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E193" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F193" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G193" t="n">
+        <v>1200</v>
+      </c>
+      <c r="H193" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I193" t="n">
+        <v>150</v>
+      </c>
+      <c r="J193" t="n">
+        <v>137.5</v>
+      </c>
+      <c r="K193" t="n">
+        <v>1200</v>
+      </c>
+      <c r="L193" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M193" t="n">
+        <v>100</v>
+      </c>
+      <c r="N193" t="n">
+        <v>800</v>
+      </c>
+      <c r="O193" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P193" t="inlineStr"/>
+      <c r="Q193" t="inlineStr"/>
+      <c r="R193" t="inlineStr"/>
+      <c r="S193" t="inlineStr"/>
+      <c r="T193" t="inlineStr"/>
+      <c r="U193" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:22</t>
+        </is>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B194" t="inlineStr">
+        <is>
+          <t>гранат</t>
+        </is>
+      </c>
+      <c r="C194" t="inlineStr">
+        <is>
+          <t>ООО «РУСГАРДЕН»</t>
+        </is>
+      </c>
+      <c r="D194" t="inlineStr">
+        <is>
+          <t>ОРЦ «Агропарк»</t>
+        </is>
+      </c>
+      <c r="E194" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F194" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G194" t="n">
+        <v>1250</v>
+      </c>
+      <c r="H194" t="n">
+        <v>1400</v>
+      </c>
+      <c r="I194" t="n">
+        <v>250</v>
+      </c>
+      <c r="J194" t="n">
+        <v>280</v>
+      </c>
+      <c r="K194" t="n">
+        <v>1250</v>
+      </c>
+      <c r="L194" t="n">
+        <v>1400</v>
+      </c>
+      <c r="M194" t="n">
+        <v>100</v>
+      </c>
+      <c r="N194" t="n">
+        <v>500</v>
+      </c>
+      <c r="O194" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P194" t="inlineStr"/>
+      <c r="Q194" t="inlineStr"/>
+      <c r="R194" t="inlineStr"/>
+      <c r="S194" t="inlineStr"/>
+      <c r="T194" t="inlineStr">
+        <is>
+          <t>14 калибр</t>
+        </is>
+      </c>
+      <c r="U194" t="inlineStr">
+        <is>
+          <t>12.03.2026 07:20</t>
+        </is>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B195" t="inlineStr">
+        <is>
+          <t>салат айсберг</t>
+        </is>
+      </c>
+      <c r="C195" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D195" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E195" t="inlineStr">
+        <is>
+          <t>Нал/Безнал</t>
+        </is>
+      </c>
+      <c r="F195" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G195" t="n">
+        <v>1000</v>
+      </c>
+      <c r="H195" t="n">
+        <v>950</v>
+      </c>
+      <c r="I195" t="n">
+        <v>200</v>
+      </c>
+      <c r="J195" t="n">
+        <v>190</v>
+      </c>
+      <c r="K195" t="n">
+        <v>1000</v>
+      </c>
+      <c r="L195" t="n">
+        <v>950</v>
+      </c>
+      <c r="M195" t="n">
+        <v>1200</v>
+      </c>
+      <c r="N195" t="n">
+        <v>6000</v>
+      </c>
+      <c r="O195" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P195" t="inlineStr"/>
+      <c r="Q195" t="inlineStr"/>
+      <c r="R195" t="inlineStr"/>
+      <c r="S195" t="inlineStr"/>
+      <c r="T195" t="inlineStr">
+        <is>
+          <t>...</t>
+        </is>
+      </c>
+      <c r="U195" t="inlineStr">
+        <is>
+          <t>10.03.2026 17:12</t>
+        </is>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B196" t="inlineStr">
+        <is>
+          <t>гранадилла</t>
+        </is>
+      </c>
+      <c r="C196" t="inlineStr">
+        <is>
+          <t>ООО ЭЛИТА</t>
+        </is>
+      </c>
+      <c r="D196" t="inlineStr">
+        <is>
+          <t>Софийская</t>
+        </is>
+      </c>
+      <c r="E196" t="inlineStr">
+        <is>
+          <t>Нал/Безнал</t>
+        </is>
+      </c>
+      <c r="F196" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G196" t="n">
+        <v>3200</v>
+      </c>
+      <c r="H196" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I196" t="n">
+        <v>3200</v>
+      </c>
+      <c r="J196" t="n">
+        <v>3000</v>
+      </c>
+      <c r="K196" t="n">
+        <v>3200</v>
+      </c>
+      <c r="L196" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M196" t="n">
+        <v>150</v>
+      </c>
+      <c r="N196" t="n">
+        <v>150</v>
+      </c>
+      <c r="O196" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P196" t="inlineStr"/>
+      <c r="Q196" t="inlineStr"/>
+      <c r="R196" t="inlineStr"/>
+      <c r="S196" t="inlineStr"/>
+      <c r="T196" t="inlineStr">
+        <is>
+          <t>...</t>
+        </is>
+      </c>
+      <c r="U196" t="inlineStr">
+        <is>
+          <t>10.03.2026 17:00</t>
+        </is>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B197" t="inlineStr">
+        <is>
+          <t>яблоко ред делишес</t>
+        </is>
+      </c>
+      <c r="C197" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D197" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E197" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F197" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G197" t="n">
+        <v>2500</v>
+      </c>
+      <c r="H197" t="n">
+        <v>2300</v>
+      </c>
+      <c r="I197" t="n">
+        <v>250</v>
+      </c>
+      <c r="J197" t="n">
+        <v>230</v>
+      </c>
+      <c r="K197" t="n">
+        <v>2500</v>
+      </c>
+      <c r="L197" t="n">
+        <v>2300</v>
+      </c>
+      <c r="M197" t="n">
+        <v>50</v>
+      </c>
+      <c r="N197" t="n">
+        <v>500</v>
+      </c>
+      <c r="O197" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P197" t="inlineStr"/>
+      <c r="Q197" t="inlineStr"/>
+      <c r="R197" t="inlineStr"/>
+      <c r="S197" t="inlineStr"/>
+      <c r="T197" t="inlineStr"/>
+      <c r="U197" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:31</t>
+        </is>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B198" t="inlineStr">
+        <is>
+          <t>яблоко гольден</t>
+        </is>
+      </c>
+      <c r="C198" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D198" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E198" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F198" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G198" t="n">
+        <v>1800</v>
+      </c>
+      <c r="H198" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I198" t="n">
+        <v>180</v>
+      </c>
+      <c r="J198" t="n">
+        <v>170</v>
+      </c>
+      <c r="K198" t="n">
+        <v>1800</v>
+      </c>
+      <c r="L198" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M198" t="n">
+        <v>50</v>
+      </c>
+      <c r="N198" t="n">
+        <v>500</v>
+      </c>
+      <c r="O198" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P198" t="inlineStr"/>
+      <c r="Q198" t="inlineStr"/>
+      <c r="R198" t="inlineStr"/>
+      <c r="S198" t="inlineStr"/>
+      <c r="T198" t="inlineStr"/>
+      <c r="U198" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:29</t>
+        </is>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B199" t="inlineStr">
+        <is>
+          <t>яблоко гольден</t>
+        </is>
+      </c>
+      <c r="C199" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D199" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E199" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F199" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G199" t="n">
+        <v>900</v>
+      </c>
+      <c r="H199" t="n">
+        <v>850</v>
+      </c>
+      <c r="I199" t="n">
+        <v>90</v>
+      </c>
+      <c r="J199" t="n">
+        <v>85</v>
+      </c>
+      <c r="K199" t="n">
+        <v>900</v>
+      </c>
+      <c r="L199" t="n">
+        <v>850</v>
+      </c>
+      <c r="M199" t="n">
+        <v>50</v>
+      </c>
+      <c r="N199" t="n">
+        <v>500</v>
+      </c>
+      <c r="O199" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P199" t="inlineStr"/>
+      <c r="Q199" t="inlineStr"/>
+      <c r="R199" t="inlineStr"/>
+      <c r="S199" t="inlineStr"/>
+      <c r="T199" t="inlineStr"/>
+      <c r="U199" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:27</t>
+        </is>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B200" t="inlineStr">
+        <is>
+          <t>яблоки айдаред</t>
+        </is>
+      </c>
+      <c r="C200" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D200" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E200" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F200" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G200" t="n">
+        <v>1600</v>
+      </c>
+      <c r="H200" t="n">
+        <v>1500</v>
+      </c>
+      <c r="I200" t="n">
+        <v>160</v>
+      </c>
+      <c r="J200" t="n">
+        <v>150</v>
+      </c>
+      <c r="K200" t="n">
+        <v>1600</v>
+      </c>
+      <c r="L200" t="n">
+        <v>1500</v>
+      </c>
+      <c r="M200" t="n">
+        <v>50</v>
+      </c>
+      <c r="N200" t="n">
+        <v>500</v>
+      </c>
+      <c r="O200" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P200" t="inlineStr"/>
+      <c r="Q200" t="inlineStr"/>
+      <c r="R200" t="inlineStr"/>
+      <c r="S200" t="inlineStr"/>
+      <c r="T200" t="inlineStr"/>
+      <c r="U200" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:24</t>
+        </is>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B201" t="inlineStr">
+        <is>
+          <t>яблоки грени смит</t>
+        </is>
+      </c>
+      <c r="C201" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D201" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E201" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F201" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G201" t="n">
+        <v>1700</v>
+      </c>
+      <c r="H201" t="n">
+        <v>1500</v>
+      </c>
+      <c r="I201" t="n">
+        <v>170</v>
+      </c>
+      <c r="J201" t="n">
+        <v>150</v>
+      </c>
+      <c r="K201" t="n">
+        <v>1700</v>
+      </c>
+      <c r="L201" t="n">
+        <v>1500</v>
+      </c>
+      <c r="M201" t="n">
+        <v>100</v>
+      </c>
+      <c r="N201" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O201" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P201" t="inlineStr"/>
+      <c r="Q201" t="inlineStr"/>
+      <c r="R201" t="inlineStr"/>
+      <c r="S201" t="inlineStr"/>
+      <c r="T201" t="inlineStr"/>
+      <c r="U201" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:22</t>
+        </is>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B202" t="inlineStr">
+        <is>
+          <t>яблоки грени смит</t>
+        </is>
+      </c>
+      <c r="C202" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D202" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E202" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F202" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G202" t="n">
+        <v>1200</v>
+      </c>
+      <c r="H202" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I202" t="n">
+        <v>120</v>
+      </c>
+      <c r="J202" t="n">
+        <v>110</v>
+      </c>
+      <c r="K202" t="n">
+        <v>1200</v>
+      </c>
+      <c r="L202" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M202" t="n">
+        <v>100</v>
+      </c>
+      <c r="N202" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O202" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P202" t="inlineStr"/>
+      <c r="Q202" t="inlineStr"/>
+      <c r="R202" t="inlineStr"/>
+      <c r="S202" t="inlineStr"/>
+      <c r="T202" t="inlineStr"/>
+      <c r="U202" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:21</t>
+        </is>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B203" t="inlineStr">
+        <is>
+          <t>черешня черная</t>
+        </is>
+      </c>
+      <c r="C203" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D203" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E203" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F203" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G203" t="n">
+        <v>5000</v>
+      </c>
+      <c r="H203" t="n">
+        <v>4800</v>
+      </c>
+      <c r="I203" t="n">
+        <v>2500</v>
+      </c>
+      <c r="J203" t="n">
+        <v>2400</v>
+      </c>
+      <c r="K203" t="n">
+        <v>5000</v>
+      </c>
+      <c r="L203" t="n">
+        <v>4800</v>
+      </c>
+      <c r="M203" t="n">
+        <v>10</v>
+      </c>
+      <c r="N203" t="n">
+        <v>20</v>
+      </c>
+      <c r="O203" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P203" t="inlineStr"/>
+      <c r="Q203" t="inlineStr"/>
+      <c r="R203" t="inlineStr"/>
+      <c r="S203" t="inlineStr"/>
+      <c r="T203" t="inlineStr"/>
+      <c r="U203" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:19</t>
+        </is>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B204" t="inlineStr">
+        <is>
+          <t>хурма шарон</t>
+        </is>
+      </c>
+      <c r="C204" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D204" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E204" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F204" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G204" t="n">
+        <v>1760</v>
+      </c>
+      <c r="H204" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I204" t="n">
+        <v>220</v>
+      </c>
+      <c r="J204" t="n">
+        <v>212.5</v>
+      </c>
+      <c r="K204" t="n">
+        <v>1760</v>
+      </c>
+      <c r="L204" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M204" t="n">
+        <v>40</v>
+      </c>
+      <c r="N204" t="n">
+        <v>320</v>
+      </c>
+      <c r="O204" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P204" t="inlineStr"/>
+      <c r="Q204" t="inlineStr"/>
+      <c r="R204" t="inlineStr"/>
+      <c r="S204" t="inlineStr"/>
+      <c r="T204" t="inlineStr"/>
+      <c r="U204" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:17</t>
+        </is>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B205" t="inlineStr">
+        <is>
+          <t>хурма королек</t>
+        </is>
+      </c>
+      <c r="C205" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D205" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E205" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F205" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G205" t="n">
+        <v>2240</v>
+      </c>
+      <c r="H205" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I205" t="n">
+        <v>280</v>
+      </c>
+      <c r="J205" t="n">
+        <v>275</v>
+      </c>
+      <c r="K205" t="n">
+        <v>2240</v>
+      </c>
+      <c r="L205" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M205" t="n">
+        <v>30</v>
+      </c>
+      <c r="N205" t="n">
+        <v>240</v>
+      </c>
+      <c r="O205" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P205" t="inlineStr"/>
+      <c r="Q205" t="inlineStr"/>
+      <c r="R205" t="inlineStr"/>
+      <c r="S205" t="inlineStr"/>
+      <c r="T205" t="inlineStr"/>
+      <c r="U205" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:16</t>
+        </is>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B206" t="inlineStr">
+        <is>
+          <t>хрен корень</t>
+        </is>
+      </c>
+      <c r="C206" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D206" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E206" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F206" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G206" t="n">
+        <v>8000</v>
+      </c>
+      <c r="H206" t="n">
+        <v>7400</v>
+      </c>
+      <c r="I206" t="n">
+        <v>1600</v>
+      </c>
+      <c r="J206" t="n">
+        <v>1480</v>
+      </c>
+      <c r="K206" t="n">
+        <v>8000</v>
+      </c>
+      <c r="L206" t="n">
+        <v>7400</v>
+      </c>
+      <c r="M206" t="n">
+        <v>20</v>
+      </c>
+      <c r="N206" t="n">
+        <v>100</v>
+      </c>
+      <c r="O206" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P206" t="inlineStr"/>
+      <c r="Q206" t="inlineStr"/>
+      <c r="R206" t="inlineStr"/>
+      <c r="S206" t="inlineStr"/>
+      <c r="T206" t="inlineStr"/>
+      <c r="U206" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:14</t>
+        </is>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B207" t="inlineStr">
+        <is>
+          <t>чеснок</t>
+        </is>
+      </c>
+      <c r="C207" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D207" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E207" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F207" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G207" t="n">
+        <v>3300</v>
+      </c>
+      <c r="H207" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I207" t="n">
+        <v>220</v>
+      </c>
+      <c r="J207" t="n">
+        <v>200</v>
+      </c>
+      <c r="K207" t="n">
+        <v>3300</v>
+      </c>
+      <c r="L207" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M207" t="n">
+        <v>50</v>
+      </c>
+      <c r="N207" t="n">
+        <v>750</v>
+      </c>
+      <c r="O207" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P207" t="inlineStr"/>
+      <c r="Q207" t="inlineStr"/>
+      <c r="R207" t="inlineStr"/>
+      <c r="S207" t="inlineStr"/>
+      <c r="T207" t="inlineStr"/>
+      <c r="U207" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:12</t>
+        </is>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B208" t="inlineStr">
+        <is>
+          <t>фенхель</t>
+        </is>
+      </c>
+      <c r="C208" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D208" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E208" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F208" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G208" t="n">
+        <v>3000</v>
+      </c>
+      <c r="H208" t="n">
+        <v>2800</v>
+      </c>
+      <c r="I208" t="n">
+        <v>600</v>
+      </c>
+      <c r="J208" t="n">
+        <v>560</v>
+      </c>
+      <c r="K208" t="n">
+        <v>3000</v>
+      </c>
+      <c r="L208" t="n">
+        <v>2800</v>
+      </c>
+      <c r="M208" t="n">
+        <v>20</v>
+      </c>
+      <c r="N208" t="n">
+        <v>100</v>
+      </c>
+      <c r="O208" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P208" t="inlineStr"/>
+      <c r="Q208" t="inlineStr"/>
+      <c r="R208" t="inlineStr"/>
+      <c r="S208" t="inlineStr"/>
+      <c r="T208" t="inlineStr"/>
+      <c r="U208" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:09</t>
+        </is>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B209" t="inlineStr">
+        <is>
+          <t>тыква круглая</t>
+        </is>
+      </c>
+      <c r="C209" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D209" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E209" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F209" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G209" t="n">
+        <v>1300</v>
+      </c>
+      <c r="H209" t="n">
+        <v>1200</v>
+      </c>
+      <c r="I209" t="n">
+        <v>65</v>
+      </c>
+      <c r="J209" t="n">
+        <v>60</v>
+      </c>
+      <c r="K209" t="n">
+        <v>1300</v>
+      </c>
+      <c r="L209" t="n">
+        <v>1200</v>
+      </c>
+      <c r="M209" t="n">
+        <v>20</v>
+      </c>
+      <c r="N209" t="n">
+        <v>400</v>
+      </c>
+      <c r="O209" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P209" t="inlineStr"/>
+      <c r="Q209" t="inlineStr"/>
+      <c r="R209" t="inlineStr"/>
+      <c r="S209" t="inlineStr"/>
+      <c r="T209" t="inlineStr"/>
+      <c r="U209" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:07</t>
+        </is>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B210" t="inlineStr">
+        <is>
+          <t>тыква бутылка</t>
+        </is>
+      </c>
+      <c r="C210" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D210" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E210" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F210" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G210" t="n">
+        <v>900</v>
+      </c>
+      <c r="H210" t="n">
+        <v>880</v>
+      </c>
+      <c r="I210" t="n">
+        <v>45</v>
+      </c>
+      <c r="J210" t="n">
+        <v>44</v>
+      </c>
+      <c r="K210" t="n">
+        <v>900</v>
+      </c>
+      <c r="L210" t="n">
+        <v>880</v>
+      </c>
+      <c r="M210" t="n">
+        <v>100</v>
+      </c>
+      <c r="N210" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O210" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P210" t="inlineStr"/>
+      <c r="Q210" t="inlineStr"/>
+      <c r="R210" t="inlineStr"/>
+      <c r="S210" t="inlineStr"/>
+      <c r="T210" t="inlineStr"/>
+      <c r="U210" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:04</t>
+        </is>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B211" t="inlineStr">
+        <is>
+          <t>свекла</t>
+        </is>
+      </c>
+      <c r="C211" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D211" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E211" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F211" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G211" t="n">
+        <v>600</v>
+      </c>
+      <c r="H211" t="n">
+        <v>580</v>
+      </c>
+      <c r="I211" t="n">
+        <v>30</v>
+      </c>
+      <c r="J211" t="n">
+        <v>29</v>
+      </c>
+      <c r="K211" t="n">
+        <v>600</v>
+      </c>
+      <c r="L211" t="n">
+        <v>580</v>
+      </c>
+      <c r="M211" t="n">
+        <v>50</v>
+      </c>
+      <c r="N211" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O211" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P211" t="inlineStr"/>
+      <c r="Q211" t="inlineStr"/>
+      <c r="R211" t="inlineStr"/>
+      <c r="S211" t="inlineStr"/>
+      <c r="T211" t="inlineStr"/>
+      <c r="U211" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:02</t>
+        </is>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B212" t="inlineStr">
+        <is>
+          <t>томат розовый узбек</t>
+        </is>
+      </c>
+      <c r="C212" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D212" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E212" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F212" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G212" t="n">
+        <v>5400</v>
+      </c>
+      <c r="H212" t="n">
+        <v>5200</v>
+      </c>
+      <c r="I212" t="n">
+        <v>900</v>
+      </c>
+      <c r="J212" t="n">
+        <v>866.67</v>
+      </c>
+      <c r="K212" t="n">
+        <v>5400</v>
+      </c>
+      <c r="L212" t="n">
+        <v>5200</v>
+      </c>
+      <c r="M212" t="n">
+        <v>20</v>
+      </c>
+      <c r="N212" t="n">
+        <v>120</v>
+      </c>
+      <c r="O212" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P212" t="inlineStr"/>
+      <c r="Q212" t="inlineStr"/>
+      <c r="R212" t="inlineStr"/>
+      <c r="S212" t="inlineStr"/>
+      <c r="T212" t="inlineStr"/>
+      <c r="U212" t="inlineStr">
+        <is>
+          <t>07.03.2026 12:00</t>
+        </is>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B213" t="inlineStr">
+        <is>
+          <t>томат розовый</t>
+        </is>
+      </c>
+      <c r="C213" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D213" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E213" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F213" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G213" t="n">
+        <v>1800</v>
+      </c>
+      <c r="H213" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I213" t="n">
+        <v>300</v>
+      </c>
+      <c r="J213" t="n">
+        <v>283.33</v>
+      </c>
+      <c r="K213" t="n">
+        <v>1800</v>
+      </c>
+      <c r="L213" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M213" t="n">
+        <v>50</v>
+      </c>
+      <c r="N213" t="n">
+        <v>300</v>
+      </c>
+      <c r="O213" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P213" t="inlineStr"/>
+      <c r="Q213" t="inlineStr"/>
+      <c r="R213" t="inlineStr"/>
+      <c r="S213" t="inlineStr"/>
+      <c r="T213" t="inlineStr"/>
+      <c r="U213" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B214" t="inlineStr">
+        <is>
+          <t>томат кумато</t>
+        </is>
+      </c>
+      <c r="C214" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D214" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E214" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F214" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G214" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H214" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I214" t="n">
+        <v>400</v>
+      </c>
+      <c r="J214" t="n">
+        <v>366.67</v>
+      </c>
+      <c r="K214" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L214" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M214" t="n">
+        <v>20</v>
+      </c>
+      <c r="N214" t="n">
+        <v>120</v>
+      </c>
+      <c r="O214" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P214" t="inlineStr"/>
+      <c r="Q214" t="inlineStr"/>
+      <c r="R214" t="inlineStr"/>
+      <c r="S214" t="inlineStr"/>
+      <c r="T214" t="inlineStr"/>
+      <c r="U214" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:56</t>
+        </is>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B215" t="inlineStr">
+        <is>
+          <t>томат черри ветка желтый</t>
+        </is>
+      </c>
+      <c r="C215" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D215" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E215" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F215" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G215" t="n">
+        <v>4000</v>
+      </c>
+      <c r="H215" t="n">
+        <v>3800</v>
+      </c>
+      <c r="I215" t="n">
+        <v>800</v>
+      </c>
+      <c r="J215" t="n">
+        <v>760</v>
+      </c>
+      <c r="K215" t="n">
+        <v>4000</v>
+      </c>
+      <c r="L215" t="n">
+        <v>3800</v>
+      </c>
+      <c r="M215" t="n">
+        <v>30</v>
+      </c>
+      <c r="N215" t="n">
+        <v>150</v>
+      </c>
+      <c r="O215" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P215" t="inlineStr"/>
+      <c r="Q215" t="inlineStr"/>
+      <c r="R215" t="inlineStr"/>
+      <c r="S215" t="inlineStr"/>
+      <c r="T215" t="inlineStr"/>
+      <c r="U215" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:55</t>
+        </is>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B216" t="inlineStr">
+        <is>
+          <t>томат черри ветка</t>
+        </is>
+      </c>
+      <c r="C216" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D216" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E216" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F216" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G216" t="n">
+        <v>4000</v>
+      </c>
+      <c r="H216" t="n">
+        <v>3800</v>
+      </c>
+      <c r="I216" t="n">
+        <v>800</v>
+      </c>
+      <c r="J216" t="n">
+        <v>760</v>
+      </c>
+      <c r="K216" t="n">
+        <v>4000</v>
+      </c>
+      <c r="L216" t="n">
+        <v>3800</v>
+      </c>
+      <c r="M216" t="n">
+        <v>50</v>
+      </c>
+      <c r="N216" t="n">
+        <v>250</v>
+      </c>
+      <c r="O216" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P216" t="inlineStr"/>
+      <c r="Q216" t="inlineStr"/>
+      <c r="R216" t="inlineStr"/>
+      <c r="S216" t="inlineStr"/>
+      <c r="T216" t="inlineStr"/>
+      <c r="U216" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:53</t>
+        </is>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="inlineStr"/>
+      <c r="B217" t="inlineStr">
+        <is>
+          <t>томат черри вал</t>
+        </is>
+      </c>
+      <c r="C217" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D217" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E217" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F217" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G217" t="n">
+        <v>3000</v>
+      </c>
+      <c r="H217" t="n">
+        <v>2800</v>
+      </c>
+      <c r="I217" t="n">
+        <v>500</v>
+      </c>
+      <c r="J217" t="n">
+        <v>466.67</v>
+      </c>
+      <c r="K217" t="n">
+        <v>3000</v>
+      </c>
+      <c r="L217" t="n">
+        <v>2800</v>
+      </c>
+      <c r="M217" t="n">
+        <v>50</v>
+      </c>
+      <c r="N217" t="n">
+        <v>300</v>
+      </c>
+      <c r="O217" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P217" t="inlineStr"/>
+      <c r="Q217" t="inlineStr"/>
+      <c r="R217" t="inlineStr"/>
+      <c r="S217" t="inlineStr"/>
+      <c r="T217" t="inlineStr"/>
+      <c r="U217" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:52</t>
+        </is>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B218" t="inlineStr">
+        <is>
+          <t>томат черри вал</t>
+        </is>
+      </c>
+      <c r="C218" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D218" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E218" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F218" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G218" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H218" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I218" t="n">
+        <v>480</v>
+      </c>
+      <c r="J218" t="n">
+        <v>440</v>
+      </c>
+      <c r="K218" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L218" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M218" t="n">
+        <v>50</v>
+      </c>
+      <c r="N218" t="n">
+        <v>250</v>
+      </c>
+      <c r="O218" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P218" t="inlineStr"/>
+      <c r="Q218" t="inlineStr"/>
+      <c r="R218" t="inlineStr"/>
+      <c r="S218" t="inlineStr"/>
+      <c r="T218" t="inlineStr"/>
+      <c r="U218" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:48</t>
+        </is>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B219" t="inlineStr">
+        <is>
+          <t>томат красный тепличный</t>
+        </is>
+      </c>
+      <c r="C219" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D219" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E219" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F219" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G219" t="n">
+        <v>2500</v>
+      </c>
+      <c r="H219" t="n">
+        <v>2300</v>
+      </c>
+      <c r="I219" t="n">
+        <v>250</v>
+      </c>
+      <c r="J219" t="n">
+        <v>230</v>
+      </c>
+      <c r="K219" t="n">
+        <v>2500</v>
+      </c>
+      <c r="L219" t="n">
+        <v>2300</v>
+      </c>
+      <c r="M219" t="n">
+        <v>50</v>
+      </c>
+      <c r="N219" t="n">
+        <v>500</v>
+      </c>
+      <c r="O219" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P219" t="inlineStr"/>
+      <c r="Q219" t="inlineStr"/>
+      <c r="R219" t="inlineStr"/>
+      <c r="S219" t="inlineStr"/>
+      <c r="T219" t="inlineStr"/>
+      <c r="U219" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:47</t>
+        </is>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B220" t="inlineStr">
+        <is>
+          <t>томат сливка красный</t>
+        </is>
+      </c>
+      <c r="C220" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D220" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E220" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F220" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G220" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H220" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I220" t="n">
+        <v>200</v>
+      </c>
+      <c r="J220" t="n">
+        <v>190</v>
+      </c>
+      <c r="K220" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L220" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M220" t="n">
+        <v>50</v>
+      </c>
+      <c r="N220" t="n">
+        <v>500</v>
+      </c>
+      <c r="O220" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P220" t="inlineStr"/>
+      <c r="Q220" t="inlineStr"/>
+      <c r="R220" t="inlineStr"/>
+      <c r="S220" t="inlineStr"/>
+      <c r="T220" t="inlineStr"/>
+      <c r="U220" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:46</t>
+        </is>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B221" t="inlineStr">
+        <is>
+          <t>томат ветка</t>
+        </is>
+      </c>
+      <c r="C221" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D221" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E221" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F221" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G221" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H221" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I221" t="n">
+        <v>250</v>
+      </c>
+      <c r="J221" t="n">
+        <v>237.5</v>
+      </c>
+      <c r="K221" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L221" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M221" t="n">
+        <v>100</v>
+      </c>
+      <c r="N221" t="n">
+        <v>800</v>
+      </c>
+      <c r="O221" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P221" t="inlineStr"/>
+      <c r="Q221" t="inlineStr"/>
+      <c r="R221" t="inlineStr"/>
+      <c r="S221" t="inlineStr"/>
+      <c r="T221" t="inlineStr"/>
+      <c r="U221" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:43</t>
+        </is>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B222" t="inlineStr">
+        <is>
+          <t>слива желтая</t>
+        </is>
+      </c>
+      <c r="C222" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D222" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E222" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F222" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G222" t="n">
+        <v>6600</v>
+      </c>
+      <c r="H222" t="n">
+        <v>6500</v>
+      </c>
+      <c r="I222" t="n">
+        <v>825</v>
+      </c>
+      <c r="J222" t="n">
+        <v>812.5</v>
+      </c>
+      <c r="K222" t="n">
+        <v>6600</v>
+      </c>
+      <c r="L222" t="n">
+        <v>6500</v>
+      </c>
+      <c r="M222" t="n">
+        <v>20</v>
+      </c>
+      <c r="N222" t="n">
+        <v>160</v>
+      </c>
+      <c r="O222" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P222" t="inlineStr"/>
+      <c r="Q222" t="inlineStr"/>
+      <c r="R222" t="inlineStr"/>
+      <c r="S222" t="inlineStr"/>
+      <c r="T222" t="inlineStr"/>
+      <c r="U222" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:40</t>
+        </is>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B223" t="inlineStr">
+        <is>
+          <t>слива черная</t>
+        </is>
+      </c>
+      <c r="C223" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D223" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E223" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F223" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G223" t="n">
+        <v>2600</v>
+      </c>
+      <c r="H223" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I223" t="n">
+        <v>325</v>
+      </c>
+      <c r="J223" t="n">
+        <v>312.5</v>
+      </c>
+      <c r="K223" t="n">
+        <v>2600</v>
+      </c>
+      <c r="L223" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M223" t="n">
+        <v>20</v>
+      </c>
+      <c r="N223" t="n">
+        <v>160</v>
+      </c>
+      <c r="O223" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P223" t="inlineStr"/>
+      <c r="Q223" t="inlineStr"/>
+      <c r="R223" t="inlineStr"/>
+      <c r="S223" t="inlineStr"/>
+      <c r="T223" t="inlineStr"/>
+      <c r="U223" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:37</t>
+        </is>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B224" t="inlineStr">
+        <is>
+          <t>слива красная</t>
+        </is>
+      </c>
+      <c r="C224" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D224" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E224" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F224" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G224" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H224" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I224" t="n">
+        <v>300</v>
+      </c>
+      <c r="J224" t="n">
+        <v>275</v>
+      </c>
+      <c r="K224" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L224" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M224" t="n">
+        <v>30</v>
+      </c>
+      <c r="N224" t="n">
+        <v>240</v>
+      </c>
+      <c r="O224" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P224" t="inlineStr"/>
+      <c r="Q224" t="inlineStr"/>
+      <c r="R224" t="inlineStr"/>
+      <c r="S224" t="inlineStr"/>
+      <c r="T224" t="inlineStr"/>
+      <c r="U224" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:34</t>
+        </is>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B225" t="inlineStr">
+        <is>
+          <t>сельдерей стебель</t>
+        </is>
+      </c>
+      <c r="C225" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D225" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E225" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F225" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G225" t="n">
+        <v>1040</v>
+      </c>
+      <c r="H225" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I225" t="n">
+        <v>130</v>
+      </c>
+      <c r="J225" t="n">
+        <v>125</v>
+      </c>
+      <c r="K225" t="n">
+        <v>1040</v>
+      </c>
+      <c r="L225" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M225" t="n">
+        <v>50</v>
+      </c>
+      <c r="N225" t="n">
+        <v>400</v>
+      </c>
+      <c r="O225" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P225" t="inlineStr"/>
+      <c r="Q225" t="inlineStr"/>
+      <c r="R225" t="inlineStr"/>
+      <c r="S225" t="inlineStr"/>
+      <c r="T225" t="inlineStr"/>
+      <c r="U225" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:32</t>
+        </is>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B226" t="inlineStr">
+        <is>
+          <t>сельдерей корень</t>
+        </is>
+      </c>
+      <c r="C226" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D226" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E226" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F226" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G226" t="n">
+        <v>1100</v>
+      </c>
+      <c r="H226" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I226" t="n">
+        <v>220</v>
+      </c>
+      <c r="J226" t="n">
+        <v>200</v>
+      </c>
+      <c r="K226" t="n">
+        <v>1100</v>
+      </c>
+      <c r="L226" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M226" t="n">
+        <v>20</v>
+      </c>
+      <c r="N226" t="n">
+        <v>100</v>
+      </c>
+      <c r="O226" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P226" t="inlineStr"/>
+      <c r="Q226" t="inlineStr"/>
+      <c r="R226" t="inlineStr"/>
+      <c r="S226" t="inlineStr"/>
+      <c r="T226" t="inlineStr"/>
+      <c r="U226" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:30</t>
+        </is>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B227" t="inlineStr">
+        <is>
+          <t>редька маргеланская черная</t>
+        </is>
+      </c>
+      <c r="C227" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D227" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E227" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F227" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G227" t="n">
+        <v>1050</v>
+      </c>
+      <c r="H227" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I227" t="n">
+        <v>70</v>
+      </c>
+      <c r="J227" t="n">
+        <v>66.67</v>
+      </c>
+      <c r="K227" t="n">
+        <v>1050</v>
+      </c>
+      <c r="L227" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M227" t="n">
+        <v>20</v>
+      </c>
+      <c r="N227" t="n">
+        <v>300</v>
+      </c>
+      <c r="O227" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P227" t="inlineStr"/>
+      <c r="Q227" t="inlineStr"/>
+      <c r="R227" t="inlineStr"/>
+      <c r="S227" t="inlineStr"/>
+      <c r="T227" t="inlineStr"/>
+      <c r="U227" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:26</t>
+        </is>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B228" t="inlineStr">
+        <is>
+          <t>редька маргеланская зеленая</t>
+        </is>
+      </c>
+      <c r="C228" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D228" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E228" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F228" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G228" t="n">
+        <v>550</v>
+      </c>
+      <c r="H228" t="n">
+        <v>500</v>
+      </c>
+      <c r="I228" t="n">
+        <v>55</v>
+      </c>
+      <c r="J228" t="n">
+        <v>50</v>
+      </c>
+      <c r="K228" t="n">
+        <v>550</v>
+      </c>
+      <c r="L228" t="n">
+        <v>500</v>
+      </c>
+      <c r="M228" t="n">
+        <v>20</v>
+      </c>
+      <c r="N228" t="n">
+        <v>200</v>
+      </c>
+      <c r="O228" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P228" t="inlineStr"/>
+      <c r="Q228" t="inlineStr"/>
+      <c r="R228" t="inlineStr"/>
+      <c r="S228" t="inlineStr"/>
+      <c r="T228" t="inlineStr"/>
+      <c r="U228" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:24</t>
+        </is>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B229" t="inlineStr">
+        <is>
+          <t>лук порей</t>
+        </is>
+      </c>
+      <c r="C229" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D229" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E229" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F229" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G229" t="n">
+        <v>1900</v>
+      </c>
+      <c r="H229" t="n">
+        <v>1800</v>
+      </c>
+      <c r="I229" t="n">
+        <v>380</v>
+      </c>
+      <c r="J229" t="n">
+        <v>360</v>
+      </c>
+      <c r="K229" t="n">
+        <v>1900</v>
+      </c>
+      <c r="L229" t="n">
+        <v>1800</v>
+      </c>
+      <c r="M229" t="n">
+        <v>40</v>
+      </c>
+      <c r="N229" t="n">
+        <v>200</v>
+      </c>
+      <c r="O229" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P229" t="inlineStr"/>
+      <c r="Q229" t="inlineStr"/>
+      <c r="R229" t="inlineStr"/>
+      <c r="S229" t="inlineStr"/>
+      <c r="T229" t="inlineStr"/>
+      <c r="U229" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:21</t>
+        </is>
+      </c>
+    </row>
+    <row r="230">
+      <c r="A230" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B230" t="inlineStr">
+        <is>
+          <t>дайкон</t>
+        </is>
+      </c>
+      <c r="C230" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D230" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E230" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F230" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G230" t="n">
+        <v>1650</v>
+      </c>
+      <c r="H230" t="n">
+        <v>1500</v>
+      </c>
+      <c r="I230" t="n">
+        <v>110</v>
+      </c>
+      <c r="J230" t="n">
+        <v>100</v>
+      </c>
+      <c r="K230" t="n">
+        <v>1650</v>
+      </c>
+      <c r="L230" t="n">
+        <v>1500</v>
+      </c>
+      <c r="M230" t="n">
+        <v>20</v>
+      </c>
+      <c r="N230" t="n">
+        <v>300</v>
+      </c>
+      <c r="O230" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P230" t="inlineStr"/>
+      <c r="Q230" t="inlineStr"/>
+      <c r="R230" t="inlineStr"/>
+      <c r="S230" t="inlineStr"/>
+      <c r="T230" t="inlineStr"/>
+      <c r="U230" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:19</t>
+        </is>
+      </c>
+    </row>
+    <row r="231">
+      <c r="A231" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B231" t="inlineStr">
+        <is>
+          <t>редис</t>
+        </is>
+      </c>
+      <c r="C231" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D231" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E231" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F231" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G231" t="n">
+        <v>3900</v>
+      </c>
+      <c r="H231" t="n">
+        <v>3600</v>
+      </c>
+      <c r="I231" t="n">
+        <v>260</v>
+      </c>
+      <c r="J231" t="n">
+        <v>240</v>
+      </c>
+      <c r="K231" t="n">
+        <v>3900</v>
+      </c>
+      <c r="L231" t="n">
+        <v>3600</v>
+      </c>
+      <c r="M231" t="n">
+        <v>30</v>
+      </c>
+      <c r="N231" t="n">
+        <v>450</v>
+      </c>
+      <c r="O231" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P231" t="inlineStr"/>
+      <c r="Q231" t="inlineStr"/>
+      <c r="R231" t="inlineStr"/>
+      <c r="S231" t="inlineStr"/>
+      <c r="T231" t="inlineStr"/>
+      <c r="U231" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:16</t>
+        </is>
+      </c>
+    </row>
+    <row r="232">
+      <c r="A232" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B232" t="inlineStr">
+        <is>
+          <t>помело</t>
+        </is>
+      </c>
+      <c r="C232" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D232" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E232" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F232" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G232" t="n">
+        <v>960</v>
+      </c>
+      <c r="H232" t="n">
+        <v>900</v>
+      </c>
+      <c r="I232" t="n">
+        <v>160</v>
+      </c>
+      <c r="J232" t="n">
+        <v>150</v>
+      </c>
+      <c r="K232" t="n">
+        <v>960</v>
+      </c>
+      <c r="L232" t="n">
+        <v>900</v>
+      </c>
+      <c r="M232" t="n">
+        <v>20</v>
+      </c>
+      <c r="N232" t="n">
+        <v>120</v>
+      </c>
+      <c r="O232" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P232" t="inlineStr"/>
+      <c r="Q232" t="inlineStr"/>
+      <c r="R232" t="inlineStr"/>
+      <c r="S232" t="inlineStr"/>
+      <c r="T232" t="inlineStr"/>
+      <c r="U232" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:14</t>
+        </is>
+      </c>
+    </row>
+    <row r="233">
+      <c r="A233" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B233" t="inlineStr">
+        <is>
+          <t>питахайя красная</t>
+        </is>
+      </c>
+      <c r="C233" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D233" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E233" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F233" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G233" t="n">
+        <v>3400</v>
+      </c>
+      <c r="H233" t="n">
+        <v>3200</v>
+      </c>
+      <c r="I233" t="n">
+        <v>850</v>
+      </c>
+      <c r="J233" t="n">
+        <v>800</v>
+      </c>
+      <c r="K233" t="n">
+        <v>3400</v>
+      </c>
+      <c r="L233" t="n">
+        <v>3200</v>
+      </c>
+      <c r="M233" t="n">
+        <v>10</v>
+      </c>
+      <c r="N233" t="n">
+        <v>40</v>
+      </c>
+      <c r="O233" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P233" t="inlineStr"/>
+      <c r="Q233" t="inlineStr"/>
+      <c r="R233" t="inlineStr"/>
+      <c r="S233" t="inlineStr"/>
+      <c r="T233" t="inlineStr"/>
+      <c r="U233" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:12</t>
+        </is>
+      </c>
+    </row>
+    <row r="234">
+      <c r="A234" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B234" t="inlineStr">
+        <is>
+          <t>питахайя белая</t>
+        </is>
+      </c>
+      <c r="C234" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D234" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E234" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F234" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G234" t="n">
+        <v>1600</v>
+      </c>
+      <c r="H234" t="n">
+        <v>1500</v>
+      </c>
+      <c r="I234" t="n">
+        <v>400</v>
+      </c>
+      <c r="J234" t="n">
+        <v>375</v>
+      </c>
+      <c r="K234" t="n">
+        <v>1600</v>
+      </c>
+      <c r="L234" t="n">
+        <v>1500</v>
+      </c>
+      <c r="M234" t="n">
+        <v>10</v>
+      </c>
+      <c r="N234" t="n">
+        <v>40</v>
+      </c>
+      <c r="O234" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P234" t="inlineStr"/>
+      <c r="Q234" t="inlineStr"/>
+      <c r="R234" t="inlineStr"/>
+      <c r="S234" t="inlineStr"/>
+      <c r="T234" t="inlineStr"/>
+      <c r="U234" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:11</t>
+        </is>
+      </c>
+    </row>
+    <row r="235">
+      <c r="A235" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B235" t="inlineStr">
+        <is>
+          <t>перец чили зеленый</t>
+        </is>
+      </c>
+      <c r="C235" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D235" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E235" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F235" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G235" t="n">
+        <v>3250</v>
+      </c>
+      <c r="H235" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I235" t="n">
+        <v>650</v>
+      </c>
+      <c r="J235" t="n">
+        <v>600</v>
+      </c>
+      <c r="K235" t="n">
+        <v>3250</v>
+      </c>
+      <c r="L235" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M235" t="n">
+        <v>20</v>
+      </c>
+      <c r="N235" t="n">
+        <v>100</v>
+      </c>
+      <c r="O235" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P235" t="inlineStr"/>
+      <c r="Q235" t="inlineStr"/>
+      <c r="R235" t="inlineStr"/>
+      <c r="S235" t="inlineStr"/>
+      <c r="T235" t="inlineStr"/>
+      <c r="U235" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:09</t>
+        </is>
+      </c>
+    </row>
+    <row r="236">
+      <c r="A236" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B236" t="inlineStr">
+        <is>
+          <t>перец чили красный</t>
+        </is>
+      </c>
+      <c r="C236" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D236" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E236" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F236" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G236" t="n">
+        <v>3250</v>
+      </c>
+      <c r="H236" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I236" t="n">
+        <v>650</v>
+      </c>
+      <c r="J236" t="n">
+        <v>600</v>
+      </c>
+      <c r="K236" t="n">
+        <v>3250</v>
+      </c>
+      <c r="L236" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M236" t="n">
+        <v>10</v>
+      </c>
+      <c r="N236" t="n">
+        <v>50</v>
+      </c>
+      <c r="O236" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P236" t="inlineStr"/>
+      <c r="Q236" t="inlineStr"/>
+      <c r="R236" t="inlineStr"/>
+      <c r="S236" t="inlineStr"/>
+      <c r="T236" t="inlineStr"/>
+      <c r="U236" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:08</t>
+        </is>
+      </c>
+    </row>
+    <row r="237">
+      <c r="A237" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B237" t="inlineStr">
+        <is>
+          <t>перец ласточка</t>
+        </is>
+      </c>
+      <c r="C237" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D237" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E237" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F237" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G237" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H237" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I237" t="n">
+        <v>400</v>
+      </c>
+      <c r="J237" t="n">
+        <v>380</v>
+      </c>
+      <c r="K237" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L237" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M237" t="n">
+        <v>30</v>
+      </c>
+      <c r="N237" t="n">
+        <v>150</v>
+      </c>
+      <c r="O237" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P237" t="inlineStr"/>
+      <c r="Q237" t="inlineStr"/>
+      <c r="R237" t="inlineStr"/>
+      <c r="S237" t="inlineStr"/>
+      <c r="T237" t="inlineStr"/>
+      <c r="U237" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:06</t>
+        </is>
+      </c>
+    </row>
+    <row r="238">
+      <c r="A238" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B238" t="inlineStr">
+        <is>
+          <t>перец сладкий оранжевый</t>
+        </is>
+      </c>
+      <c r="C238" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D238" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E238" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F238" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G238" t="n">
+        <v>1250</v>
+      </c>
+      <c r="H238" t="n">
+        <v>1200</v>
+      </c>
+      <c r="I238" t="n">
+        <v>250</v>
+      </c>
+      <c r="J238" t="n">
+        <v>240</v>
+      </c>
+      <c r="K238" t="n">
+        <v>1250</v>
+      </c>
+      <c r="L238" t="n">
+        <v>1200</v>
+      </c>
+      <c r="M238" t="n">
+        <v>50</v>
+      </c>
+      <c r="N238" t="n">
+        <v>250</v>
+      </c>
+      <c r="O238" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P238" t="inlineStr"/>
+      <c r="Q238" t="inlineStr"/>
+      <c r="R238" t="inlineStr"/>
+      <c r="S238" t="inlineStr"/>
+      <c r="T238" t="inlineStr"/>
+      <c r="U238" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:04</t>
+        </is>
+      </c>
+    </row>
+    <row r="239">
+      <c r="A239" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B239" t="inlineStr">
+        <is>
+          <t>перец сладкий желтый</t>
+        </is>
+      </c>
+      <c r="C239" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D239" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E239" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F239" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G239" t="n">
+        <v>1250</v>
+      </c>
+      <c r="H239" t="n">
+        <v>1200</v>
+      </c>
+      <c r="I239" t="n">
+        <v>250</v>
+      </c>
+      <c r="J239" t="n">
+        <v>240</v>
+      </c>
+      <c r="K239" t="n">
+        <v>1250</v>
+      </c>
+      <c r="L239" t="n">
+        <v>1200</v>
+      </c>
+      <c r="M239" t="n">
+        <v>50</v>
+      </c>
+      <c r="N239" t="n">
+        <v>250</v>
+      </c>
+      <c r="O239" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P239" t="inlineStr"/>
+      <c r="Q239" t="inlineStr"/>
+      <c r="R239" t="inlineStr"/>
+      <c r="S239" t="inlineStr"/>
+      <c r="T239" t="inlineStr"/>
+      <c r="U239" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:03</t>
+        </is>
+      </c>
+    </row>
+    <row r="240">
+      <c r="A240" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B240" t="inlineStr">
+        <is>
+          <t>перец сладкий красный</t>
+        </is>
+      </c>
+      <c r="C240" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D240" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E240" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F240" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G240" t="n">
+        <v>1500</v>
+      </c>
+      <c r="H240" t="n">
+        <v>1400</v>
+      </c>
+      <c r="I240" t="n">
+        <v>300</v>
+      </c>
+      <c r="J240" t="n">
+        <v>280</v>
+      </c>
+      <c r="K240" t="n">
+        <v>1500</v>
+      </c>
+      <c r="L240" t="n">
+        <v>1400</v>
+      </c>
+      <c r="M240" t="n">
+        <v>100</v>
+      </c>
+      <c r="N240" t="n">
+        <v>500</v>
+      </c>
+      <c r="O240" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P240" t="inlineStr"/>
+      <c r="Q240" t="inlineStr"/>
+      <c r="R240" t="inlineStr"/>
+      <c r="S240" t="inlineStr"/>
+      <c r="T240" t="inlineStr"/>
+      <c r="U240" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:03</t>
+        </is>
+      </c>
+    </row>
+    <row r="241">
+      <c r="A241" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B241" t="inlineStr">
+        <is>
+          <t>перец ромиро</t>
+        </is>
+      </c>
+      <c r="C241" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D241" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E241" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F241" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G241" t="n">
+        <v>2100</v>
+      </c>
+      <c r="H241" t="n">
+        <v>2000</v>
+      </c>
+      <c r="I241" t="n">
+        <v>420</v>
+      </c>
+      <c r="J241" t="n">
+        <v>400</v>
+      </c>
+      <c r="K241" t="n">
+        <v>2100</v>
+      </c>
+      <c r="L241" t="n">
+        <v>2000</v>
+      </c>
+      <c r="M241" t="n">
+        <v>50</v>
+      </c>
+      <c r="N241" t="n">
+        <v>250</v>
+      </c>
+      <c r="O241" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P241" t="inlineStr"/>
+      <c r="Q241" t="inlineStr"/>
+      <c r="R241" t="inlineStr"/>
+      <c r="S241" t="inlineStr"/>
+      <c r="T241" t="inlineStr"/>
+      <c r="U241" t="inlineStr">
+        <is>
+          <t>07.03.2026 11:01</t>
+        </is>
+      </c>
+    </row>
+    <row r="242">
+      <c r="A242" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B242" t="inlineStr">
+        <is>
+          <t>огурец зазуля</t>
+        </is>
+      </c>
+      <c r="C242" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D242" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E242" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F242" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G242" t="n">
+        <v>2800</v>
+      </c>
+      <c r="H242" t="n">
+        <v>2600</v>
+      </c>
+      <c r="I242" t="n">
+        <v>350</v>
+      </c>
+      <c r="J242" t="n">
+        <v>325</v>
+      </c>
+      <c r="K242" t="n">
+        <v>2800</v>
+      </c>
+      <c r="L242" t="n">
+        <v>2600</v>
+      </c>
+      <c r="M242" t="n">
+        <v>50</v>
+      </c>
+      <c r="N242" t="n">
+        <v>400</v>
+      </c>
+      <c r="O242" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P242" t="inlineStr"/>
+      <c r="Q242" t="inlineStr"/>
+      <c r="R242" t="inlineStr"/>
+      <c r="S242" t="inlineStr"/>
+      <c r="T242" t="inlineStr">
+        <is>
+          <t>Москва</t>
+        </is>
+      </c>
+      <c r="U242" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:59</t>
+        </is>
+      </c>
+    </row>
+    <row r="243">
+      <c r="A243" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B243" t="inlineStr">
+        <is>
+          <t>огурец кураж</t>
+        </is>
+      </c>
+      <c r="C243" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D243" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E243" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F243" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G243" t="n">
+        <v>1600</v>
+      </c>
+      <c r="H243" t="n">
+        <v>1500</v>
+      </c>
+      <c r="I243" t="n">
+        <v>200</v>
+      </c>
+      <c r="J243" t="n">
+        <v>187.5</v>
+      </c>
+      <c r="K243" t="n">
+        <v>1600</v>
+      </c>
+      <c r="L243" t="n">
+        <v>1500</v>
+      </c>
+      <c r="M243" t="n">
+        <v>50</v>
+      </c>
+      <c r="N243" t="n">
+        <v>400</v>
+      </c>
+      <c r="O243" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P243" t="inlineStr"/>
+      <c r="Q243" t="inlineStr"/>
+      <c r="R243" t="inlineStr"/>
+      <c r="S243" t="inlineStr"/>
+      <c r="T243" t="inlineStr"/>
+      <c r="U243" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="244">
+      <c r="A244" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B244" t="inlineStr">
+        <is>
+          <t>огурец гладкий длинный</t>
+        </is>
+      </c>
+      <c r="C244" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D244" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E244" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F244" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G244" t="n">
+        <v>1320</v>
+      </c>
+      <c r="H244" t="n">
+        <v>1300</v>
+      </c>
+      <c r="I244" t="n">
+        <v>220</v>
+      </c>
+      <c r="J244" t="n">
+        <v>216.67</v>
+      </c>
+      <c r="K244" t="n">
+        <v>1320</v>
+      </c>
+      <c r="L244" t="n">
+        <v>1300</v>
+      </c>
+      <c r="M244" t="n">
+        <v>50</v>
+      </c>
+      <c r="N244" t="n">
+        <v>300</v>
+      </c>
+      <c r="O244" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P244" t="inlineStr"/>
+      <c r="Q244" t="inlineStr"/>
+      <c r="R244" t="inlineStr"/>
+      <c r="S244" t="inlineStr"/>
+      <c r="T244" t="inlineStr">
+        <is>
+          <t>Новгород</t>
+        </is>
+      </c>
+      <c r="U244" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:56</t>
+        </is>
+      </c>
+    </row>
+    <row r="245">
+      <c r="A245" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B245" t="inlineStr">
+        <is>
+          <t>нектарин круглый</t>
+        </is>
+      </c>
+      <c r="C245" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D245" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E245" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F245" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G245" t="n">
+        <v>2240</v>
+      </c>
+      <c r="H245" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I245" t="n">
+        <v>280</v>
+      </c>
+      <c r="J245" t="n">
+        <v>275</v>
+      </c>
+      <c r="K245" t="n">
+        <v>2240</v>
+      </c>
+      <c r="L245" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M245" t="n">
+        <v>50</v>
+      </c>
+      <c r="N245" t="n">
+        <v>400</v>
+      </c>
+      <c r="O245" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P245" t="inlineStr"/>
+      <c r="Q245" t="inlineStr"/>
+      <c r="R245" t="inlineStr"/>
+      <c r="S245" t="inlineStr"/>
+      <c r="T245" t="inlineStr"/>
+      <c r="U245" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:54</t>
+        </is>
+      </c>
+    </row>
+    <row r="246">
+      <c r="A246" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B246" t="inlineStr">
+        <is>
+          <t>морковь желтая</t>
+        </is>
+      </c>
+      <c r="C246" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D246" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E246" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F246" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G246" t="n">
+        <v>1260</v>
+      </c>
+      <c r="H246" t="n">
+        <v>1200</v>
+      </c>
+      <c r="I246" t="n">
+        <v>70</v>
+      </c>
+      <c r="J246" t="n">
+        <v>66.67</v>
+      </c>
+      <c r="K246" t="n">
+        <v>1260</v>
+      </c>
+      <c r="L246" t="n">
+        <v>1200</v>
+      </c>
+      <c r="M246" t="n">
+        <v>20</v>
+      </c>
+      <c r="N246" t="n">
+        <v>360</v>
+      </c>
+      <c r="O246" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P246" t="inlineStr"/>
+      <c r="Q246" t="inlineStr"/>
+      <c r="R246" t="inlineStr"/>
+      <c r="S246" t="inlineStr"/>
+      <c r="T246" t="inlineStr"/>
+      <c r="U246" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:51</t>
+        </is>
+      </c>
+    </row>
+    <row r="247">
+      <c r="A247" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B247" t="inlineStr">
+        <is>
+          <t>морковь мытая</t>
+        </is>
+      </c>
+      <c r="C247" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D247" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E247" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F247" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G247" t="n">
+        <v>810</v>
+      </c>
+      <c r="H247" t="n">
+        <v>780</v>
+      </c>
+      <c r="I247" t="n">
+        <v>45</v>
+      </c>
+      <c r="J247" t="n">
+        <v>43.33</v>
+      </c>
+      <c r="K247" t="n">
+        <v>810</v>
+      </c>
+      <c r="L247" t="n">
+        <v>780</v>
+      </c>
+      <c r="M247" t="n">
+        <v>100</v>
+      </c>
+      <c r="N247" t="n">
+        <v>1800</v>
+      </c>
+      <c r="O247" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P247" t="inlineStr"/>
+      <c r="Q247" t="inlineStr"/>
+      <c r="R247" t="inlineStr"/>
+      <c r="S247" t="inlineStr"/>
+      <c r="T247" t="inlineStr"/>
+      <c r="U247" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:49</t>
+        </is>
+      </c>
+    </row>
+    <row r="248">
+      <c r="A248" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B248" t="inlineStr">
+        <is>
+          <t>морковь грязная</t>
+        </is>
+      </c>
+      <c r="C248" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D248" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E248" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F248" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G248" t="n">
+        <v>900</v>
+      </c>
+      <c r="H248" t="n">
+        <v>880</v>
+      </c>
+      <c r="I248" t="n">
+        <v>30</v>
+      </c>
+      <c r="J248" t="n">
+        <v>29.33</v>
+      </c>
+      <c r="K248" t="n">
+        <v>900</v>
+      </c>
+      <c r="L248" t="n">
+        <v>880</v>
+      </c>
+      <c r="M248" t="n">
+        <v>100</v>
+      </c>
+      <c r="N248" t="n">
+        <v>3000</v>
+      </c>
+      <c r="O248" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P248" t="inlineStr"/>
+      <c r="Q248" t="inlineStr"/>
+      <c r="R248" t="inlineStr"/>
+      <c r="S248" t="inlineStr"/>
+      <c r="T248" t="inlineStr"/>
+      <c r="U248" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:47</t>
+        </is>
+      </c>
+    </row>
+    <row r="249">
+      <c r="A249" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B249" t="inlineStr">
+        <is>
+          <t>мандарин мини</t>
+        </is>
+      </c>
+      <c r="C249" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D249" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E249" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F249" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G249" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H249" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I249" t="n">
+        <v>200</v>
+      </c>
+      <c r="J249" t="n">
+        <v>190</v>
+      </c>
+      <c r="K249" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L249" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M249" t="n">
+        <v>20</v>
+      </c>
+      <c r="N249" t="n">
+        <v>200</v>
+      </c>
+      <c r="O249" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P249" t="inlineStr"/>
+      <c r="Q249" t="inlineStr"/>
+      <c r="R249" t="inlineStr"/>
+      <c r="S249" t="inlineStr"/>
+      <c r="T249" t="inlineStr"/>
+      <c r="U249" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:46</t>
+        </is>
+      </c>
+    </row>
+    <row r="250">
+      <c r="A250" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B250" t="inlineStr">
+        <is>
+          <t>мандарин ветка</t>
+        </is>
+      </c>
+      <c r="C250" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D250" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E250" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F250" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G250" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H250" t="n">
+        <v>1800</v>
+      </c>
+      <c r="I250" t="n">
+        <v>200</v>
+      </c>
+      <c r="J250" t="n">
+        <v>180</v>
+      </c>
+      <c r="K250" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L250" t="n">
+        <v>1800</v>
+      </c>
+      <c r="M250" t="n">
+        <v>20</v>
+      </c>
+      <c r="N250" t="n">
+        <v>200</v>
+      </c>
+      <c r="O250" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P250" t="inlineStr"/>
+      <c r="Q250" t="inlineStr"/>
+      <c r="R250" t="inlineStr"/>
+      <c r="S250" t="inlineStr"/>
+      <c r="T250" t="inlineStr"/>
+      <c r="U250" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:43</t>
+        </is>
+      </c>
+    </row>
+    <row r="251">
+      <c r="A251" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B251" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C251" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D251" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E251" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F251" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G251" t="n">
+        <v>1600</v>
+      </c>
+      <c r="H251" t="n">
+        <v>1500</v>
+      </c>
+      <c r="I251" t="n">
+        <v>160</v>
+      </c>
+      <c r="J251" t="n">
+        <v>150</v>
+      </c>
+      <c r="K251" t="n">
+        <v>1600</v>
+      </c>
+      <c r="L251" t="n">
+        <v>1500</v>
+      </c>
+      <c r="M251" t="n">
+        <v>30</v>
+      </c>
+      <c r="N251" t="n">
+        <v>300</v>
+      </c>
+      <c r="O251" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P251" t="inlineStr"/>
+      <c r="Q251" t="inlineStr"/>
+      <c r="R251" t="inlineStr"/>
+      <c r="S251" t="inlineStr"/>
+      <c r="T251" t="inlineStr"/>
+      <c r="U251" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:42</t>
+        </is>
+      </c>
+    </row>
+    <row r="252">
+      <c r="A252" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B252" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C252" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D252" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E252" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F252" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G252" t="n">
+        <v>1800</v>
+      </c>
+      <c r="H252" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I252" t="n">
+        <v>180</v>
+      </c>
+      <c r="J252" t="n">
+        <v>170</v>
+      </c>
+      <c r="K252" t="n">
+        <v>1800</v>
+      </c>
+      <c r="L252" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M252" t="n">
+        <v>100</v>
+      </c>
+      <c r="N252" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O252" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P252" t="inlineStr"/>
+      <c r="Q252" t="inlineStr"/>
+      <c r="R252" t="inlineStr"/>
+      <c r="S252" t="inlineStr"/>
+      <c r="T252" t="inlineStr"/>
+      <c r="U252" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:20</t>
+        </is>
+      </c>
+    </row>
+    <row r="253">
+      <c r="A253" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B253" t="inlineStr">
+        <is>
+          <t>манго австралия</t>
+        </is>
+      </c>
+      <c r="C253" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D253" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E253" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F253" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G253" t="n">
+        <v>900</v>
+      </c>
+      <c r="H253" t="n">
+        <v>850</v>
+      </c>
+      <c r="I253" t="n">
+        <v>900</v>
+      </c>
+      <c r="J253" t="n">
+        <v>850</v>
+      </c>
+      <c r="K253" t="n">
+        <v>900</v>
+      </c>
+      <c r="L253" t="n">
+        <v>850</v>
+      </c>
+      <c r="M253" t="n">
+        <v>10</v>
+      </c>
+      <c r="N253" t="n">
+        <v>10</v>
+      </c>
+      <c r="O253" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P253" t="inlineStr"/>
+      <c r="Q253" t="inlineStr"/>
+      <c r="R253" t="inlineStr"/>
+      <c r="S253" t="inlineStr"/>
+      <c r="T253" t="inlineStr"/>
+      <c r="U253" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:18</t>
+        </is>
+      </c>
+    </row>
+    <row r="254">
+      <c r="A254" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B254" t="inlineStr">
+        <is>
+          <t>манго</t>
+        </is>
+      </c>
+      <c r="C254" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D254" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E254" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F254" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G254" t="n">
+        <v>800</v>
+      </c>
+      <c r="H254" t="n">
+        <v>750</v>
+      </c>
+      <c r="I254" t="n">
+        <v>160</v>
+      </c>
+      <c r="J254" t="n">
+        <v>150</v>
+      </c>
+      <c r="K254" t="n">
+        <v>800</v>
+      </c>
+      <c r="L254" t="n">
+        <v>750</v>
+      </c>
+      <c r="M254" t="n">
+        <v>20</v>
+      </c>
+      <c r="N254" t="n">
+        <v>100</v>
+      </c>
+      <c r="O254" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P254" t="inlineStr"/>
+      <c r="Q254" t="inlineStr"/>
+      <c r="R254" t="inlineStr"/>
+      <c r="S254" t="inlineStr"/>
+      <c r="T254" t="inlineStr"/>
+      <c r="U254" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:16</t>
+        </is>
+      </c>
+    </row>
+    <row r="255">
+      <c r="A255" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B255" t="inlineStr">
+        <is>
+          <t>лук ялтинский</t>
+        </is>
+      </c>
+      <c r="C255" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D255" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E255" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F255" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G255" t="n">
+        <v>1000</v>
+      </c>
+      <c r="H255" t="n">
+        <v>950</v>
+      </c>
+      <c r="I255" t="n">
+        <v>250</v>
+      </c>
+      <c r="J255" t="n">
+        <v>237.5</v>
+      </c>
+      <c r="K255" t="n">
+        <v>1000</v>
+      </c>
+      <c r="L255" t="n">
+        <v>950</v>
+      </c>
+      <c r="M255" t="n">
+        <v>30</v>
+      </c>
+      <c r="N255" t="n">
+        <v>120</v>
+      </c>
+      <c r="O255" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P255" t="inlineStr"/>
+      <c r="Q255" t="inlineStr"/>
+      <c r="R255" t="inlineStr"/>
+      <c r="S255" t="inlineStr"/>
+      <c r="T255" t="inlineStr"/>
+      <c r="U255" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:13</t>
+        </is>
+      </c>
+    </row>
+    <row r="256">
+      <c r="A256" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B256" t="inlineStr">
+        <is>
+          <t>лук ялтинский</t>
+        </is>
+      </c>
+      <c r="C256" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D256" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E256" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F256" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G256" t="n">
+        <v>1000</v>
+      </c>
+      <c r="H256" t="n">
+        <v>900</v>
+      </c>
+      <c r="I256" t="n">
+        <v>250</v>
+      </c>
+      <c r="J256" t="n">
+        <v>225</v>
+      </c>
+      <c r="K256" t="n">
+        <v>1000</v>
+      </c>
+      <c r="L256" t="n">
+        <v>900</v>
+      </c>
+      <c r="M256" t="n">
+        <v>50</v>
+      </c>
+      <c r="N256" t="n">
+        <v>200</v>
+      </c>
+      <c r="O256" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P256" t="inlineStr"/>
+      <c r="Q256" t="inlineStr"/>
+      <c r="R256" t="inlineStr"/>
+      <c r="S256" t="inlineStr"/>
+      <c r="T256" t="inlineStr"/>
+      <c r="U256" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:09</t>
+        </is>
+      </c>
+    </row>
+    <row r="257">
+      <c r="A257" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B257" t="inlineStr">
+        <is>
+          <t>лук репчатый красный</t>
+        </is>
+      </c>
+      <c r="C257" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D257" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E257" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F257" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G257" t="n">
+        <v>1500</v>
+      </c>
+      <c r="H257" t="n">
+        <v>1400</v>
+      </c>
+      <c r="I257" t="n">
+        <v>50</v>
+      </c>
+      <c r="J257" t="n">
+        <v>46.67</v>
+      </c>
+      <c r="K257" t="n">
+        <v>1500</v>
+      </c>
+      <c r="L257" t="n">
+        <v>1400</v>
+      </c>
+      <c r="M257" t="n">
+        <v>50</v>
+      </c>
+      <c r="N257" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O257" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P257" t="inlineStr"/>
+      <c r="Q257" t="inlineStr"/>
+      <c r="R257" t="inlineStr"/>
+      <c r="S257" t="inlineStr"/>
+      <c r="T257" t="inlineStr"/>
+      <c r="U257" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:05</t>
+        </is>
+      </c>
+    </row>
+    <row r="258">
+      <c r="A258" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B258" t="inlineStr">
+        <is>
+          <t>лук репчатый желтый</t>
+        </is>
+      </c>
+      <c r="C258" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D258" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E258" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F258" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G258" t="n">
+        <v>960</v>
+      </c>
+      <c r="H258" t="n">
+        <v>940</v>
+      </c>
+      <c r="I258" t="n">
+        <v>32</v>
+      </c>
+      <c r="J258" t="n">
+        <v>31.33</v>
+      </c>
+      <c r="K258" t="n">
+        <v>960</v>
+      </c>
+      <c r="L258" t="n">
+        <v>940</v>
+      </c>
+      <c r="M258" t="n">
+        <v>100</v>
+      </c>
+      <c r="N258" t="n">
+        <v>3000</v>
+      </c>
+      <c r="O258" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P258" t="inlineStr"/>
+      <c r="Q258" t="inlineStr"/>
+      <c r="R258" t="inlineStr"/>
+      <c r="S258" t="inlineStr"/>
+      <c r="T258" t="inlineStr"/>
+      <c r="U258" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:03</t>
+        </is>
+      </c>
+    </row>
+    <row r="259">
+      <c r="A259" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B259" t="inlineStr">
+        <is>
+          <t>лимон узбек</t>
+        </is>
+      </c>
+      <c r="C259" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D259" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E259" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F259" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G259" t="n">
+        <v>6000</v>
+      </c>
+      <c r="H259" t="n">
+        <v>5500</v>
+      </c>
+      <c r="I259" t="n">
+        <v>600</v>
+      </c>
+      <c r="J259" t="n">
+        <v>550</v>
+      </c>
+      <c r="K259" t="n">
+        <v>6000</v>
+      </c>
+      <c r="L259" t="n">
+        <v>5500</v>
+      </c>
+      <c r="M259" t="n">
+        <v>10</v>
+      </c>
+      <c r="N259" t="n">
+        <v>100</v>
+      </c>
+      <c r="O259" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P259" t="inlineStr"/>
+      <c r="Q259" t="inlineStr"/>
+      <c r="R259" t="inlineStr"/>
+      <c r="S259" t="inlineStr"/>
+      <c r="T259" t="inlineStr"/>
+      <c r="U259" t="inlineStr">
+        <is>
+          <t>07.03.2026 10:01</t>
+        </is>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B260" t="inlineStr">
+        <is>
+          <t>лимон</t>
+        </is>
+      </c>
+      <c r="C260" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D260" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E260" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F260" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G260" t="n">
+        <v>2700</v>
+      </c>
+      <c r="H260" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I260" t="n">
+        <v>180</v>
+      </c>
+      <c r="J260" t="n">
+        <v>166.67</v>
+      </c>
+      <c r="K260" t="n">
+        <v>2700</v>
+      </c>
+      <c r="L260" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M260" t="n">
+        <v>100</v>
+      </c>
+      <c r="N260" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O260" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P260" t="inlineStr"/>
+      <c r="Q260" t="inlineStr"/>
+      <c r="R260" t="inlineStr"/>
+      <c r="S260" t="inlineStr"/>
+      <c r="T260" t="inlineStr"/>
+      <c r="U260" t="inlineStr">
+        <is>
+          <t>07.03.2026 09:59</t>
+        </is>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B261" t="inlineStr">
+        <is>
+          <t>лимон</t>
+        </is>
+      </c>
+      <c r="C261" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D261" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E261" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F261" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G261" t="n">
+        <v>3900</v>
+      </c>
+      <c r="H261" t="n">
+        <v>3700</v>
+      </c>
+      <c r="I261" t="n">
+        <v>260</v>
+      </c>
+      <c r="J261" t="n">
+        <v>246.67</v>
+      </c>
+      <c r="K261" t="n">
+        <v>3900</v>
+      </c>
+      <c r="L261" t="n">
+        <v>3700</v>
+      </c>
+      <c r="M261" t="n">
+        <v>100</v>
+      </c>
+      <c r="N261" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O261" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P261" t="inlineStr"/>
+      <c r="Q261" t="inlineStr"/>
+      <c r="R261" t="inlineStr"/>
+      <c r="S261" t="inlineStr"/>
+      <c r="T261" t="inlineStr"/>
+      <c r="U261" t="inlineStr">
+        <is>
+          <t>07.03.2026 09:57</t>
+        </is>
+      </c>
+    </row>
+    <row r="262">
+      <c r="A262" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B262" t="inlineStr">
+        <is>
+          <t>лайм</t>
+        </is>
+      </c>
+      <c r="C262" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D262" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E262" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F262" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G262" t="n">
+        <v>1600</v>
+      </c>
+      <c r="H262" t="n">
+        <v>1500</v>
+      </c>
+      <c r="I262" t="n">
+        <v>400</v>
+      </c>
+      <c r="J262" t="n">
+        <v>375</v>
+      </c>
+      <c r="K262" t="n">
+        <v>1600</v>
+      </c>
+      <c r="L262" t="n">
+        <v>1500</v>
+      </c>
+      <c r="M262" t="n">
+        <v>200</v>
+      </c>
+      <c r="N262" t="n">
+        <v>800</v>
+      </c>
+      <c r="O262" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P262" t="inlineStr"/>
+      <c r="Q262" t="inlineStr"/>
+      <c r="R262" t="inlineStr"/>
+      <c r="S262" t="inlineStr"/>
+      <c r="T262" t="inlineStr"/>
+      <c r="U262" t="inlineStr">
+        <is>
+          <t>07.03.2026 09:53</t>
+        </is>
+      </c>
+    </row>
+    <row r="263">
+      <c r="A263" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B263" t="inlineStr">
+        <is>
+          <t>клубника коррекс 250гр</t>
+        </is>
+      </c>
+      <c r="C263" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D263" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E263" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F263" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G263" t="n">
+        <v>280</v>
+      </c>
+      <c r="H263" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I263" t="n">
+        <v>1120</v>
+      </c>
+      <c r="J263" t="n">
+        <v>4400</v>
+      </c>
+      <c r="K263" t="n">
+        <v>280</v>
+      </c>
+      <c r="L263" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M263" t="n">
+        <v>50</v>
+      </c>
+      <c r="N263" t="n">
+        <v>12</v>
+      </c>
+      <c r="O263" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P263" t="inlineStr"/>
+      <c r="Q263" t="inlineStr"/>
+      <c r="R263" t="inlineStr"/>
+      <c r="S263" t="inlineStr"/>
+      <c r="T263" t="inlineStr"/>
+      <c r="U263" t="inlineStr">
+        <is>
+          <t>07.03.2026 09:51</t>
+        </is>
+      </c>
+    </row>
+    <row r="264">
+      <c r="A264" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B264" t="inlineStr">
+        <is>
+          <t>киви голд</t>
+        </is>
+      </c>
+      <c r="C264" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D264" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E264" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F264" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G264" t="n">
+        <v>3600</v>
+      </c>
+      <c r="H264" t="n">
+        <v>3500</v>
+      </c>
+      <c r="I264" t="n">
+        <v>900</v>
+      </c>
+      <c r="J264" t="n">
+        <v>875</v>
+      </c>
+      <c r="K264" t="n">
+        <v>3600</v>
+      </c>
+      <c r="L264" t="n">
+        <v>3500</v>
+      </c>
+      <c r="M264" t="n">
+        <v>100</v>
+      </c>
+      <c r="N264" t="n">
+        <v>400</v>
+      </c>
+      <c r="O264" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P264" t="inlineStr"/>
+      <c r="Q264" t="inlineStr"/>
+      <c r="R264" t="inlineStr"/>
+      <c r="S264" t="inlineStr"/>
+      <c r="T264" t="inlineStr"/>
+      <c r="U264" t="inlineStr">
+        <is>
+          <t>07.03.2026 09:49</t>
+        </is>
+      </c>
+    </row>
+    <row r="265">
+      <c r="A265" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B265" t="inlineStr">
+        <is>
+          <t>киви</t>
+        </is>
+      </c>
+      <c r="C265" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D265" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E265" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F265" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G265" t="n">
+        <v>680</v>
+      </c>
+      <c r="H265" t="n">
+        <v>650</v>
+      </c>
+      <c r="I265" t="n">
+        <v>170</v>
+      </c>
+      <c r="J265" t="n">
+        <v>162.5</v>
+      </c>
+      <c r="K265" t="n">
+        <v>680</v>
+      </c>
+      <c r="L265" t="n">
+        <v>650</v>
+      </c>
+      <c r="M265" t="n">
+        <v>30</v>
+      </c>
+      <c r="N265" t="n">
+        <v>120</v>
+      </c>
+      <c r="O265" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P265" t="inlineStr"/>
+      <c r="Q265" t="inlineStr"/>
+      <c r="R265" t="inlineStr"/>
+      <c r="S265" t="inlineStr"/>
+      <c r="T265" t="inlineStr"/>
+      <c r="U265" t="inlineStr">
+        <is>
+          <t>07.03.2026 09:47</t>
+        </is>
+      </c>
+    </row>
+    <row r="266">
+      <c r="A266" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B266" t="inlineStr">
+        <is>
+          <t>картофель гриль крупный</t>
+        </is>
+      </c>
+      <c r="C266" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D266" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E266" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F266" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G266" t="n">
+        <v>800</v>
+      </c>
+      <c r="H266" t="n">
+        <v>780</v>
+      </c>
+      <c r="I266" t="n">
+        <v>40</v>
+      </c>
+      <c r="J266" t="n">
+        <v>39</v>
+      </c>
+      <c r="K266" t="n">
+        <v>800</v>
+      </c>
+      <c r="L266" t="n">
+        <v>780</v>
+      </c>
+      <c r="M266" t="n">
+        <v>100</v>
+      </c>
+      <c r="N266" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O266" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P266" t="inlineStr"/>
+      <c r="Q266" t="inlineStr"/>
+      <c r="R266" t="inlineStr"/>
+      <c r="S266" t="inlineStr"/>
+      <c r="T266" t="inlineStr"/>
+      <c r="U266" t="inlineStr">
+        <is>
+          <t>07.03.2026 09:43</t>
+        </is>
+      </c>
+    </row>
+    <row r="267">
+      <c r="A267" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B267" t="inlineStr">
+        <is>
+          <t>картофель красный мытый</t>
+        </is>
+      </c>
+      <c r="C267" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D267" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E267" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F267" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G267" t="n">
+        <v>1100</v>
+      </c>
+      <c r="H267" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I267" t="n">
+        <v>55</v>
+      </c>
+      <c r="J267" t="n">
+        <v>50</v>
+      </c>
+      <c r="K267" t="n">
+        <v>1100</v>
+      </c>
+      <c r="L267" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M267" t="n">
+        <v>100</v>
+      </c>
+      <c r="N267" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O267" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P267" t="inlineStr"/>
+      <c r="Q267" t="inlineStr"/>
+      <c r="R267" t="inlineStr"/>
+      <c r="S267" t="inlineStr"/>
+      <c r="T267" t="inlineStr"/>
+      <c r="U267" t="inlineStr">
+        <is>
+          <t>07.03.2026 09:41</t>
+        </is>
+      </c>
+    </row>
+    <row r="268">
+      <c r="A268" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B268" t="inlineStr">
+        <is>
+          <t>картофель красный отечественный</t>
+        </is>
+      </c>
+      <c r="C268" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D268" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E268" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F268" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G268" t="n">
+        <v>740</v>
+      </c>
+      <c r="H268" t="n">
+        <v>720</v>
+      </c>
+      <c r="I268" t="n">
+        <v>37</v>
+      </c>
+      <c r="J268" t="n">
+        <v>36</v>
+      </c>
+      <c r="K268" t="n">
+        <v>740</v>
+      </c>
+      <c r="L268" t="n">
+        <v>720</v>
+      </c>
+      <c r="M268" t="n">
+        <v>100</v>
+      </c>
+      <c r="N268" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O268" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P268" t="inlineStr"/>
+      <c r="Q268" t="inlineStr"/>
+      <c r="R268" t="inlineStr"/>
+      <c r="S268" t="inlineStr"/>
+      <c r="T268" t="inlineStr"/>
+      <c r="U268" t="inlineStr">
+        <is>
+          <t>07.03.2026 09:40</t>
+        </is>
+      </c>
+    </row>
+    <row r="269">
+      <c r="A269" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B269" t="inlineStr">
+        <is>
+          <t>картофель белый мытый</t>
+        </is>
+      </c>
+      <c r="C269" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D269" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E269" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F269" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G269" t="n">
+        <v>1100</v>
+      </c>
+      <c r="H269" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I269" t="n">
+        <v>55</v>
+      </c>
+      <c r="J269" t="n">
+        <v>50</v>
+      </c>
+      <c r="K269" t="n">
+        <v>1100</v>
+      </c>
+      <c r="L269" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M269" t="n">
+        <v>100</v>
+      </c>
+      <c r="N269" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O269" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P269" t="inlineStr"/>
+      <c r="Q269" t="inlineStr"/>
+      <c r="R269" t="inlineStr"/>
+      <c r="S269" t="inlineStr"/>
+      <c r="T269" t="inlineStr"/>
+      <c r="U269" t="inlineStr">
+        <is>
+          <t>07.03.2026 09:38</t>
+        </is>
+      </c>
+    </row>
+    <row r="270">
+      <c r="A270" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B270" t="inlineStr">
+        <is>
+          <t>картофель белый отечественный</t>
+        </is>
+      </c>
+      <c r="C270" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D270" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E270" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F270" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G270" t="n">
+        <v>700</v>
+      </c>
+      <c r="H270" t="n">
+        <v>680</v>
+      </c>
+      <c r="I270" t="n">
+        <v>35</v>
+      </c>
+      <c r="J270" t="n">
+        <v>34</v>
+      </c>
+      <c r="K270" t="n">
+        <v>700</v>
+      </c>
+      <c r="L270" t="n">
+        <v>680</v>
+      </c>
+      <c r="M270" t="n">
+        <v>100</v>
+      </c>
+      <c r="N270" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O270" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P270" t="inlineStr"/>
+      <c r="Q270" t="inlineStr"/>
+      <c r="R270" t="inlineStr"/>
+      <c r="S270" t="inlineStr"/>
+      <c r="T270" t="inlineStr"/>
+      <c r="U270" t="inlineStr">
+        <is>
+          <t>07.03.2026 09:36</t>
+        </is>
+      </c>
+    </row>
+    <row r="271">
+      <c r="A271" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B271" t="inlineStr">
+        <is>
+          <t>картофель бэби (стоун)</t>
+        </is>
+      </c>
+      <c r="C271" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D271" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E271" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F271" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G271" t="n">
+        <v>1200</v>
+      </c>
+      <c r="H271" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I271" t="n">
+        <v>60</v>
+      </c>
+      <c r="J271" t="n">
+        <v>55</v>
+      </c>
+      <c r="K271" t="n">
+        <v>1200</v>
+      </c>
+      <c r="L271" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M271" t="n">
+        <v>100</v>
+      </c>
+      <c r="N271" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O271" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P271" t="inlineStr"/>
+      <c r="Q271" t="inlineStr"/>
+      <c r="R271" t="inlineStr"/>
+      <c r="S271" t="inlineStr"/>
+      <c r="T271" t="inlineStr"/>
+      <c r="U271" t="inlineStr">
+        <is>
+          <t>06.03.2026 14:01</t>
+        </is>
+      </c>
+    </row>
+    <row r="272">
+      <c r="A272" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B272" t="inlineStr">
+        <is>
+          <t>капуста брокколи</t>
+        </is>
+      </c>
+      <c r="C272" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D272" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E272" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F272" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G272" t="n">
+        <v>4500</v>
+      </c>
+      <c r="H272" t="n">
+        <v>4300</v>
+      </c>
+      <c r="I272" t="n">
+        <v>300</v>
+      </c>
+      <c r="J272" t="n">
+        <v>286.67</v>
+      </c>
+      <c r="K272" t="n">
+        <v>4500</v>
+      </c>
+      <c r="L272" t="n">
+        <v>4300</v>
+      </c>
+      <c r="M272" t="n">
+        <v>20</v>
+      </c>
+      <c r="N272" t="n">
+        <v>300</v>
+      </c>
+      <c r="O272" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P272" t="inlineStr"/>
+      <c r="Q272" t="inlineStr"/>
+      <c r="R272" t="inlineStr"/>
+      <c r="S272" t="inlineStr"/>
+      <c r="T272" t="inlineStr"/>
+      <c r="U272" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="273">
+      <c r="A273" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B273" t="inlineStr">
+        <is>
+          <t>капуста к/к</t>
+        </is>
+      </c>
+      <c r="C273" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D273" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E273" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F273" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G273" t="n">
+        <v>1000</v>
+      </c>
+      <c r="H273" t="n">
+        <v>900</v>
+      </c>
+      <c r="I273" t="n">
+        <v>50</v>
+      </c>
+      <c r="J273" t="n">
+        <v>45</v>
+      </c>
+      <c r="K273" t="n">
+        <v>1000</v>
+      </c>
+      <c r="L273" t="n">
+        <v>900</v>
+      </c>
+      <c r="M273" t="n">
+        <v>100</v>
+      </c>
+      <c r="N273" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O273" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P273" t="inlineStr"/>
+      <c r="Q273" t="inlineStr"/>
+      <c r="R273" t="inlineStr"/>
+      <c r="S273" t="inlineStr"/>
+      <c r="T273" t="inlineStr"/>
+      <c r="U273" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:56</t>
+        </is>
+      </c>
+    </row>
+    <row r="274">
+      <c r="A274" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B274" t="inlineStr">
+        <is>
+          <t>капуста б/к</t>
+        </is>
+      </c>
+      <c r="C274" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D274" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E274" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F274" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G274" t="n">
+        <v>660</v>
+      </c>
+      <c r="H274" t="n">
+        <v>650</v>
+      </c>
+      <c r="I274" t="n">
+        <v>33</v>
+      </c>
+      <c r="J274" t="n">
+        <v>32.5</v>
+      </c>
+      <c r="K274" t="n">
+        <v>660</v>
+      </c>
+      <c r="L274" t="n">
+        <v>650</v>
+      </c>
+      <c r="M274" t="n">
+        <v>100</v>
+      </c>
+      <c r="N274" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O274" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P274" t="inlineStr"/>
+      <c r="Q274" t="inlineStr"/>
+      <c r="R274" t="inlineStr"/>
+      <c r="S274" t="inlineStr"/>
+      <c r="T274" t="inlineStr"/>
+      <c r="U274" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:53</t>
+        </is>
+      </c>
+    </row>
+    <row r="275">
+      <c r="A275" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B275" t="inlineStr">
+        <is>
+          <t>капуста цветная</t>
+        </is>
+      </c>
+      <c r="C275" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D275" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E275" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F275" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G275" t="n">
+        <v>1500</v>
+      </c>
+      <c r="H275" t="n">
+        <v>1400</v>
+      </c>
+      <c r="I275" t="n">
+        <v>150</v>
+      </c>
+      <c r="J275" t="n">
+        <v>140</v>
+      </c>
+      <c r="K275" t="n">
+        <v>1500</v>
+      </c>
+      <c r="L275" t="n">
+        <v>1400</v>
+      </c>
+      <c r="M275" t="n">
+        <v>30</v>
+      </c>
+      <c r="N275" t="n">
+        <v>300</v>
+      </c>
+      <c r="O275" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P275" t="inlineStr"/>
+      <c r="Q275" t="inlineStr"/>
+      <c r="R275" t="inlineStr"/>
+      <c r="S275" t="inlineStr"/>
+      <c r="T275" t="inlineStr"/>
+      <c r="U275" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:51</t>
+        </is>
+      </c>
+    </row>
+    <row r="276">
+      <c r="A276" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B276" t="inlineStr">
+        <is>
+          <t>цукини</t>
+        </is>
+      </c>
+      <c r="C276" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D276" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E276" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F276" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G276" t="n">
+        <v>4500</v>
+      </c>
+      <c r="H276" t="n">
+        <v>4300</v>
+      </c>
+      <c r="I276" t="n">
+        <v>450</v>
+      </c>
+      <c r="J276" t="n">
+        <v>430</v>
+      </c>
+      <c r="K276" t="n">
+        <v>4500</v>
+      </c>
+      <c r="L276" t="n">
+        <v>4300</v>
+      </c>
+      <c r="M276" t="n">
+        <v>20</v>
+      </c>
+      <c r="N276" t="n">
+        <v>200</v>
+      </c>
+      <c r="O276" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P276" t="inlineStr"/>
+      <c r="Q276" t="inlineStr"/>
+      <c r="R276" t="inlineStr"/>
+      <c r="S276" t="inlineStr"/>
+      <c r="T276" t="inlineStr"/>
+      <c r="U276" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:49</t>
+        </is>
+      </c>
+    </row>
+    <row r="277">
+      <c r="A277" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B277" t="inlineStr">
+        <is>
+          <t>кабачки импорт</t>
+        </is>
+      </c>
+      <c r="C277" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D277" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E277" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F277" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G277" t="n">
+        <v>3500</v>
+      </c>
+      <c r="H277" t="n">
+        <v>3300</v>
+      </c>
+      <c r="I277" t="n">
+        <v>350</v>
+      </c>
+      <c r="J277" t="n">
+        <v>330</v>
+      </c>
+      <c r="K277" t="n">
+        <v>3500</v>
+      </c>
+      <c r="L277" t="n">
+        <v>3300</v>
+      </c>
+      <c r="M277" t="n">
+        <v>30</v>
+      </c>
+      <c r="N277" t="n">
+        <v>300</v>
+      </c>
+      <c r="O277" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P277" t="inlineStr"/>
+      <c r="Q277" t="inlineStr"/>
+      <c r="R277" t="inlineStr"/>
+      <c r="S277" t="inlineStr"/>
+      <c r="T277" t="inlineStr"/>
+      <c r="U277" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:46</t>
+        </is>
+      </c>
+    </row>
+    <row r="278">
+      <c r="A278" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B278" t="inlineStr">
+        <is>
+          <t>дыня желтая</t>
+        </is>
+      </c>
+      <c r="C278" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D278" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E278" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F278" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G278" t="n">
+        <v>3500</v>
+      </c>
+      <c r="H278" t="n">
+        <v>3400</v>
+      </c>
+      <c r="I278" t="n">
+        <v>350</v>
+      </c>
+      <c r="J278" t="n">
+        <v>340</v>
+      </c>
+      <c r="K278" t="n">
+        <v>3500</v>
+      </c>
+      <c r="L278" t="n">
+        <v>3400</v>
+      </c>
+      <c r="M278" t="n">
+        <v>20</v>
+      </c>
+      <c r="N278" t="n">
+        <v>200</v>
+      </c>
+      <c r="O278" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P278" t="inlineStr"/>
+      <c r="Q278" t="inlineStr"/>
+      <c r="R278" t="inlineStr"/>
+      <c r="S278" t="inlineStr"/>
+      <c r="T278" t="inlineStr"/>
+      <c r="U278" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:44</t>
+        </is>
+      </c>
+    </row>
+    <row r="279">
+      <c r="A279" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B279" t="inlineStr">
+        <is>
+          <t>груша форель</t>
+        </is>
+      </c>
+      <c r="C279" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D279" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E279" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F279" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G279" t="n">
+        <v>1920</v>
+      </c>
+      <c r="H279" t="n">
+        <v>1800</v>
+      </c>
+      <c r="I279" t="n">
+        <v>160</v>
+      </c>
+      <c r="J279" t="n">
+        <v>150</v>
+      </c>
+      <c r="K279" t="n">
+        <v>1920</v>
+      </c>
+      <c r="L279" t="n">
+        <v>1800</v>
+      </c>
+      <c r="M279" t="n">
+        <v>30</v>
+      </c>
+      <c r="N279" t="n">
+        <v>360</v>
+      </c>
+      <c r="O279" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P279" t="inlineStr"/>
+      <c r="Q279" t="inlineStr"/>
+      <c r="R279" t="inlineStr"/>
+      <c r="S279" t="inlineStr"/>
+      <c r="T279" t="inlineStr"/>
+      <c r="U279" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:38</t>
+        </is>
+      </c>
+    </row>
+    <row r="280">
+      <c r="A280" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B280" t="inlineStr">
+        <is>
+          <t>груша пакхам</t>
+        </is>
+      </c>
+      <c r="C280" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D280" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E280" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F280" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G280" t="n">
+        <v>1800</v>
+      </c>
+      <c r="H280" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I280" t="n">
+        <v>150</v>
+      </c>
+      <c r="J280" t="n">
+        <v>141.67</v>
+      </c>
+      <c r="K280" t="n">
+        <v>1800</v>
+      </c>
+      <c r="L280" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M280" t="n">
+        <v>30</v>
+      </c>
+      <c r="N280" t="n">
+        <v>360</v>
+      </c>
+      <c r="O280" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P280" t="inlineStr"/>
+      <c r="Q280" t="inlineStr"/>
+      <c r="R280" t="inlineStr"/>
+      <c r="S280" t="inlineStr"/>
+      <c r="T280" t="inlineStr"/>
+      <c r="U280" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:36</t>
+        </is>
+      </c>
+    </row>
+    <row r="281">
+      <c r="A281" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B281" t="inlineStr">
+        <is>
+          <t>груша санта мария</t>
+        </is>
+      </c>
+      <c r="C281" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D281" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E281" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F281" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G281" t="n">
+        <v>1840</v>
+      </c>
+      <c r="H281" t="n">
+        <v>1800</v>
+      </c>
+      <c r="I281" t="n">
+        <v>230</v>
+      </c>
+      <c r="J281" t="n">
+        <v>225</v>
+      </c>
+      <c r="K281" t="n">
+        <v>1840</v>
+      </c>
+      <c r="L281" t="n">
+        <v>1800</v>
+      </c>
+      <c r="M281" t="n">
+        <v>30</v>
+      </c>
+      <c r="N281" t="n">
+        <v>240</v>
+      </c>
+      <c r="O281" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P281" t="inlineStr"/>
+      <c r="Q281" t="inlineStr"/>
+      <c r="R281" t="inlineStr"/>
+      <c r="S281" t="inlineStr"/>
+      <c r="T281" t="inlineStr"/>
+      <c r="U281" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:35</t>
+        </is>
+      </c>
+    </row>
+    <row r="282">
+      <c r="A282" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B282" t="inlineStr">
+        <is>
+          <t>груша конференц</t>
+        </is>
+      </c>
+      <c r="C282" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D282" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E282" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F282" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G282" t="n">
+        <v>2900</v>
+      </c>
+      <c r="H282" t="n">
+        <v>2800</v>
+      </c>
+      <c r="I282" t="n">
+        <v>290</v>
+      </c>
+      <c r="J282" t="n">
+        <v>280</v>
+      </c>
+      <c r="K282" t="n">
+        <v>2900</v>
+      </c>
+      <c r="L282" t="n">
+        <v>2800</v>
+      </c>
+      <c r="M282" t="n">
+        <v>30</v>
+      </c>
+      <c r="N282" t="n">
+        <v>300</v>
+      </c>
+      <c r="O282" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P282" t="inlineStr"/>
+      <c r="Q282" t="inlineStr"/>
+      <c r="R282" t="inlineStr"/>
+      <c r="S282" t="inlineStr"/>
+      <c r="T282" t="inlineStr"/>
+      <c r="U282" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:32</t>
+        </is>
+      </c>
+    </row>
+    <row r="283">
+      <c r="A283" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B283" t="inlineStr">
+        <is>
+          <t>грейпфрут</t>
+        </is>
+      </c>
+      <c r="C283" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D283" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E283" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F283" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G283" t="n">
+        <v>1800</v>
+      </c>
+      <c r="H283" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I283" t="n">
+        <v>180</v>
+      </c>
+      <c r="J283" t="n">
+        <v>170</v>
+      </c>
+      <c r="K283" t="n">
+        <v>1800</v>
+      </c>
+      <c r="L283" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M283" t="n">
+        <v>20</v>
+      </c>
+      <c r="N283" t="n">
+        <v>200</v>
+      </c>
+      <c r="O283" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P283" t="inlineStr"/>
+      <c r="Q283" t="inlineStr"/>
+      <c r="R283" t="inlineStr"/>
+      <c r="S283" t="inlineStr"/>
+      <c r="T283" t="inlineStr"/>
+      <c r="U283" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:30</t>
+        </is>
+      </c>
+    </row>
+    <row r="284">
+      <c r="A284" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B284" t="inlineStr">
+        <is>
+          <t>гранат</t>
+        </is>
+      </c>
+      <c r="C284" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D284" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E284" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F284" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G284" t="n">
+        <v>2240</v>
+      </c>
+      <c r="H284" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I284" t="n">
+        <v>280</v>
+      </c>
+      <c r="J284" t="n">
+        <v>275</v>
+      </c>
+      <c r="K284" t="n">
+        <v>2240</v>
+      </c>
+      <c r="L284" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M284" t="n">
+        <v>30</v>
+      </c>
+      <c r="N284" t="n">
+        <v>240</v>
+      </c>
+      <c r="O284" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P284" t="inlineStr"/>
+      <c r="Q284" t="inlineStr"/>
+      <c r="R284" t="inlineStr"/>
+      <c r="S284" t="inlineStr"/>
+      <c r="T284" t="inlineStr"/>
+      <c r="U284" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:28</t>
+        </is>
+      </c>
+    </row>
+    <row r="285">
+      <c r="A285" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B285" t="inlineStr">
+        <is>
+          <t>голубика коррекс 250гр</t>
+        </is>
+      </c>
+      <c r="C285" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D285" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E285" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F285" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G285" t="n">
+        <v>180</v>
+      </c>
+      <c r="H285" t="n">
+        <v>175</v>
+      </c>
+      <c r="I285" t="n">
+        <v>1440</v>
+      </c>
+      <c r="J285" t="n">
+        <v>1400</v>
+      </c>
+      <c r="K285" t="n">
+        <v>180</v>
+      </c>
+      <c r="L285" t="n">
+        <v>175</v>
+      </c>
+      <c r="M285" t="n">
+        <v>10</v>
+      </c>
+      <c r="N285" t="n">
+        <v>1</v>
+      </c>
+      <c r="O285" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P285" t="inlineStr"/>
+      <c r="Q285" t="inlineStr"/>
+      <c r="R285" t="inlineStr"/>
+      <c r="S285" t="inlineStr"/>
+      <c r="T285" t="inlineStr"/>
+      <c r="U285" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:26</t>
+        </is>
+      </c>
+    </row>
+    <row r="286">
+      <c r="A286" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B286" t="inlineStr">
+        <is>
+          <t>виноград ред глоб</t>
+        </is>
+      </c>
+      <c r="C286" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D286" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E286" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F286" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G286" t="n">
+        <v>2560</v>
+      </c>
+      <c r="H286" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I286" t="n">
+        <v>320</v>
+      </c>
+      <c r="J286" t="n">
+        <v>312.5</v>
+      </c>
+      <c r="K286" t="n">
+        <v>2560</v>
+      </c>
+      <c r="L286" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M286" t="n">
+        <v>20</v>
+      </c>
+      <c r="N286" t="n">
+        <v>160</v>
+      </c>
+      <c r="O286" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P286" t="inlineStr"/>
+      <c r="Q286" t="inlineStr"/>
+      <c r="R286" t="inlineStr"/>
+      <c r="S286" t="inlineStr"/>
+      <c r="T286" t="inlineStr"/>
+      <c r="U286" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:24</t>
+        </is>
+      </c>
+    </row>
+    <row r="287">
+      <c r="A287" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B287" t="inlineStr">
+        <is>
+          <t>виноград томсон</t>
+        </is>
+      </c>
+      <c r="C287" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D287" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E287" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F287" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G287" t="n">
+        <v>3600</v>
+      </c>
+      <c r="H287" t="n">
+        <v>3500</v>
+      </c>
+      <c r="I287" t="n">
+        <v>450</v>
+      </c>
+      <c r="J287" t="n">
+        <v>437.5</v>
+      </c>
+      <c r="K287" t="n">
+        <v>3600</v>
+      </c>
+      <c r="L287" t="n">
+        <v>3500</v>
+      </c>
+      <c r="M287" t="n">
+        <v>20</v>
+      </c>
+      <c r="N287" t="n">
+        <v>160</v>
+      </c>
+      <c r="O287" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P287" t="inlineStr"/>
+      <c r="Q287" t="inlineStr"/>
+      <c r="R287" t="inlineStr"/>
+      <c r="S287" t="inlineStr"/>
+      <c r="T287" t="inlineStr"/>
+      <c r="U287" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:19</t>
+        </is>
+      </c>
+    </row>
+    <row r="288">
+      <c r="A288" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B288" t="inlineStr">
+        <is>
+          <t>виноград кримсон</t>
+        </is>
+      </c>
+      <c r="C288" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D288" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E288" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F288" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G288" t="n">
+        <v>2280</v>
+      </c>
+      <c r="H288" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I288" t="n">
+        <v>380</v>
+      </c>
+      <c r="J288" t="n">
+        <v>366.67</v>
+      </c>
+      <c r="K288" t="n">
+        <v>2280</v>
+      </c>
+      <c r="L288" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M288" t="n">
+        <v>20</v>
+      </c>
+      <c r="N288" t="n">
+        <v>120</v>
+      </c>
+      <c r="O288" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P288" t="inlineStr"/>
+      <c r="Q288" t="inlineStr"/>
+      <c r="R288" t="inlineStr"/>
+      <c r="S288" t="inlineStr"/>
+      <c r="T288" t="inlineStr"/>
+      <c r="U288" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:17</t>
+        </is>
+      </c>
+    </row>
+    <row r="289">
+      <c r="A289" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B289" t="inlineStr">
+        <is>
+          <t>бананы</t>
+        </is>
+      </c>
+      <c r="C289" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D289" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E289" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F289" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G289" t="n">
+        <v>2520</v>
+      </c>
+      <c r="H289" t="n">
+        <v>2400</v>
+      </c>
+      <c r="I289" t="n">
+        <v>140</v>
+      </c>
+      <c r="J289" t="n">
+        <v>133.33</v>
+      </c>
+      <c r="K289" t="n">
+        <v>2520</v>
+      </c>
+      <c r="L289" t="n">
+        <v>2400</v>
+      </c>
+      <c r="M289" t="n">
+        <v>50</v>
+      </c>
+      <c r="N289" t="n">
+        <v>900</v>
+      </c>
+      <c r="O289" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P289" t="inlineStr"/>
+      <c r="Q289" t="inlineStr"/>
+      <c r="R289" t="inlineStr"/>
+      <c r="S289" t="inlineStr"/>
+      <c r="T289" t="inlineStr"/>
+      <c r="U289" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:15</t>
+        </is>
+      </c>
+    </row>
+    <row r="290">
+      <c r="A290" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B290" t="inlineStr">
+        <is>
+          <t>баклажаны</t>
+        </is>
+      </c>
+      <c r="C290" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D290" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E290" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F290" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G290" t="n">
+        <v>1200</v>
+      </c>
+      <c r="H290" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I290" t="n">
+        <v>200</v>
+      </c>
+      <c r="J290" t="n">
+        <v>183.33</v>
+      </c>
+      <c r="K290" t="n">
+        <v>1200</v>
+      </c>
+      <c r="L290" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M290" t="n">
+        <v>30</v>
+      </c>
+      <c r="N290" t="n">
+        <v>180</v>
+      </c>
+      <c r="O290" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P290" t="inlineStr"/>
+      <c r="Q290" t="inlineStr"/>
+      <c r="R290" t="inlineStr"/>
+      <c r="S290" t="inlineStr"/>
+      <c r="T290" t="inlineStr"/>
+      <c r="U290" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:12</t>
+        </is>
+      </c>
+    </row>
+    <row r="291">
+      <c r="A291" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B291" t="inlineStr">
+        <is>
+          <t>апельсин красный</t>
+        </is>
+      </c>
+      <c r="C291" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D291" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E291" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F291" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G291" t="n">
+        <v>2200</v>
+      </c>
+      <c r="H291" t="n">
+        <v>2100</v>
+      </c>
+      <c r="I291" t="n">
+        <v>220</v>
+      </c>
+      <c r="J291" t="n">
+        <v>210</v>
+      </c>
+      <c r="K291" t="n">
+        <v>2200</v>
+      </c>
+      <c r="L291" t="n">
+        <v>2100</v>
+      </c>
+      <c r="M291" t="n">
+        <v>30</v>
+      </c>
+      <c r="N291" t="n">
+        <v>300</v>
+      </c>
+      <c r="O291" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P291" t="inlineStr"/>
+      <c r="Q291" t="inlineStr"/>
+      <c r="R291" t="inlineStr"/>
+      <c r="S291" t="inlineStr"/>
+      <c r="T291" t="inlineStr"/>
+      <c r="U291" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:09</t>
+        </is>
+      </c>
+    </row>
+    <row r="292">
+      <c r="A292" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B292" t="inlineStr">
+        <is>
+          <t>апельсин</t>
+        </is>
+      </c>
+      <c r="C292" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D292" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E292" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F292" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G292" t="n">
+        <v>1200</v>
+      </c>
+      <c r="H292" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I292" t="n">
+        <v>120</v>
+      </c>
+      <c r="J292" t="n">
+        <v>110</v>
+      </c>
+      <c r="K292" t="n">
+        <v>1200</v>
+      </c>
+      <c r="L292" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M292" t="n">
+        <v>50</v>
+      </c>
+      <c r="N292" t="n">
+        <v>500</v>
+      </c>
+      <c r="O292" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P292" t="inlineStr"/>
+      <c r="Q292" t="inlineStr"/>
+      <c r="R292" t="inlineStr"/>
+      <c r="S292" t="inlineStr"/>
+      <c r="T292" t="inlineStr"/>
+      <c r="U292" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:06</t>
+        </is>
+      </c>
+    </row>
+    <row r="293">
+      <c r="A293" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B293" t="inlineStr">
+        <is>
+          <t>ананас голд</t>
+        </is>
+      </c>
+      <c r="C293" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D293" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E293" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F293" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G293" t="n">
+        <v>3200</v>
+      </c>
+      <c r="H293" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I293" t="n">
+        <v>320</v>
+      </c>
+      <c r="J293" t="n">
+        <v>300</v>
+      </c>
+      <c r="K293" t="n">
+        <v>3200</v>
+      </c>
+      <c r="L293" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M293" t="n">
+        <v>30</v>
+      </c>
+      <c r="N293" t="n">
+        <v>300</v>
+      </c>
+      <c r="O293" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P293" t="inlineStr"/>
+      <c r="Q293" t="inlineStr"/>
+      <c r="R293" t="inlineStr"/>
+      <c r="S293" t="inlineStr"/>
+      <c r="T293" t="inlineStr"/>
+      <c r="U293" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:03</t>
+        </is>
+      </c>
+    </row>
+    <row r="294">
+      <c r="A294" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B294" t="inlineStr">
+        <is>
+          <t>ананас</t>
+        </is>
+      </c>
+      <c r="C294" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D294" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E294" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F294" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G294" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H294" t="n">
+        <v>2300</v>
+      </c>
+      <c r="I294" t="n">
+        <v>200</v>
+      </c>
+      <c r="J294" t="n">
+        <v>191.67</v>
+      </c>
+      <c r="K294" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L294" t="n">
+        <v>2300</v>
+      </c>
+      <c r="M294" t="n">
+        <v>30</v>
+      </c>
+      <c r="N294" t="n">
+        <v>360</v>
+      </c>
+      <c r="O294" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P294" t="inlineStr"/>
+      <c r="Q294" t="inlineStr"/>
+      <c r="R294" t="inlineStr"/>
+      <c r="S294" t="inlineStr"/>
+      <c r="T294" t="inlineStr"/>
+      <c r="U294" t="inlineStr">
+        <is>
+          <t>06.03.2026 13:01</t>
+        </is>
+      </c>
+    </row>
+    <row r="295">
+      <c r="A295" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B295" t="inlineStr">
+        <is>
+          <t>авокадо хасс</t>
+        </is>
+      </c>
+      <c r="C295" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D295" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E295" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F295" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G295" t="n">
+        <v>2550</v>
+      </c>
+      <c r="H295" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I295" t="n">
+        <v>510</v>
+      </c>
+      <c r="J295" t="n">
+        <v>500</v>
+      </c>
+      <c r="K295" t="n">
+        <v>2550</v>
+      </c>
+      <c r="L295" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M295" t="n">
+        <v>20</v>
+      </c>
+      <c r="N295" t="n">
+        <v>100</v>
+      </c>
+      <c r="O295" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P295" t="inlineStr"/>
+      <c r="Q295" t="inlineStr"/>
+      <c r="R295" t="inlineStr"/>
+      <c r="S295" t="inlineStr"/>
+      <c r="T295" t="inlineStr"/>
+      <c r="U295" t="inlineStr">
+        <is>
+          <t>06.03.2026 12:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="296">
+      <c r="A296" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B296" t="inlineStr">
+        <is>
+          <t>авокадо зеленое</t>
+        </is>
+      </c>
+      <c r="C296" t="inlineStr">
+        <is>
+          <t>ООО АННЕНФЕЛЬД</t>
+        </is>
+      </c>
+      <c r="D296" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E296" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F296" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G296" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H296" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I296" t="n">
+        <v>500</v>
+      </c>
+      <c r="J296" t="n">
+        <v>475</v>
+      </c>
+      <c r="K296" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L296" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M296" t="n">
+        <v>20</v>
+      </c>
+      <c r="N296" t="n">
+        <v>80</v>
+      </c>
+      <c r="O296" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P296" t="inlineStr"/>
+      <c r="Q296" t="inlineStr"/>
+      <c r="R296" t="inlineStr"/>
+      <c r="S296" t="inlineStr"/>
+      <c r="T296" t="inlineStr"/>
+      <c r="U296" t="inlineStr">
+        <is>
+          <t>06.03.2026 12:53</t>
+        </is>
+      </c>
+    </row>
+    <row r="297">
+      <c r="A297" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B297" t="inlineStr">
+        <is>
+          <t>фенхель</t>
+        </is>
+      </c>
+      <c r="C297" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D297" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E297" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F297" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G297" t="n">
+        <v>2750</v>
+      </c>
+      <c r="H297" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I297" t="n">
+        <v>550</v>
+      </c>
+      <c r="J297" t="n">
+        <v>500</v>
+      </c>
+      <c r="K297" t="n">
+        <v>2750</v>
+      </c>
+      <c r="L297" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M297" t="n">
+        <v>30</v>
+      </c>
+      <c r="N297" t="n">
+        <v>150</v>
+      </c>
+      <c r="O297" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P297" t="inlineStr"/>
+      <c r="Q297" t="inlineStr"/>
+      <c r="R297" t="inlineStr"/>
+      <c r="S297" t="inlineStr"/>
+      <c r="T297" t="inlineStr"/>
+      <c r="U297" t="inlineStr">
+        <is>
+          <t>05.03.2026 12:25</t>
+        </is>
+      </c>
+    </row>
+    <row r="298">
+      <c r="A298" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B298" t="inlineStr">
+        <is>
+          <t>яблоки грени смит</t>
+        </is>
+      </c>
+      <c r="C298" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D298" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E298" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F298" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G298" t="n">
+        <v>1800</v>
+      </c>
+      <c r="H298" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I298" t="n">
+        <v>180</v>
+      </c>
+      <c r="J298" t="n">
+        <v>170</v>
+      </c>
+      <c r="K298" t="n">
+        <v>1800</v>
+      </c>
+      <c r="L298" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M298" t="n">
+        <v>100</v>
+      </c>
+      <c r="N298" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O298" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P298" t="inlineStr"/>
+      <c r="Q298" t="inlineStr"/>
+      <c r="R298" t="inlineStr"/>
+      <c r="S298" t="inlineStr"/>
+      <c r="T298" t="inlineStr"/>
+      <c r="U298" t="inlineStr">
+        <is>
+          <t>05.03.2026 12:22</t>
+        </is>
+      </c>
+    </row>
+    <row r="299">
+      <c r="A299" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B299" t="inlineStr">
+        <is>
+          <t>яблоко фуджи</t>
+        </is>
+      </c>
+      <c r="C299" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D299" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E299" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F299" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G299" t="n">
+        <v>1900</v>
+      </c>
+      <c r="H299" t="n">
+        <v>1800</v>
+      </c>
+      <c r="I299" t="n">
+        <v>190</v>
+      </c>
+      <c r="J299" t="n">
+        <v>180</v>
+      </c>
+      <c r="K299" t="n">
+        <v>1900</v>
+      </c>
+      <c r="L299" t="n">
+        <v>1800</v>
+      </c>
+      <c r="M299" t="n">
+        <v>50</v>
+      </c>
+      <c r="N299" t="n">
+        <v>500</v>
+      </c>
+      <c r="O299" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P299" t="inlineStr"/>
+      <c r="Q299" t="inlineStr"/>
+      <c r="R299" t="inlineStr"/>
+      <c r="S299" t="inlineStr"/>
+      <c r="T299" t="inlineStr"/>
+      <c r="U299" t="inlineStr">
+        <is>
+          <t>05.03.2026 12:21</t>
+        </is>
+      </c>
+    </row>
+    <row r="300">
+      <c r="A300" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B300" t="inlineStr">
+        <is>
+          <t>яблоко пинк леди</t>
+        </is>
+      </c>
+      <c r="C300" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D300" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E300" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F300" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G300" t="n">
+        <v>1800</v>
+      </c>
+      <c r="H300" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I300" t="n">
+        <v>180</v>
+      </c>
+      <c r="J300" t="n">
+        <v>170</v>
+      </c>
+      <c r="K300" t="n">
+        <v>1800</v>
+      </c>
+      <c r="L300" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M300" t="n">
+        <v>50</v>
+      </c>
+      <c r="N300" t="n">
+        <v>500</v>
+      </c>
+      <c r="O300" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P300" t="inlineStr"/>
+      <c r="Q300" t="inlineStr"/>
+      <c r="R300" t="inlineStr"/>
+      <c r="S300" t="inlineStr"/>
+      <c r="T300" t="inlineStr"/>
+      <c r="U300" t="inlineStr">
+        <is>
+          <t>05.03.2026 12:19</t>
+        </is>
+      </c>
+    </row>
+    <row r="301">
+      <c r="A301" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B301" t="inlineStr">
+        <is>
+          <t>яблоко гольден</t>
+        </is>
+      </c>
+      <c r="C301" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D301" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E301" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F301" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G301" t="n">
+        <v>2200</v>
+      </c>
+      <c r="H301" t="n">
+        <v>2100</v>
+      </c>
+      <c r="I301" t="n">
+        <v>220</v>
+      </c>
+      <c r="J301" t="n">
+        <v>210</v>
+      </c>
+      <c r="K301" t="n">
+        <v>2200</v>
+      </c>
+      <c r="L301" t="n">
+        <v>2100</v>
+      </c>
+      <c r="M301" t="n">
+        <v>100</v>
+      </c>
+      <c r="N301" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O301" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P301" t="inlineStr"/>
+      <c r="Q301" t="inlineStr"/>
+      <c r="R301" t="inlineStr"/>
+      <c r="S301" t="inlineStr"/>
+      <c r="T301" t="inlineStr"/>
+      <c r="U301" t="inlineStr">
+        <is>
+          <t>05.03.2026 12:17</t>
+        </is>
+      </c>
+    </row>
+    <row r="302">
+      <c r="A302" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B302" t="inlineStr">
+        <is>
+          <t>яблоко антоновка</t>
+        </is>
+      </c>
+      <c r="C302" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D302" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E302" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F302" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G302" t="n">
+        <v>2550</v>
+      </c>
+      <c r="H302" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I302" t="n">
+        <v>170</v>
+      </c>
+      <c r="J302" t="n">
+        <v>166.67</v>
+      </c>
+      <c r="K302" t="n">
+        <v>2550</v>
+      </c>
+      <c r="L302" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M302" t="n">
+        <v>50</v>
+      </c>
+      <c r="N302" t="n">
+        <v>750</v>
+      </c>
+      <c r="O302" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P302" t="inlineStr"/>
+      <c r="Q302" t="inlineStr"/>
+      <c r="R302" t="inlineStr"/>
+      <c r="S302" t="inlineStr"/>
+      <c r="T302" t="inlineStr"/>
+      <c r="U302" t="inlineStr">
+        <is>
+          <t>05.03.2026 12:15</t>
+        </is>
+      </c>
+    </row>
+    <row r="303">
+      <c r="A303" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B303" t="inlineStr">
+        <is>
+          <t>чеснок</t>
+        </is>
+      </c>
+      <c r="C303" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D303" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E303" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F303" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G303" t="n">
+        <v>2700</v>
+      </c>
+      <c r="H303" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I303" t="n">
+        <v>180</v>
+      </c>
+      <c r="J303" t="n">
+        <v>166.67</v>
+      </c>
+      <c r="K303" t="n">
+        <v>2700</v>
+      </c>
+      <c r="L303" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M303" t="n">
+        <v>100</v>
+      </c>
+      <c r="N303" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O303" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P303" t="inlineStr"/>
+      <c r="Q303" t="inlineStr"/>
+      <c r="R303" t="inlineStr"/>
+      <c r="S303" t="inlineStr"/>
+      <c r="T303" t="inlineStr"/>
+      <c r="U303" t="inlineStr">
+        <is>
+          <t>05.03.2026 11:22</t>
+        </is>
+      </c>
+    </row>
+    <row r="304">
+      <c r="A304" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B304" t="inlineStr">
+        <is>
+          <t>чеснок</t>
+        </is>
+      </c>
+      <c r="C304" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D304" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E304" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F304" t="inlineStr">
+        <is>
+          <t>Мешок</t>
+        </is>
+      </c>
+      <c r="G304" t="n">
+        <v>5250</v>
+      </c>
+      <c r="H304" t="n">
+        <v>5000</v>
+      </c>
+      <c r="I304" t="n">
+        <v>350</v>
+      </c>
+      <c r="J304" t="n">
+        <v>333.33</v>
+      </c>
+      <c r="K304" t="n">
+        <v>5250</v>
+      </c>
+      <c r="L304" t="n">
+        <v>5000</v>
+      </c>
+      <c r="M304" t="n">
+        <v>50</v>
+      </c>
+      <c r="N304" t="n">
+        <v>750</v>
+      </c>
+      <c r="O304" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P304" t="inlineStr"/>
+      <c r="Q304" t="inlineStr"/>
+      <c r="R304" t="inlineStr"/>
+      <c r="S304" t="inlineStr"/>
+      <c r="T304" t="inlineStr">
+        <is>
+          <t>Краснодар</t>
+        </is>
+      </c>
+      <c r="U304" t="inlineStr">
+        <is>
+          <t>05.03.2026 11:20</t>
+        </is>
+      </c>
+    </row>
+    <row r="305">
+      <c r="A305" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B305" t="inlineStr">
+        <is>
+          <t>хурма сорт испанский</t>
+        </is>
+      </c>
+      <c r="C305" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D305" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E305" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F305" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G305" t="n">
+        <v>4640</v>
+      </c>
+      <c r="H305" t="n">
+        <v>4500</v>
+      </c>
+      <c r="I305" t="n">
+        <v>580</v>
+      </c>
+      <c r="J305" t="n">
+        <v>562.5</v>
+      </c>
+      <c r="K305" t="n">
+        <v>4640</v>
+      </c>
+      <c r="L305" t="n">
+        <v>4500</v>
+      </c>
+      <c r="M305" t="n">
+        <v>50</v>
+      </c>
+      <c r="N305" t="n">
+        <v>400</v>
+      </c>
+      <c r="O305" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P305" t="inlineStr"/>
+      <c r="Q305" t="inlineStr"/>
+      <c r="R305" t="inlineStr"/>
+      <c r="S305" t="inlineStr"/>
+      <c r="T305" t="inlineStr"/>
+      <c r="U305" t="inlineStr">
+        <is>
+          <t>05.03.2026 11:18</t>
+        </is>
+      </c>
+    </row>
+    <row r="306">
+      <c r="A306" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B306" t="inlineStr">
+        <is>
+          <t>хурма шарон</t>
+        </is>
+      </c>
+      <c r="C306" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D306" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E306" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F306" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G306" t="n">
+        <v>2900</v>
+      </c>
+      <c r="H306" t="n">
+        <v>2800</v>
+      </c>
+      <c r="I306" t="n">
+        <v>290</v>
+      </c>
+      <c r="J306" t="n">
+        <v>280</v>
+      </c>
+      <c r="K306" t="n">
+        <v>2900</v>
+      </c>
+      <c r="L306" t="n">
+        <v>2800</v>
+      </c>
+      <c r="M306" t="n">
+        <v>50</v>
+      </c>
+      <c r="N306" t="n">
+        <v>500</v>
+      </c>
+      <c r="O306" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P306" t="inlineStr"/>
+      <c r="Q306" t="inlineStr"/>
+      <c r="R306" t="inlineStr"/>
+      <c r="S306" t="inlineStr"/>
+      <c r="T306" t="inlineStr"/>
+      <c r="U306" t="inlineStr">
+        <is>
+          <t>05.03.2026 11:15</t>
+        </is>
+      </c>
+    </row>
+    <row r="307">
+      <c r="A307" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B307" t="inlineStr">
+        <is>
+          <t>хурма королек</t>
+        </is>
+      </c>
+      <c r="C307" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D307" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E307" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F307" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G307" t="n">
+        <v>2600</v>
+      </c>
+      <c r="H307" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I307" t="n">
+        <v>260</v>
+      </c>
+      <c r="J307" t="n">
+        <v>250</v>
+      </c>
+      <c r="K307" t="n">
+        <v>2600</v>
+      </c>
+      <c r="L307" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M307" t="n">
+        <v>30</v>
+      </c>
+      <c r="N307" t="n">
+        <v>300</v>
+      </c>
+      <c r="O307" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P307" t="inlineStr"/>
+      <c r="Q307" t="inlineStr"/>
+      <c r="R307" t="inlineStr"/>
+      <c r="S307" t="inlineStr"/>
+      <c r="T307" t="inlineStr"/>
+      <c r="U307" t="inlineStr">
+        <is>
+          <t>05.03.2026 11:12</t>
+        </is>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B308" t="inlineStr">
+        <is>
+          <t>физалис</t>
+        </is>
+      </c>
+      <c r="C308" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D308" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E308" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F308" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G308" t="n">
+        <v>280</v>
+      </c>
+      <c r="H308" t="n">
+        <v>250</v>
+      </c>
+      <c r="I308" t="n">
+        <v>140</v>
+      </c>
+      <c r="J308" t="n">
+        <v>125</v>
+      </c>
+      <c r="K308" t="n">
+        <v>280</v>
+      </c>
+      <c r="L308" t="n">
+        <v>250</v>
+      </c>
+      <c r="M308" t="n">
+        <v>10</v>
+      </c>
+      <c r="N308" t="n">
+        <v>20</v>
+      </c>
+      <c r="O308" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P308" t="inlineStr"/>
+      <c r="Q308" t="inlineStr"/>
+      <c r="R308" t="inlineStr"/>
+      <c r="S308" t="inlineStr"/>
+      <c r="T308" t="inlineStr"/>
+      <c r="U308" t="inlineStr">
+        <is>
+          <t>05.03.2026 11:10</t>
+        </is>
+      </c>
+    </row>
+    <row r="309">
+      <c r="A309" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B309" t="inlineStr">
+        <is>
+          <t>тыква бутылка</t>
+        </is>
+      </c>
+      <c r="C309" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D309" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E309" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F309" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G309" t="n">
+        <v>980</v>
+      </c>
+      <c r="H309" t="n">
+        <v>950</v>
+      </c>
+      <c r="I309" t="n">
+        <v>49</v>
+      </c>
+      <c r="J309" t="n">
+        <v>47.5</v>
+      </c>
+      <c r="K309" t="n">
+        <v>980</v>
+      </c>
+      <c r="L309" t="n">
+        <v>950</v>
+      </c>
+      <c r="M309" t="n">
+        <v>100</v>
+      </c>
+      <c r="N309" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O309" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P309" t="inlineStr"/>
+      <c r="Q309" t="inlineStr"/>
+      <c r="R309" t="inlineStr"/>
+      <c r="S309" t="inlineStr"/>
+      <c r="T309" t="inlineStr"/>
+      <c r="U309" t="inlineStr">
+        <is>
+          <t>05.03.2026 11:08</t>
+        </is>
+      </c>
+    </row>
+    <row r="310">
+      <c r="A310" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B310" t="inlineStr">
+        <is>
+          <t>томат ветка</t>
+        </is>
+      </c>
+      <c r="C310" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D310" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E310" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F310" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G310" t="n">
+        <v>1400</v>
+      </c>
+      <c r="H310" t="n">
+        <v>1300</v>
+      </c>
+      <c r="I310" t="n">
+        <v>175</v>
+      </c>
+      <c r="J310" t="n">
+        <v>162.5</v>
+      </c>
+      <c r="K310" t="n">
+        <v>1400</v>
+      </c>
+      <c r="L310" t="n">
+        <v>1300</v>
+      </c>
+      <c r="M310" t="n">
+        <v>50</v>
+      </c>
+      <c r="N310" t="n">
+        <v>400</v>
+      </c>
+      <c r="O310" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P310" t="inlineStr"/>
+      <c r="Q310" t="inlineStr"/>
+      <c r="R310" t="inlineStr"/>
+      <c r="S310" t="inlineStr"/>
+      <c r="T310" t="inlineStr"/>
+      <c r="U310" t="inlineStr">
+        <is>
+          <t>05.03.2026 11:01</t>
+        </is>
+      </c>
+    </row>
+    <row r="311">
+      <c r="A311" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B311" t="inlineStr">
+        <is>
+          <t>томат черри вал</t>
+        </is>
+      </c>
+      <c r="C311" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D311" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E311" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F311" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G311" t="n">
+        <v>1700</v>
+      </c>
+      <c r="H311" t="n">
+        <v>1600</v>
+      </c>
+      <c r="I311" t="n">
+        <v>340</v>
+      </c>
+      <c r="J311" t="n">
+        <v>320</v>
+      </c>
+      <c r="K311" t="n">
+        <v>1700</v>
+      </c>
+      <c r="L311" t="n">
+        <v>1600</v>
+      </c>
+      <c r="M311" t="n">
+        <v>50</v>
+      </c>
+      <c r="N311" t="n">
+        <v>250</v>
+      </c>
+      <c r="O311" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P311" t="inlineStr"/>
+      <c r="Q311" t="inlineStr"/>
+      <c r="R311" t="inlineStr"/>
+      <c r="S311" t="inlineStr"/>
+      <c r="T311" t="inlineStr"/>
+      <c r="U311" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:59</t>
+        </is>
+      </c>
+    </row>
+    <row r="312">
+      <c r="A312" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B312" t="inlineStr">
+        <is>
+          <t>томат черри ветка</t>
+        </is>
+      </c>
+      <c r="C312" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D312" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E312" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F312" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G312" t="n">
+        <v>2900</v>
+      </c>
+      <c r="H312" t="n">
+        <v>2800</v>
+      </c>
+      <c r="I312" t="n">
+        <v>580</v>
+      </c>
+      <c r="J312" t="n">
+        <v>560</v>
+      </c>
+      <c r="K312" t="n">
+        <v>2900</v>
+      </c>
+      <c r="L312" t="n">
+        <v>2800</v>
+      </c>
+      <c r="M312" t="n">
+        <v>50</v>
+      </c>
+      <c r="N312" t="n">
+        <v>250</v>
+      </c>
+      <c r="O312" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P312" t="inlineStr"/>
+      <c r="Q312" t="inlineStr"/>
+      <c r="R312" t="inlineStr"/>
+      <c r="S312" t="inlineStr"/>
+      <c r="T312" t="inlineStr"/>
+      <c r="U312" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="313">
+      <c r="A313" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B313" t="inlineStr">
+        <is>
+          <t>томат розовый узбек</t>
+        </is>
+      </c>
+      <c r="C313" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D313" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E313" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F313" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G313" t="n">
+        <v>4250</v>
+      </c>
+      <c r="H313" t="n">
+        <v>4000</v>
+      </c>
+      <c r="I313" t="n">
+        <v>850</v>
+      </c>
+      <c r="J313" t="n">
+        <v>800</v>
+      </c>
+      <c r="K313" t="n">
+        <v>4250</v>
+      </c>
+      <c r="L313" t="n">
+        <v>4000</v>
+      </c>
+      <c r="M313" t="n">
+        <v>30</v>
+      </c>
+      <c r="N313" t="n">
+        <v>150</v>
+      </c>
+      <c r="O313" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P313" t="inlineStr"/>
+      <c r="Q313" t="inlineStr"/>
+      <c r="R313" t="inlineStr"/>
+      <c r="S313" t="inlineStr"/>
+      <c r="T313" t="inlineStr"/>
+      <c r="U313" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:54</t>
+        </is>
+      </c>
+    </row>
+    <row r="314">
+      <c r="A314" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B314" t="inlineStr">
+        <is>
+          <t>томат сливка красный</t>
+        </is>
+      </c>
+      <c r="C314" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D314" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E314" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F314" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G314" t="n">
+        <v>2800</v>
+      </c>
+      <c r="H314" t="n">
+        <v>2700</v>
+      </c>
+      <c r="I314" t="n">
+        <v>280</v>
+      </c>
+      <c r="J314" t="n">
+        <v>270</v>
+      </c>
+      <c r="K314" t="n">
+        <v>2800</v>
+      </c>
+      <c r="L314" t="n">
+        <v>2700</v>
+      </c>
+      <c r="M314" t="n">
+        <v>50</v>
+      </c>
+      <c r="N314" t="n">
+        <v>500</v>
+      </c>
+      <c r="O314" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P314" t="inlineStr"/>
+      <c r="Q314" t="inlineStr"/>
+      <c r="R314" t="inlineStr"/>
+      <c r="S314" t="inlineStr"/>
+      <c r="T314" t="inlineStr"/>
+      <c r="U314" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:52</t>
+        </is>
+      </c>
+    </row>
+    <row r="315">
+      <c r="A315" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B315" t="inlineStr">
+        <is>
+          <t>томат розовый</t>
+        </is>
+      </c>
+      <c r="C315" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D315" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E315" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F315" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G315" t="n">
+        <v>3300</v>
+      </c>
+      <c r="H315" t="n">
+        <v>3200</v>
+      </c>
+      <c r="I315" t="n">
+        <v>330</v>
+      </c>
+      <c r="J315" t="n">
+        <v>320</v>
+      </c>
+      <c r="K315" t="n">
+        <v>3300</v>
+      </c>
+      <c r="L315" t="n">
+        <v>3200</v>
+      </c>
+      <c r="M315" t="n">
+        <v>50</v>
+      </c>
+      <c r="N315" t="n">
+        <v>500</v>
+      </c>
+      <c r="O315" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P315" t="inlineStr"/>
+      <c r="Q315" t="inlineStr"/>
+      <c r="R315" t="inlineStr"/>
+      <c r="S315" t="inlineStr"/>
+      <c r="T315" t="inlineStr">
+        <is>
+          <t>5 калибр</t>
+        </is>
+      </c>
+      <c r="U315" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:50</t>
+        </is>
+      </c>
+    </row>
+    <row r="316">
+      <c r="A316" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B316" t="inlineStr">
+        <is>
+          <t>слива красная</t>
+        </is>
+      </c>
+      <c r="C316" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D316" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E316" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F316" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G316" t="n">
+        <v>2190</v>
+      </c>
+      <c r="H316" t="n">
+        <v>2100</v>
+      </c>
+      <c r="I316" t="n">
+        <v>365</v>
+      </c>
+      <c r="J316" t="n">
+        <v>350</v>
+      </c>
+      <c r="K316" t="n">
+        <v>2190</v>
+      </c>
+      <c r="L316" t="n">
+        <v>2100</v>
+      </c>
+      <c r="M316" t="n">
+        <v>30</v>
+      </c>
+      <c r="N316" t="n">
+        <v>180</v>
+      </c>
+      <c r="O316" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P316" t="inlineStr"/>
+      <c r="Q316" t="inlineStr"/>
+      <c r="R316" t="inlineStr"/>
+      <c r="S316" t="inlineStr"/>
+      <c r="T316" t="inlineStr"/>
+      <c r="U316" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:45</t>
+        </is>
+      </c>
+    </row>
+    <row r="317">
+      <c r="A317" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B317" t="inlineStr">
+        <is>
+          <t>сельдерей стебель</t>
+        </is>
+      </c>
+      <c r="C317" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D317" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E317" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F317" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G317" t="n">
+        <v>2200</v>
+      </c>
+      <c r="H317" t="n">
+        <v>2100</v>
+      </c>
+      <c r="I317" t="n">
+        <v>220</v>
+      </c>
+      <c r="J317" t="n">
+        <v>210</v>
+      </c>
+      <c r="K317" t="n">
+        <v>2200</v>
+      </c>
+      <c r="L317" t="n">
+        <v>2100</v>
+      </c>
+      <c r="M317" t="n">
+        <v>50</v>
+      </c>
+      <c r="N317" t="n">
+        <v>500</v>
+      </c>
+      <c r="O317" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P317" t="inlineStr"/>
+      <c r="Q317" t="inlineStr"/>
+      <c r="R317" t="inlineStr"/>
+      <c r="S317" t="inlineStr"/>
+      <c r="T317" t="inlineStr"/>
+      <c r="U317" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:43</t>
+        </is>
+      </c>
+    </row>
+    <row r="318">
+      <c r="A318" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B318" t="inlineStr">
+        <is>
+          <t>сельдерей корень</t>
+        </is>
+      </c>
+      <c r="C318" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D318" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E318" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F318" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G318" t="n">
+        <v>1840</v>
+      </c>
+      <c r="H318" t="n">
+        <v>1800</v>
+      </c>
+      <c r="I318" t="n">
+        <v>230</v>
+      </c>
+      <c r="J318" t="n">
+        <v>225</v>
+      </c>
+      <c r="K318" t="n">
+        <v>1840</v>
+      </c>
+      <c r="L318" t="n">
+        <v>1800</v>
+      </c>
+      <c r="M318" t="n">
+        <v>30</v>
+      </c>
+      <c r="N318" t="n">
+        <v>240</v>
+      </c>
+      <c r="O318" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P318" t="inlineStr"/>
+      <c r="Q318" t="inlineStr"/>
+      <c r="R318" t="inlineStr"/>
+      <c r="S318" t="inlineStr"/>
+      <c r="T318" t="inlineStr"/>
+      <c r="U318" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:42</t>
+        </is>
+      </c>
+    </row>
+    <row r="319">
+      <c r="A319" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B319" t="inlineStr">
+        <is>
+          <t>свекла</t>
+        </is>
+      </c>
+      <c r="C319" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D319" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E319" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F319" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G319" t="n">
+        <v>660</v>
+      </c>
+      <c r="H319" t="n">
+        <v>650</v>
+      </c>
+      <c r="I319" t="n">
+        <v>33</v>
+      </c>
+      <c r="J319" t="n">
+        <v>32.5</v>
+      </c>
+      <c r="K319" t="n">
+        <v>660</v>
+      </c>
+      <c r="L319" t="n">
+        <v>650</v>
+      </c>
+      <c r="M319" t="n">
+        <v>100</v>
+      </c>
+      <c r="N319" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O319" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P319" t="inlineStr"/>
+      <c r="Q319" t="inlineStr"/>
+      <c r="R319" t="inlineStr"/>
+      <c r="S319" t="inlineStr"/>
+      <c r="T319" t="inlineStr"/>
+      <c r="U319" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:36</t>
+        </is>
+      </c>
+    </row>
+    <row r="320">
+      <c r="A320" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B320" t="inlineStr">
+        <is>
+          <t>шпинат мини пачка</t>
+        </is>
+      </c>
+      <c r="C320" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D320" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E320" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F320" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G320" t="n">
+        <v>220</v>
+      </c>
+      <c r="H320" t="n">
+        <v>210</v>
+      </c>
+      <c r="I320" t="n">
+        <v>1760</v>
+      </c>
+      <c r="J320" t="n">
+        <v>1680</v>
+      </c>
+      <c r="K320" t="n">
+        <v>220</v>
+      </c>
+      <c r="L320" t="n">
+        <v>210</v>
+      </c>
+      <c r="M320" t="n">
+        <v>50</v>
+      </c>
+      <c r="N320" t="n">
+        <v>6</v>
+      </c>
+      <c r="O320" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P320" t="inlineStr"/>
+      <c r="Q320" t="inlineStr"/>
+      <c r="R320" t="inlineStr"/>
+      <c r="S320" t="inlineStr"/>
+      <c r="T320" t="inlineStr"/>
+      <c r="U320" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:35</t>
+        </is>
+      </c>
+    </row>
+    <row r="321">
+      <c r="A321" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B321" t="inlineStr">
+        <is>
+          <t>салат микс пачка</t>
+        </is>
+      </c>
+      <c r="C321" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D321" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E321" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F321" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G321" t="n">
+        <v>190</v>
+      </c>
+      <c r="H321" t="n">
+        <v>190</v>
+      </c>
+      <c r="I321" t="n">
+        <v>1520</v>
+      </c>
+      <c r="J321" t="n">
+        <v>1520</v>
+      </c>
+      <c r="K321" t="n">
+        <v>190</v>
+      </c>
+      <c r="L321" t="n">
+        <v>190</v>
+      </c>
+      <c r="M321" t="n">
+        <v>50</v>
+      </c>
+      <c r="N321" t="n">
+        <v>6</v>
+      </c>
+      <c r="O321" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P321" t="inlineStr"/>
+      <c r="Q321" t="inlineStr"/>
+      <c r="R321" t="inlineStr"/>
+      <c r="S321" t="inlineStr"/>
+      <c r="T321" t="inlineStr"/>
+      <c r="U321" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:28</t>
+        </is>
+      </c>
+    </row>
+    <row r="322">
+      <c r="A322" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B322" t="inlineStr">
+        <is>
+          <t>руккола пачка</t>
+        </is>
+      </c>
+      <c r="C322" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D322" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E322" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F322" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G322" t="n">
+        <v>190</v>
+      </c>
+      <c r="H322" t="n">
+        <v>180</v>
+      </c>
+      <c r="I322" t="n">
+        <v>1520</v>
+      </c>
+      <c r="J322" t="n">
+        <v>1440</v>
+      </c>
+      <c r="K322" t="n">
+        <v>190</v>
+      </c>
+      <c r="L322" t="n">
+        <v>180</v>
+      </c>
+      <c r="M322" t="n">
+        <v>50</v>
+      </c>
+      <c r="N322" t="n">
+        <v>6</v>
+      </c>
+      <c r="O322" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P322" t="inlineStr"/>
+      <c r="Q322" t="inlineStr"/>
+      <c r="R322" t="inlineStr"/>
+      <c r="S322" t="inlineStr"/>
+      <c r="T322" t="inlineStr"/>
+      <c r="U322" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:27</t>
+        </is>
+      </c>
+    </row>
+    <row r="323">
+      <c r="A323" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B323" t="inlineStr">
+        <is>
+          <t>салат ромэйн</t>
+        </is>
+      </c>
+      <c r="C323" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D323" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E323" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F323" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G323" t="n">
+        <v>1150</v>
+      </c>
+      <c r="H323" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I323" t="n">
+        <v>230</v>
+      </c>
+      <c r="J323" t="n">
+        <v>220</v>
+      </c>
+      <c r="K323" t="n">
+        <v>1150</v>
+      </c>
+      <c r="L323" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M323" t="n">
+        <v>50</v>
+      </c>
+      <c r="N323" t="n">
+        <v>250</v>
+      </c>
+      <c r="O323" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P323" t="inlineStr"/>
+      <c r="Q323" t="inlineStr"/>
+      <c r="R323" t="inlineStr"/>
+      <c r="S323" t="inlineStr"/>
+      <c r="T323" t="inlineStr"/>
+      <c r="U323" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:25</t>
+        </is>
+      </c>
+    </row>
+    <row r="324">
+      <c r="A324" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B324" t="inlineStr">
+        <is>
+          <t>капуста пекинская</t>
+        </is>
+      </c>
+      <c r="C324" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D324" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E324" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F324" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G324" t="n">
+        <v>900</v>
+      </c>
+      <c r="H324" t="n">
+        <v>850</v>
+      </c>
+      <c r="I324" t="n">
+        <v>90</v>
+      </c>
+      <c r="J324" t="n">
+        <v>85</v>
+      </c>
+      <c r="K324" t="n">
+        <v>900</v>
+      </c>
+      <c r="L324" t="n">
+        <v>850</v>
+      </c>
+      <c r="M324" t="n">
+        <v>50</v>
+      </c>
+      <c r="N324" t="n">
+        <v>500</v>
+      </c>
+      <c r="O324" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P324" t="inlineStr"/>
+      <c r="Q324" t="inlineStr"/>
+      <c r="R324" t="inlineStr"/>
+      <c r="S324" t="inlineStr"/>
+      <c r="T324" t="inlineStr"/>
+      <c r="U324" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:23</t>
+        </is>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B325" t="inlineStr">
+        <is>
+          <t>салат айсберг</t>
+        </is>
+      </c>
+      <c r="C325" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D325" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E325" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F325" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G325" t="n">
+        <v>1200</v>
+      </c>
+      <c r="H325" t="n">
+        <v>1150</v>
+      </c>
+      <c r="I325" t="n">
+        <v>240</v>
+      </c>
+      <c r="J325" t="n">
+        <v>230</v>
+      </c>
+      <c r="K325" t="n">
+        <v>1200</v>
+      </c>
+      <c r="L325" t="n">
+        <v>1150</v>
+      </c>
+      <c r="M325" t="n">
+        <v>100</v>
+      </c>
+      <c r="N325" t="n">
+        <v>500</v>
+      </c>
+      <c r="O325" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P325" t="inlineStr"/>
+      <c r="Q325" t="inlineStr"/>
+      <c r="R325" t="inlineStr"/>
+      <c r="S325" t="inlineStr"/>
+      <c r="T325" t="inlineStr"/>
+      <c r="U325" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:21</t>
+        </is>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B326" t="inlineStr">
+        <is>
+          <t>красная смородина коррекс 250гр</t>
+        </is>
+      </c>
+      <c r="C326" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D326" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E326" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F326" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G326" t="n">
+        <v>750</v>
+      </c>
+      <c r="H326" t="n">
+        <v>750</v>
+      </c>
+      <c r="I326" t="n">
+        <v>6000</v>
+      </c>
+      <c r="J326" t="n">
+        <v>6000</v>
+      </c>
+      <c r="K326" t="n">
+        <v>750</v>
+      </c>
+      <c r="L326" t="n">
+        <v>750</v>
+      </c>
+      <c r="M326" t="n">
+        <v>30</v>
+      </c>
+      <c r="N326" t="n">
+        <v>3</v>
+      </c>
+      <c r="O326" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P326" t="inlineStr"/>
+      <c r="Q326" t="inlineStr"/>
+      <c r="R326" t="inlineStr"/>
+      <c r="S326" t="inlineStr"/>
+      <c r="T326" t="inlineStr"/>
+      <c r="U326" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:20</t>
+        </is>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B327" t="inlineStr">
+        <is>
+          <t>редька маргеланская черная</t>
+        </is>
+      </c>
+      <c r="C327" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D327" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E327" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F327" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G327" t="n">
+        <v>1125</v>
+      </c>
+      <c r="H327" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I327" t="n">
+        <v>75</v>
+      </c>
+      <c r="J327" t="n">
+        <v>73.33</v>
+      </c>
+      <c r="K327" t="n">
+        <v>1125</v>
+      </c>
+      <c r="L327" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M327" t="n">
+        <v>20</v>
+      </c>
+      <c r="N327" t="n">
+        <v>300</v>
+      </c>
+      <c r="O327" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P327" t="inlineStr"/>
+      <c r="Q327" t="inlineStr"/>
+      <c r="R327" t="inlineStr"/>
+      <c r="S327" t="inlineStr"/>
+      <c r="T327" t="inlineStr"/>
+      <c r="U327" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:18</t>
+        </is>
+      </c>
+    </row>
+    <row r="328">
+      <c r="A328" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B328" t="inlineStr">
+        <is>
+          <t>редька маргеланская зеленая</t>
+        </is>
+      </c>
+      <c r="C328" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D328" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E328" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F328" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G328" t="n">
+        <v>885</v>
+      </c>
+      <c r="H328" t="n">
+        <v>870</v>
+      </c>
+      <c r="I328" t="n">
+        <v>59</v>
+      </c>
+      <c r="J328" t="n">
+        <v>58</v>
+      </c>
+      <c r="K328" t="n">
+        <v>885</v>
+      </c>
+      <c r="L328" t="n">
+        <v>870</v>
+      </c>
+      <c r="M328" t="n">
+        <v>100</v>
+      </c>
+      <c r="N328" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O328" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P328" t="inlineStr"/>
+      <c r="Q328" t="inlineStr"/>
+      <c r="R328" t="inlineStr"/>
+      <c r="S328" t="inlineStr"/>
+      <c r="T328" t="inlineStr"/>
+      <c r="U328" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:15</t>
+        </is>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B329" t="inlineStr">
+        <is>
+          <t>помело</t>
+        </is>
+      </c>
+      <c r="C329" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D329" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E329" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F329" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G329" t="n">
+        <v>560</v>
+      </c>
+      <c r="H329" t="n">
+        <v>550</v>
+      </c>
+      <c r="I329" t="n">
+        <v>140</v>
+      </c>
+      <c r="J329" t="n">
+        <v>137.5</v>
+      </c>
+      <c r="K329" t="n">
+        <v>560</v>
+      </c>
+      <c r="L329" t="n">
+        <v>550</v>
+      </c>
+      <c r="M329" t="n">
+        <v>20</v>
+      </c>
+      <c r="N329" t="n">
+        <v>80</v>
+      </c>
+      <c r="O329" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P329" t="inlineStr"/>
+      <c r="Q329" t="inlineStr"/>
+      <c r="R329" t="inlineStr"/>
+      <c r="S329" t="inlineStr"/>
+      <c r="T329" t="inlineStr">
+        <is>
+          <t>Помело белое</t>
+        </is>
+      </c>
+      <c r="U329" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:13</t>
+        </is>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B330" t="inlineStr">
+        <is>
+          <t>помело</t>
+        </is>
+      </c>
+      <c r="C330" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D330" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E330" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F330" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G330" t="n">
+        <v>880</v>
+      </c>
+      <c r="H330" t="n">
+        <v>800</v>
+      </c>
+      <c r="I330" t="n">
+        <v>220</v>
+      </c>
+      <c r="J330" t="n">
+        <v>200</v>
+      </c>
+      <c r="K330" t="n">
+        <v>880</v>
+      </c>
+      <c r="L330" t="n">
+        <v>800</v>
+      </c>
+      <c r="M330" t="n">
+        <v>30</v>
+      </c>
+      <c r="N330" t="n">
+        <v>120</v>
+      </c>
+      <c r="O330" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P330" t="inlineStr"/>
+      <c r="Q330" t="inlineStr"/>
+      <c r="R330" t="inlineStr"/>
+      <c r="S330" t="inlineStr"/>
+      <c r="T330" t="inlineStr">
+        <is>
+          <t>Помело красное</t>
+        </is>
+      </c>
+      <c r="U330" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:12</t>
+        </is>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B331" t="inlineStr">
+        <is>
+          <t>перец чили красный</t>
+        </is>
+      </c>
+      <c r="C331" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D331" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E331" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F331" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G331" t="n">
+        <v>2750</v>
+      </c>
+      <c r="H331" t="n">
+        <v>2600</v>
+      </c>
+      <c r="I331" t="n">
+        <v>550</v>
+      </c>
+      <c r="J331" t="n">
+        <v>520</v>
+      </c>
+      <c r="K331" t="n">
+        <v>2750</v>
+      </c>
+      <c r="L331" t="n">
+        <v>2600</v>
+      </c>
+      <c r="M331" t="n">
+        <v>20</v>
+      </c>
+      <c r="N331" t="n">
+        <v>100</v>
+      </c>
+      <c r="O331" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P331" t="inlineStr"/>
+      <c r="Q331" t="inlineStr"/>
+      <c r="R331" t="inlineStr"/>
+      <c r="S331" t="inlineStr"/>
+      <c r="T331" t="inlineStr"/>
+      <c r="U331" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:09</t>
+        </is>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B332" t="inlineStr">
+        <is>
+          <t>перец чили зеленый</t>
+        </is>
+      </c>
+      <c r="C332" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D332" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E332" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F332" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G332" t="n">
+        <v>2250</v>
+      </c>
+      <c r="H332" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I332" t="n">
+        <v>450</v>
+      </c>
+      <c r="J332" t="n">
+        <v>440</v>
+      </c>
+      <c r="K332" t="n">
+        <v>2250</v>
+      </c>
+      <c r="L332" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M332" t="n">
+        <v>20</v>
+      </c>
+      <c r="N332" t="n">
+        <v>100</v>
+      </c>
+      <c r="O332" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P332" t="inlineStr"/>
+      <c r="Q332" t="inlineStr"/>
+      <c r="R332" t="inlineStr"/>
+      <c r="S332" t="inlineStr"/>
+      <c r="T332" t="inlineStr"/>
+      <c r="U332" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:08</t>
+        </is>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B333" t="inlineStr">
+        <is>
+          <t>перец ласточка</t>
+        </is>
+      </c>
+      <c r="C333" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D333" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E333" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F333" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G333" t="n">
+        <v>1150</v>
+      </c>
+      <c r="H333" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I333" t="n">
+        <v>230</v>
+      </c>
+      <c r="J333" t="n">
+        <v>220</v>
+      </c>
+      <c r="K333" t="n">
+        <v>1150</v>
+      </c>
+      <c r="L333" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M333" t="n">
+        <v>100</v>
+      </c>
+      <c r="N333" t="n">
+        <v>500</v>
+      </c>
+      <c r="O333" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P333" t="inlineStr"/>
+      <c r="Q333" t="inlineStr"/>
+      <c r="R333" t="inlineStr"/>
+      <c r="S333" t="inlineStr"/>
+      <c r="T333" t="inlineStr"/>
+      <c r="U333" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:05</t>
+        </is>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B334" t="inlineStr">
+        <is>
+          <t>перец сладкий красный</t>
+        </is>
+      </c>
+      <c r="C334" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D334" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E334" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F334" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G334" t="n">
+        <v>1400</v>
+      </c>
+      <c r="H334" t="n">
+        <v>1350</v>
+      </c>
+      <c r="I334" t="n">
+        <v>280</v>
+      </c>
+      <c r="J334" t="n">
+        <v>270</v>
+      </c>
+      <c r="K334" t="n">
+        <v>1400</v>
+      </c>
+      <c r="L334" t="n">
+        <v>1350</v>
+      </c>
+      <c r="M334" t="n">
+        <v>100</v>
+      </c>
+      <c r="N334" t="n">
+        <v>500</v>
+      </c>
+      <c r="O334" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P334" t="inlineStr"/>
+      <c r="Q334" t="inlineStr"/>
+      <c r="R334" t="inlineStr"/>
+      <c r="S334" t="inlineStr"/>
+      <c r="T334" t="inlineStr"/>
+      <c r="U334" t="inlineStr">
+        <is>
+          <t>05.03.2026 10:00</t>
+        </is>
+      </c>
+    </row>
+    <row r="335">
+      <c r="A335" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B335" t="inlineStr">
+        <is>
+          <t>перец сладкий желтый</t>
+        </is>
+      </c>
+      <c r="C335" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D335" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E335" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F335" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G335" t="n">
+        <v>1400</v>
+      </c>
+      <c r="H335" t="n">
+        <v>1450</v>
+      </c>
+      <c r="I335" t="n">
+        <v>280</v>
+      </c>
+      <c r="J335" t="n">
+        <v>290</v>
+      </c>
+      <c r="K335" t="n">
+        <v>1400</v>
+      </c>
+      <c r="L335" t="n">
+        <v>1450</v>
+      </c>
+      <c r="M335" t="n">
+        <v>100</v>
+      </c>
+      <c r="N335" t="n">
+        <v>500</v>
+      </c>
+      <c r="O335" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P335" t="inlineStr"/>
+      <c r="Q335" t="inlineStr"/>
+      <c r="R335" t="inlineStr"/>
+      <c r="S335" t="inlineStr"/>
+      <c r="T335" t="inlineStr"/>
+      <c r="U335" t="inlineStr">
+        <is>
+          <t>05.03.2026 09:57</t>
+        </is>
+      </c>
+    </row>
+    <row r="336">
+      <c r="A336" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B336" t="inlineStr">
+        <is>
+          <t>огурец гладкий средний</t>
+        </is>
+      </c>
+      <c r="C336" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D336" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E336" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F336" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G336" t="n">
+        <v>1850</v>
+      </c>
+      <c r="H336" t="n">
+        <v>1800</v>
+      </c>
+      <c r="I336" t="n">
+        <v>370</v>
+      </c>
+      <c r="J336" t="n">
+        <v>360</v>
+      </c>
+      <c r="K336" t="n">
+        <v>1850</v>
+      </c>
+      <c r="L336" t="n">
+        <v>1800</v>
+      </c>
+      <c r="M336" t="n">
+        <v>100</v>
+      </c>
+      <c r="N336" t="n">
+        <v>500</v>
+      </c>
+      <c r="O336" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P336" t="inlineStr"/>
+      <c r="Q336" t="inlineStr"/>
+      <c r="R336" t="inlineStr"/>
+      <c r="S336" t="inlineStr"/>
+      <c r="T336" t="inlineStr"/>
+      <c r="U336" t="inlineStr">
+        <is>
+          <t>05.03.2026 09:51</t>
+        </is>
+      </c>
+    </row>
+    <row r="337">
+      <c r="A337" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B337" t="inlineStr">
+        <is>
+          <t>огурец кураж</t>
+        </is>
+      </c>
+      <c r="C337" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D337" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E337" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F337" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G337" t="n">
+        <v>1900</v>
+      </c>
+      <c r="H337" t="n">
+        <v>1850</v>
+      </c>
+      <c r="I337" t="n">
+        <v>380</v>
+      </c>
+      <c r="J337" t="n">
+        <v>370</v>
+      </c>
+      <c r="K337" t="n">
+        <v>1900</v>
+      </c>
+      <c r="L337" t="n">
+        <v>1850</v>
+      </c>
+      <c r="M337" t="n">
+        <v>100</v>
+      </c>
+      <c r="N337" t="n">
+        <v>500</v>
+      </c>
+      <c r="O337" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P337" t="inlineStr"/>
+      <c r="Q337" t="inlineStr"/>
+      <c r="R337" t="inlineStr"/>
+      <c r="S337" t="inlineStr"/>
+      <c r="T337" t="inlineStr"/>
+      <c r="U337" t="inlineStr">
+        <is>
+          <t>05.03.2026 09:50</t>
+        </is>
+      </c>
+    </row>
+    <row r="338">
+      <c r="A338" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B338" t="inlineStr">
+        <is>
+          <t>морковь грязная</t>
+        </is>
+      </c>
+      <c r="C338" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D338" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E338" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F338" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G338" t="n">
+        <v>700</v>
+      </c>
+      <c r="H338" t="n">
+        <v>680</v>
+      </c>
+      <c r="I338" t="n">
+        <v>35</v>
+      </c>
+      <c r="J338" t="n">
+        <v>34</v>
+      </c>
+      <c r="K338" t="n">
+        <v>700</v>
+      </c>
+      <c r="L338" t="n">
+        <v>680</v>
+      </c>
+      <c r="M338" t="n">
+        <v>100</v>
+      </c>
+      <c r="N338" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O338" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P338" t="inlineStr"/>
+      <c r="Q338" t="inlineStr"/>
+      <c r="R338" t="inlineStr"/>
+      <c r="S338" t="inlineStr"/>
+      <c r="T338" t="inlineStr"/>
+      <c r="U338" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:55</t>
+        </is>
+      </c>
+    </row>
+    <row r="339">
+      <c r="A339" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B339" t="inlineStr">
+        <is>
+          <t>морковь мытая</t>
+        </is>
+      </c>
+      <c r="C339" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D339" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E339" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F339" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G339" t="n">
+        <v>750</v>
+      </c>
+      <c r="H339" t="n">
+        <v>730</v>
+      </c>
+      <c r="I339" t="n">
+        <v>50</v>
+      </c>
+      <c r="J339" t="n">
+        <v>48.67</v>
+      </c>
+      <c r="K339" t="n">
+        <v>750</v>
+      </c>
+      <c r="L339" t="n">
+        <v>730</v>
+      </c>
+      <c r="M339" t="n">
+        <v>100</v>
+      </c>
+      <c r="N339" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O339" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P339" t="inlineStr"/>
+      <c r="Q339" t="inlineStr"/>
+      <c r="R339" t="inlineStr"/>
+      <c r="S339" t="inlineStr"/>
+      <c r="T339" t="inlineStr"/>
+      <c r="U339" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:54</t>
+        </is>
+      </c>
+    </row>
+    <row r="340">
+      <c r="A340" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B340" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C340" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D340" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E340" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F340" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G340" t="n">
+        <v>2350</v>
+      </c>
+      <c r="H340" t="n">
+        <v>2300</v>
+      </c>
+      <c r="I340" t="n">
+        <v>235</v>
+      </c>
+      <c r="J340" t="n">
+        <v>230</v>
+      </c>
+      <c r="K340" t="n">
+        <v>2350</v>
+      </c>
+      <c r="L340" t="n">
+        <v>2300</v>
+      </c>
+      <c r="M340" t="n">
+        <v>100</v>
+      </c>
+      <c r="N340" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O340" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P340" t="inlineStr"/>
+      <c r="Q340" t="inlineStr"/>
+      <c r="R340" t="inlineStr"/>
+      <c r="S340" t="inlineStr"/>
+      <c r="T340" t="inlineStr"/>
+      <c r="U340" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:51</t>
+        </is>
+      </c>
+    </row>
+    <row r="341">
+      <c r="A341" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B341" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C341" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D341" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E341" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F341" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G341" t="n">
+        <v>2650</v>
+      </c>
+      <c r="H341" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I341" t="n">
+        <v>265</v>
+      </c>
+      <c r="J341" t="n">
+        <v>250</v>
+      </c>
+      <c r="K341" t="n">
+        <v>2650</v>
+      </c>
+      <c r="L341" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M341" t="n">
+        <v>100</v>
+      </c>
+      <c r="N341" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O341" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P341" t="inlineStr"/>
+      <c r="Q341" t="inlineStr"/>
+      <c r="R341" t="inlineStr"/>
+      <c r="S341" t="inlineStr"/>
+      <c r="T341" t="inlineStr"/>
+      <c r="U341" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:50</t>
+        </is>
+      </c>
+    </row>
+    <row r="342">
+      <c r="A342" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B342" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C342" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D342" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E342" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F342" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G342" t="n">
+        <v>2200</v>
+      </c>
+      <c r="H342" t="n">
+        <v>2000</v>
+      </c>
+      <c r="I342" t="n">
+        <v>220</v>
+      </c>
+      <c r="J342" t="n">
+        <v>200</v>
+      </c>
+      <c r="K342" t="n">
+        <v>2200</v>
+      </c>
+      <c r="L342" t="n">
+        <v>2000</v>
+      </c>
+      <c r="M342" t="n">
+        <v>100</v>
+      </c>
+      <c r="N342" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O342" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P342" t="inlineStr"/>
+      <c r="Q342" t="inlineStr"/>
+      <c r="R342" t="inlineStr"/>
+      <c r="S342" t="inlineStr"/>
+      <c r="T342" t="inlineStr">
+        <is>
+          <t>НОВЫЙ УРОЖАЙ</t>
+        </is>
+      </c>
+      <c r="U342" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:48</t>
+        </is>
+      </c>
+    </row>
+    <row r="343">
+      <c r="A343" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B343" t="inlineStr">
+        <is>
+          <t>ежевика коррекс 250гр</t>
+        </is>
+      </c>
+      <c r="C343" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D343" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E343" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F343" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G343" t="n">
+        <v>750</v>
+      </c>
+      <c r="H343" t="n">
+        <v>740</v>
+      </c>
+      <c r="I343" t="n">
+        <v>6000</v>
+      </c>
+      <c r="J343" t="n">
+        <v>5920</v>
+      </c>
+      <c r="K343" t="n">
+        <v>750</v>
+      </c>
+      <c r="L343" t="n">
+        <v>740</v>
+      </c>
+      <c r="M343" t="n">
+        <v>20</v>
+      </c>
+      <c r="N343" t="n">
+        <v>2</v>
+      </c>
+      <c r="O343" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P343" t="inlineStr"/>
+      <c r="Q343" t="inlineStr"/>
+      <c r="R343" t="inlineStr"/>
+      <c r="S343" t="inlineStr"/>
+      <c r="T343" t="inlineStr"/>
+      <c r="U343" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:45</t>
+        </is>
+      </c>
+    </row>
+    <row r="344">
+      <c r="A344" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B344" t="inlineStr">
+        <is>
+          <t>малина коррекс 250гр</t>
+        </is>
+      </c>
+      <c r="C344" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D344" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E344" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F344" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G344" t="n">
+        <v>550</v>
+      </c>
+      <c r="H344" t="n">
+        <v>540</v>
+      </c>
+      <c r="I344" t="n">
+        <v>4400</v>
+      </c>
+      <c r="J344" t="n">
+        <v>4320</v>
+      </c>
+      <c r="K344" t="n">
+        <v>550</v>
+      </c>
+      <c r="L344" t="n">
+        <v>540</v>
+      </c>
+      <c r="M344" t="n">
+        <v>20</v>
+      </c>
+      <c r="N344" t="n">
+        <v>2</v>
+      </c>
+      <c r="O344" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P344" t="inlineStr"/>
+      <c r="Q344" t="inlineStr"/>
+      <c r="R344" t="inlineStr"/>
+      <c r="S344" t="inlineStr"/>
+      <c r="T344" t="inlineStr"/>
+      <c r="U344" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:44</t>
+        </is>
+      </c>
+    </row>
+    <row r="345">
+      <c r="A345" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B345" t="inlineStr">
+        <is>
+          <t>манго</t>
+        </is>
+      </c>
+      <c r="C345" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D345" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E345" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F345" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G345" t="n">
+        <v>3300</v>
+      </c>
+      <c r="H345" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I345" t="n">
+        <v>550</v>
+      </c>
+      <c r="J345" t="n">
+        <v>500</v>
+      </c>
+      <c r="K345" t="n">
+        <v>3300</v>
+      </c>
+      <c r="L345" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M345" t="n">
+        <v>30</v>
+      </c>
+      <c r="N345" t="n">
+        <v>180</v>
+      </c>
+      <c r="O345" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P345" t="inlineStr"/>
+      <c r="Q345" t="inlineStr"/>
+      <c r="R345" t="inlineStr"/>
+      <c r="S345" t="inlineStr"/>
+      <c r="T345" t="inlineStr"/>
+      <c r="U345" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:41</t>
+        </is>
+      </c>
+    </row>
+    <row r="346">
+      <c r="A346" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B346" t="inlineStr">
+        <is>
+          <t>лук репчатый красный</t>
+        </is>
+      </c>
+      <c r="C346" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D346" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E346" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F346" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G346" t="n">
+        <v>1300</v>
+      </c>
+      <c r="H346" t="n">
+        <v>1200</v>
+      </c>
+      <c r="I346" t="n">
+        <v>65</v>
+      </c>
+      <c r="J346" t="n">
+        <v>60</v>
+      </c>
+      <c r="K346" t="n">
+        <v>1300</v>
+      </c>
+      <c r="L346" t="n">
+        <v>1200</v>
+      </c>
+      <c r="M346" t="n">
+        <v>100</v>
+      </c>
+      <c r="N346" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O346" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P346" t="inlineStr"/>
+      <c r="Q346" t="inlineStr"/>
+      <c r="R346" t="inlineStr"/>
+      <c r="S346" t="inlineStr"/>
+      <c r="T346" t="inlineStr"/>
+      <c r="U346" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:37</t>
+        </is>
+      </c>
+    </row>
+    <row r="347">
+      <c r="A347" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B347" t="inlineStr">
+        <is>
+          <t>лук репчатый желтый</t>
+        </is>
+      </c>
+      <c r="C347" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D347" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E347" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F347" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G347" t="n">
+        <v>700</v>
+      </c>
+      <c r="H347" t="n">
+        <v>680</v>
+      </c>
+      <c r="I347" t="n">
+        <v>35</v>
+      </c>
+      <c r="J347" t="n">
+        <v>34</v>
+      </c>
+      <c r="K347" t="n">
+        <v>700</v>
+      </c>
+      <c r="L347" t="n">
+        <v>680</v>
+      </c>
+      <c r="M347" t="n">
+        <v>100</v>
+      </c>
+      <c r="N347" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O347" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P347" t="inlineStr"/>
+      <c r="Q347" t="inlineStr"/>
+      <c r="R347" t="inlineStr"/>
+      <c r="S347" t="inlineStr"/>
+      <c r="T347" t="inlineStr"/>
+      <c r="U347" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:35</t>
+        </is>
+      </c>
+    </row>
+    <row r="348">
+      <c r="A348" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B348" t="inlineStr">
+        <is>
+          <t>лук репчатый желтый</t>
+        </is>
+      </c>
+      <c r="C348" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D348" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E348" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F348" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G348" t="n">
+        <v>660</v>
+      </c>
+      <c r="H348" t="n">
+        <v>600</v>
+      </c>
+      <c r="I348" t="n">
+        <v>33</v>
+      </c>
+      <c r="J348" t="n">
+        <v>30</v>
+      </c>
+      <c r="K348" t="n">
+        <v>660</v>
+      </c>
+      <c r="L348" t="n">
+        <v>600</v>
+      </c>
+      <c r="M348" t="n">
+        <v>100</v>
+      </c>
+      <c r="N348" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O348" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P348" t="inlineStr"/>
+      <c r="Q348" t="inlineStr"/>
+      <c r="R348" t="inlineStr"/>
+      <c r="S348" t="inlineStr"/>
+      <c r="T348" t="inlineStr"/>
+      <c r="U348" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:34</t>
+        </is>
+      </c>
+    </row>
+    <row r="349">
+      <c r="A349" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B349" t="inlineStr">
+        <is>
+          <t>лук ялтинский</t>
+        </is>
+      </c>
+      <c r="C349" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D349" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E349" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F349" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G349" t="n">
+        <v>4400</v>
+      </c>
+      <c r="H349" t="n">
+        <v>4000</v>
+      </c>
+      <c r="I349" t="n">
+        <v>220</v>
+      </c>
+      <c r="J349" t="n">
+        <v>200</v>
+      </c>
+      <c r="K349" t="n">
+        <v>4400</v>
+      </c>
+      <c r="L349" t="n">
+        <v>4000</v>
+      </c>
+      <c r="M349" t="n">
+        <v>50</v>
+      </c>
+      <c r="N349" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O349" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P349" t="inlineStr"/>
+      <c r="Q349" t="inlineStr"/>
+      <c r="R349" t="inlineStr"/>
+      <c r="S349" t="inlineStr"/>
+      <c r="T349" t="inlineStr"/>
+      <c r="U349" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:32</t>
+        </is>
+      </c>
+    </row>
+    <row r="350">
+      <c r="A350" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B350" t="inlineStr">
+        <is>
+          <t>лук порей</t>
+        </is>
+      </c>
+      <c r="C350" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D350" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E350" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F350" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G350" t="n">
+        <v>1300</v>
+      </c>
+      <c r="H350" t="n">
+        <v>1250</v>
+      </c>
+      <c r="I350" t="n">
+        <v>260</v>
+      </c>
+      <c r="J350" t="n">
+        <v>250</v>
+      </c>
+      <c r="K350" t="n">
+        <v>1300</v>
+      </c>
+      <c r="L350" t="n">
+        <v>1250</v>
+      </c>
+      <c r="M350" t="n">
+        <v>50</v>
+      </c>
+      <c r="N350" t="n">
+        <v>250</v>
+      </c>
+      <c r="O350" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P350" t="inlineStr"/>
+      <c r="Q350" t="inlineStr"/>
+      <c r="R350" t="inlineStr"/>
+      <c r="S350" t="inlineStr"/>
+      <c r="T350" t="inlineStr"/>
+      <c r="U350" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:29</t>
+        </is>
+      </c>
+    </row>
+    <row r="351">
+      <c r="A351" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B351" t="inlineStr">
+        <is>
+          <t>лимон узбек</t>
+        </is>
+      </c>
+      <c r="C351" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D351" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E351" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F351" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G351" t="n">
+        <v>3960</v>
+      </c>
+      <c r="H351" t="n">
+        <v>3800</v>
+      </c>
+      <c r="I351" t="n">
+        <v>495</v>
+      </c>
+      <c r="J351" t="n">
+        <v>475</v>
+      </c>
+      <c r="K351" t="n">
+        <v>3960</v>
+      </c>
+      <c r="L351" t="n">
+        <v>3800</v>
+      </c>
+      <c r="M351" t="n">
+        <v>30</v>
+      </c>
+      <c r="N351" t="n">
+        <v>240</v>
+      </c>
+      <c r="O351" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P351" t="inlineStr"/>
+      <c r="Q351" t="inlineStr"/>
+      <c r="R351" t="inlineStr"/>
+      <c r="S351" t="inlineStr"/>
+      <c r="T351" t="inlineStr"/>
+      <c r="U351" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:27</t>
+        </is>
+      </c>
+    </row>
+    <row r="352">
+      <c r="A352" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B352" t="inlineStr">
+        <is>
+          <t>лимон</t>
+        </is>
+      </c>
+      <c r="C352" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D352" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E352" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F352" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G352" t="n">
+        <v>2550</v>
+      </c>
+      <c r="H352" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I352" t="n">
+        <v>255</v>
+      </c>
+      <c r="J352" t="n">
+        <v>250</v>
+      </c>
+      <c r="K352" t="n">
+        <v>2550</v>
+      </c>
+      <c r="L352" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M352" t="n">
+        <v>30</v>
+      </c>
+      <c r="N352" t="n">
+        <v>300</v>
+      </c>
+      <c r="O352" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P352" t="inlineStr"/>
+      <c r="Q352" t="inlineStr"/>
+      <c r="R352" t="inlineStr"/>
+      <c r="S352" t="inlineStr"/>
+      <c r="T352" t="inlineStr"/>
+      <c r="U352" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:23</t>
+        </is>
+      </c>
+    </row>
+    <row r="353">
+      <c r="A353" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B353" t="inlineStr">
+        <is>
+          <t>лайм</t>
+        </is>
+      </c>
+      <c r="C353" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D353" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E353" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F353" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G353" t="n">
+        <v>1680</v>
+      </c>
+      <c r="H353" t="n">
+        <v>1600</v>
+      </c>
+      <c r="I353" t="n">
+        <v>420</v>
+      </c>
+      <c r="J353" t="n">
+        <v>400</v>
+      </c>
+      <c r="K353" t="n">
+        <v>1680</v>
+      </c>
+      <c r="L353" t="n">
+        <v>1600</v>
+      </c>
+      <c r="M353" t="n">
+        <v>100</v>
+      </c>
+      <c r="N353" t="n">
+        <v>400</v>
+      </c>
+      <c r="O353" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P353" t="inlineStr"/>
+      <c r="Q353" t="inlineStr"/>
+      <c r="R353" t="inlineStr"/>
+      <c r="S353" t="inlineStr"/>
+      <c r="T353" t="inlineStr"/>
+      <c r="U353" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:19</t>
+        </is>
+      </c>
+    </row>
+    <row r="354">
+      <c r="A354" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B354" t="inlineStr">
+        <is>
+          <t>кумкват</t>
+        </is>
+      </c>
+      <c r="C354" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D354" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E354" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F354" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G354" t="n">
+        <v>800</v>
+      </c>
+      <c r="H354" t="n">
+        <v>770</v>
+      </c>
+      <c r="I354" t="n">
+        <v>400</v>
+      </c>
+      <c r="J354" t="n">
+        <v>385</v>
+      </c>
+      <c r="K354" t="n">
+        <v>800</v>
+      </c>
+      <c r="L354" t="n">
+        <v>770</v>
+      </c>
+      <c r="M354" t="n">
+        <v>30</v>
+      </c>
+      <c r="N354" t="n">
+        <v>60</v>
+      </c>
+      <c r="O354" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P354" t="inlineStr"/>
+      <c r="Q354" t="inlineStr"/>
+      <c r="R354" t="inlineStr"/>
+      <c r="S354" t="inlineStr"/>
+      <c r="T354" t="inlineStr"/>
+      <c r="U354" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:17</t>
+        </is>
+      </c>
+    </row>
+    <row r="355">
+      <c r="A355" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B355" t="inlineStr">
+        <is>
+          <t>кукуруза вакуумная 2 шт</t>
+        </is>
+      </c>
+      <c r="C355" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D355" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E355" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F355" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G355" t="n">
+        <v>150</v>
+      </c>
+      <c r="H355" t="n">
+        <v>140</v>
+      </c>
+      <c r="I355" t="n">
+        <v>375</v>
+      </c>
+      <c r="J355" t="n">
+        <v>350</v>
+      </c>
+      <c r="K355" t="n">
+        <v>150</v>
+      </c>
+      <c r="L355" t="n">
+        <v>140</v>
+      </c>
+      <c r="M355" t="n">
+        <v>30</v>
+      </c>
+      <c r="N355" t="n">
+        <v>12</v>
+      </c>
+      <c r="O355" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P355" t="inlineStr"/>
+      <c r="Q355" t="inlineStr"/>
+      <c r="R355" t="inlineStr"/>
+      <c r="S355" t="inlineStr"/>
+      <c r="T355" t="inlineStr"/>
+      <c r="U355" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:15</t>
+        </is>
+      </c>
+    </row>
+    <row r="356">
+      <c r="A356" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B356" t="inlineStr">
+        <is>
+          <t>клубника импорт</t>
+        </is>
+      </c>
+      <c r="C356" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D356" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E356" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F356" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G356" t="n">
+        <v>4000</v>
+      </c>
+      <c r="H356" t="n">
+        <v>3800</v>
+      </c>
+      <c r="I356" t="n">
+        <v>800</v>
+      </c>
+      <c r="J356" t="n">
+        <v>760</v>
+      </c>
+      <c r="K356" t="n">
+        <v>4000</v>
+      </c>
+      <c r="L356" t="n">
+        <v>3800</v>
+      </c>
+      <c r="M356" t="n">
+        <v>50</v>
+      </c>
+      <c r="N356" t="n">
+        <v>250</v>
+      </c>
+      <c r="O356" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P356" t="inlineStr"/>
+      <c r="Q356" t="inlineStr"/>
+      <c r="R356" t="inlineStr"/>
+      <c r="S356" t="inlineStr"/>
+      <c r="T356" t="inlineStr"/>
+      <c r="U356" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:12</t>
+        </is>
+      </c>
+    </row>
+    <row r="357">
+      <c r="A357" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B357" t="inlineStr">
+        <is>
+          <t>клубника коррекс 250гр</t>
+        </is>
+      </c>
+      <c r="C357" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D357" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E357" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F357" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G357" t="n">
+        <v>4350</v>
+      </c>
+      <c r="H357" t="n">
+        <v>4300</v>
+      </c>
+      <c r="I357" t="n">
+        <v>1450</v>
+      </c>
+      <c r="J357" t="n">
+        <v>1433.33</v>
+      </c>
+      <c r="K357" t="n">
+        <v>4350</v>
+      </c>
+      <c r="L357" t="n">
+        <v>4300</v>
+      </c>
+      <c r="M357" t="n">
+        <v>50</v>
+      </c>
+      <c r="N357" t="n">
+        <v>150</v>
+      </c>
+      <c r="O357" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P357" t="inlineStr"/>
+      <c r="Q357" t="inlineStr"/>
+      <c r="R357" t="inlineStr"/>
+      <c r="S357" t="inlineStr"/>
+      <c r="T357" t="inlineStr"/>
+      <c r="U357" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:10</t>
+        </is>
+      </c>
+    </row>
+    <row r="358">
+      <c r="A358" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B358" t="inlineStr">
+        <is>
+          <t>киви</t>
+        </is>
+      </c>
+      <c r="C358" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D358" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E358" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F358" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G358" t="n">
+        <v>850</v>
+      </c>
+      <c r="H358" t="n">
+        <v>800</v>
+      </c>
+      <c r="I358" t="n">
+        <v>170</v>
+      </c>
+      <c r="J358" t="n">
+        <v>160</v>
+      </c>
+      <c r="K358" t="n">
+        <v>850</v>
+      </c>
+      <c r="L358" t="n">
+        <v>800</v>
+      </c>
+      <c r="M358" t="n">
+        <v>50</v>
+      </c>
+      <c r="N358" t="n">
+        <v>250</v>
+      </c>
+      <c r="O358" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P358" t="inlineStr"/>
+      <c r="Q358" t="inlineStr"/>
+      <c r="R358" t="inlineStr"/>
+      <c r="S358" t="inlineStr"/>
+      <c r="T358" t="inlineStr"/>
+      <c r="U358" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:07</t>
+        </is>
+      </c>
+    </row>
+    <row r="359">
+      <c r="A359" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B359" t="inlineStr">
+        <is>
+          <t>киви</t>
+        </is>
+      </c>
+      <c r="C359" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D359" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E359" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F359" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G359" t="n">
+        <v>880</v>
+      </c>
+      <c r="H359" t="n">
+        <v>850</v>
+      </c>
+      <c r="I359" t="n">
+        <v>220</v>
+      </c>
+      <c r="J359" t="n">
+        <v>212.5</v>
+      </c>
+      <c r="K359" t="n">
+        <v>880</v>
+      </c>
+      <c r="L359" t="n">
+        <v>850</v>
+      </c>
+      <c r="M359" t="n">
+        <v>50</v>
+      </c>
+      <c r="N359" t="n">
+        <v>200</v>
+      </c>
+      <c r="O359" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P359" t="inlineStr"/>
+      <c r="Q359" t="inlineStr"/>
+      <c r="R359" t="inlineStr"/>
+      <c r="S359" t="inlineStr"/>
+      <c r="T359" t="inlineStr"/>
+      <c r="U359" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:05</t>
+        </is>
+      </c>
+    </row>
+    <row r="360">
+      <c r="A360" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B360" t="inlineStr">
+        <is>
+          <t>картофель белый мытый</t>
+        </is>
+      </c>
+      <c r="C360" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D360" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E360" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F360" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G360" t="n">
+        <v>1200</v>
+      </c>
+      <c r="H360" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I360" t="n">
+        <v>60</v>
+      </c>
+      <c r="J360" t="n">
+        <v>55</v>
+      </c>
+      <c r="K360" t="n">
+        <v>1200</v>
+      </c>
+      <c r="L360" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M360" t="n">
+        <v>100</v>
+      </c>
+      <c r="N360" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O360" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P360" t="inlineStr"/>
+      <c r="Q360" t="inlineStr"/>
+      <c r="R360" t="inlineStr"/>
+      <c r="S360" t="inlineStr"/>
+      <c r="T360" t="inlineStr"/>
+      <c r="U360" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:02</t>
+        </is>
+      </c>
+    </row>
+    <row r="361">
+      <c r="A361" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B361" t="inlineStr">
+        <is>
+          <t>картофель красный отечественный</t>
+        </is>
+      </c>
+      <c r="C361" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D361" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E361" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F361" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G361" t="n">
+        <v>860</v>
+      </c>
+      <c r="H361" t="n">
+        <v>800</v>
+      </c>
+      <c r="I361" t="n">
+        <v>43</v>
+      </c>
+      <c r="J361" t="n">
+        <v>40</v>
+      </c>
+      <c r="K361" t="n">
+        <v>860</v>
+      </c>
+      <c r="L361" t="n">
+        <v>800</v>
+      </c>
+      <c r="M361" t="n">
+        <v>100</v>
+      </c>
+      <c r="N361" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O361" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P361" t="inlineStr"/>
+      <c r="Q361" t="inlineStr"/>
+      <c r="R361" t="inlineStr"/>
+      <c r="S361" t="inlineStr"/>
+      <c r="T361" t="inlineStr"/>
+      <c r="U361" t="inlineStr">
+        <is>
+          <t>03.03.2026 10:00</t>
+        </is>
+      </c>
+    </row>
+    <row r="362">
+      <c r="A362" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B362" t="inlineStr">
+        <is>
+          <t>картофель белый отечественный</t>
+        </is>
+      </c>
+      <c r="C362" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D362" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E362" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F362" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G362" t="n">
+        <v>860</v>
+      </c>
+      <c r="H362" t="n">
+        <v>800</v>
+      </c>
+      <c r="I362" t="n">
+        <v>43</v>
+      </c>
+      <c r="J362" t="n">
+        <v>40</v>
+      </c>
+      <c r="K362" t="n">
+        <v>860</v>
+      </c>
+      <c r="L362" t="n">
+        <v>800</v>
+      </c>
+      <c r="M362" t="n">
+        <v>100</v>
+      </c>
+      <c r="N362" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O362" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P362" t="inlineStr"/>
+      <c r="Q362" t="inlineStr"/>
+      <c r="R362" t="inlineStr"/>
+      <c r="S362" t="inlineStr"/>
+      <c r="T362" t="inlineStr"/>
+      <c r="U362" t="inlineStr">
+        <is>
+          <t>03.03.2026 09:59</t>
+        </is>
+      </c>
+    </row>
+    <row r="363">
+      <c r="A363" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B363" t="inlineStr">
+        <is>
+          <t>кольраби</t>
+        </is>
+      </c>
+      <c r="C363" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D363" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E363" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F363" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G363" t="n">
+        <v>1250</v>
+      </c>
+      <c r="H363" t="n">
+        <v>1200</v>
+      </c>
+      <c r="I363" t="n">
+        <v>250</v>
+      </c>
+      <c r="J363" t="n">
+        <v>240</v>
+      </c>
+      <c r="K363" t="n">
+        <v>1250</v>
+      </c>
+      <c r="L363" t="n">
+        <v>1200</v>
+      </c>
+      <c r="M363" t="n">
+        <v>30</v>
+      </c>
+      <c r="N363" t="n">
+        <v>150</v>
+      </c>
+      <c r="O363" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P363" t="inlineStr"/>
+      <c r="Q363" t="inlineStr"/>
+      <c r="R363" t="inlineStr"/>
+      <c r="S363" t="inlineStr"/>
+      <c r="T363" t="inlineStr"/>
+      <c r="U363" t="inlineStr">
+        <is>
+          <t>03.03.2026 09:33</t>
+        </is>
+      </c>
+    </row>
+    <row r="364">
+      <c r="A364" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B364" t="inlineStr">
+        <is>
+          <t>капуста цветная</t>
+        </is>
+      </c>
+      <c r="C364" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D364" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E364" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F364" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G364" t="n">
+        <v>750</v>
+      </c>
+      <c r="H364" t="n">
+        <v>700</v>
+      </c>
+      <c r="I364" t="n">
+        <v>125</v>
+      </c>
+      <c r="J364" t="n">
+        <v>116.67</v>
+      </c>
+      <c r="K364" t="n">
+        <v>750</v>
+      </c>
+      <c r="L364" t="n">
+        <v>700</v>
+      </c>
+      <c r="M364" t="n">
+        <v>30</v>
+      </c>
+      <c r="N364" t="n">
+        <v>180</v>
+      </c>
+      <c r="O364" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P364" t="inlineStr"/>
+      <c r="Q364" t="inlineStr"/>
+      <c r="R364" t="inlineStr"/>
+      <c r="S364" t="inlineStr"/>
+      <c r="T364" t="inlineStr"/>
+      <c r="U364" t="inlineStr">
+        <is>
+          <t>03.03.2026 09:30</t>
+        </is>
+      </c>
+    </row>
+    <row r="365">
+      <c r="A365" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B365" t="inlineStr">
+        <is>
+          <t>капуста б/к н/у</t>
+        </is>
+      </c>
+      <c r="C365" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D365" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E365" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F365" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G365" t="n">
+        <v>680</v>
+      </c>
+      <c r="H365" t="n">
+        <v>650</v>
+      </c>
+      <c r="I365" t="n">
+        <v>85</v>
+      </c>
+      <c r="J365" t="n">
+        <v>81.25</v>
+      </c>
+      <c r="K365" t="n">
+        <v>680</v>
+      </c>
+      <c r="L365" t="n">
+        <v>650</v>
+      </c>
+      <c r="M365" t="n">
+        <v>30</v>
+      </c>
+      <c r="N365" t="n">
+        <v>240</v>
+      </c>
+      <c r="O365" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P365" t="inlineStr"/>
+      <c r="Q365" t="inlineStr"/>
+      <c r="R365" t="inlineStr"/>
+      <c r="S365" t="inlineStr"/>
+      <c r="T365" t="inlineStr"/>
+      <c r="U365" t="inlineStr">
+        <is>
+          <t>03.03.2026 09:28</t>
+        </is>
+      </c>
+    </row>
+    <row r="366">
+      <c r="A366" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B366" t="inlineStr">
+        <is>
+          <t>капуста б/к</t>
+        </is>
+      </c>
+      <c r="C366" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D366" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E366" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F366" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G366" t="n">
+        <v>660</v>
+      </c>
+      <c r="H366" t="n">
+        <v>650</v>
+      </c>
+      <c r="I366" t="n">
+        <v>33</v>
+      </c>
+      <c r="J366" t="n">
+        <v>32.5</v>
+      </c>
+      <c r="K366" t="n">
+        <v>660</v>
+      </c>
+      <c r="L366" t="n">
+        <v>650</v>
+      </c>
+      <c r="M366" t="n">
+        <v>100</v>
+      </c>
+      <c r="N366" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O366" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P366" t="inlineStr"/>
+      <c r="Q366" t="inlineStr"/>
+      <c r="R366" t="inlineStr"/>
+      <c r="S366" t="inlineStr"/>
+      <c r="T366" t="inlineStr"/>
+      <c r="U366" t="inlineStr">
+        <is>
+          <t>03.03.2026 09:25</t>
+        </is>
+      </c>
+    </row>
+    <row r="367">
+      <c r="A367" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B367" t="inlineStr">
+        <is>
+          <t>капуста брокколи</t>
+        </is>
+      </c>
+      <c r="C367" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D367" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E367" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F367" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G367" t="n">
+        <v>2700</v>
+      </c>
+      <c r="H367" t="n">
+        <v>2600</v>
+      </c>
+      <c r="I367" t="n">
+        <v>270</v>
+      </c>
+      <c r="J367" t="n">
+        <v>260</v>
+      </c>
+      <c r="K367" t="n">
+        <v>2700</v>
+      </c>
+      <c r="L367" t="n">
+        <v>2600</v>
+      </c>
+      <c r="M367" t="n">
+        <v>30</v>
+      </c>
+      <c r="N367" t="n">
+        <v>300</v>
+      </c>
+      <c r="O367" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P367" t="inlineStr"/>
+      <c r="Q367" t="inlineStr"/>
+      <c r="R367" t="inlineStr"/>
+      <c r="S367" t="inlineStr"/>
+      <c r="T367" t="inlineStr"/>
+      <c r="U367" t="inlineStr">
+        <is>
+          <t>03.03.2026 09:24</t>
+        </is>
+      </c>
+    </row>
+    <row r="368">
+      <c r="A368" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B368" t="inlineStr">
+        <is>
+          <t>капуста к/к</t>
+        </is>
+      </c>
+      <c r="C368" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D368" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E368" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F368" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G368" t="n">
+        <v>600</v>
+      </c>
+      <c r="H368" t="n">
+        <v>550</v>
+      </c>
+      <c r="I368" t="n">
+        <v>60</v>
+      </c>
+      <c r="J368" t="n">
+        <v>55</v>
+      </c>
+      <c r="K368" t="n">
+        <v>600</v>
+      </c>
+      <c r="L368" t="n">
+        <v>550</v>
+      </c>
+      <c r="M368" t="n">
+        <v>100</v>
+      </c>
+      <c r="N368" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O368" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P368" t="inlineStr"/>
+      <c r="Q368" t="inlineStr"/>
+      <c r="R368" t="inlineStr"/>
+      <c r="S368" t="inlineStr"/>
+      <c r="T368" t="inlineStr"/>
+      <c r="U368" t="inlineStr">
+        <is>
+          <t>03.03.2026 09:21</t>
+        </is>
+      </c>
+    </row>
+    <row r="369">
+      <c r="A369" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B369" t="inlineStr">
+        <is>
+          <t>цукини</t>
+        </is>
+      </c>
+      <c r="C369" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D369" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E369" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F369" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G369" t="n">
+        <v>3040</v>
+      </c>
+      <c r="H369" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I369" t="n">
+        <v>380</v>
+      </c>
+      <c r="J369" t="n">
+        <v>375</v>
+      </c>
+      <c r="K369" t="n">
+        <v>3040</v>
+      </c>
+      <c r="L369" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M369" t="n">
+        <v>30</v>
+      </c>
+      <c r="N369" t="n">
+        <v>240</v>
+      </c>
+      <c r="O369" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P369" t="inlineStr"/>
+      <c r="Q369" t="inlineStr"/>
+      <c r="R369" t="inlineStr"/>
+      <c r="S369" t="inlineStr"/>
+      <c r="T369" t="inlineStr"/>
+      <c r="U369" t="inlineStr">
+        <is>
+          <t>03.03.2026 09:17</t>
+        </is>
+      </c>
+    </row>
+    <row r="370">
+      <c r="A370" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B370" t="inlineStr">
+        <is>
+          <t>кабачки импорт</t>
+        </is>
+      </c>
+      <c r="C370" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D370" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E370" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F370" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G370" t="n">
+        <v>2920</v>
+      </c>
+      <c r="H370" t="n">
+        <v>2800</v>
+      </c>
+      <c r="I370" t="n">
+        <v>365</v>
+      </c>
+      <c r="J370" t="n">
+        <v>350</v>
+      </c>
+      <c r="K370" t="n">
+        <v>2920</v>
+      </c>
+      <c r="L370" t="n">
+        <v>2800</v>
+      </c>
+      <c r="M370" t="n">
+        <v>30</v>
+      </c>
+      <c r="N370" t="n">
+        <v>240</v>
+      </c>
+      <c r="O370" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P370" t="inlineStr"/>
+      <c r="Q370" t="inlineStr"/>
+      <c r="R370" t="inlineStr"/>
+      <c r="S370" t="inlineStr"/>
+      <c r="T370" t="inlineStr"/>
+      <c r="U370" t="inlineStr">
+        <is>
+          <t>03.03.2026 09:16</t>
+        </is>
+      </c>
+    </row>
+    <row r="371">
+      <c r="A371" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B371" t="inlineStr">
+        <is>
+          <t>имбирь корень</t>
+        </is>
+      </c>
+      <c r="C371" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D371" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E371" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F371" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G371" t="n">
+        <v>5700</v>
+      </c>
+      <c r="H371" t="n">
+        <v>5500</v>
+      </c>
+      <c r="I371" t="n">
+        <v>380</v>
+      </c>
+      <c r="J371" t="n">
+        <v>366.67</v>
+      </c>
+      <c r="K371" t="n">
+        <v>5700</v>
+      </c>
+      <c r="L371" t="n">
+        <v>5500</v>
+      </c>
+      <c r="M371" t="n">
+        <v>30</v>
+      </c>
+      <c r="N371" t="n">
+        <v>450</v>
+      </c>
+      <c r="O371" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P371" t="inlineStr"/>
+      <c r="Q371" t="inlineStr"/>
+      <c r="R371" t="inlineStr"/>
+      <c r="S371" t="inlineStr"/>
+      <c r="T371" t="inlineStr"/>
+      <c r="U371" t="inlineStr">
+        <is>
+          <t>03.03.2026 09:10</t>
+        </is>
+      </c>
+    </row>
+    <row r="372">
+      <c r="A372" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B372" t="inlineStr">
+        <is>
+          <t>дыня желтая</t>
+        </is>
+      </c>
+      <c r="C372" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D372" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E372" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F372" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G372" t="n">
+        <v>2700</v>
+      </c>
+      <c r="H372" t="n">
+        <v>2600</v>
+      </c>
+      <c r="I372" t="n">
+        <v>270</v>
+      </c>
+      <c r="J372" t="n">
+        <v>260</v>
+      </c>
+      <c r="K372" t="n">
+        <v>2700</v>
+      </c>
+      <c r="L372" t="n">
+        <v>2600</v>
+      </c>
+      <c r="M372" t="n">
+        <v>30</v>
+      </c>
+      <c r="N372" t="n">
+        <v>300</v>
+      </c>
+      <c r="O372" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P372" t="inlineStr"/>
+      <c r="Q372" t="inlineStr"/>
+      <c r="R372" t="inlineStr"/>
+      <c r="S372" t="inlineStr"/>
+      <c r="T372" t="inlineStr"/>
+      <c r="U372" t="inlineStr">
+        <is>
+          <t>03.03.2026 09:07</t>
+        </is>
+      </c>
+    </row>
+    <row r="373">
+      <c r="A373" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B373" t="inlineStr">
+        <is>
+          <t>груша форель</t>
+        </is>
+      </c>
+      <c r="C373" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D373" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E373" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F373" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G373" t="n">
+        <v>2240</v>
+      </c>
+      <c r="H373" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I373" t="n">
+        <v>280</v>
+      </c>
+      <c r="J373" t="n">
+        <v>275</v>
+      </c>
+      <c r="K373" t="n">
+        <v>2240</v>
+      </c>
+      <c r="L373" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M373" t="n">
+        <v>30</v>
+      </c>
+      <c r="N373" t="n">
+        <v>240</v>
+      </c>
+      <c r="O373" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P373" t="inlineStr"/>
+      <c r="Q373" t="inlineStr"/>
+      <c r="R373" t="inlineStr"/>
+      <c r="S373" t="inlineStr"/>
+      <c r="T373" t="inlineStr"/>
+      <c r="U373" t="inlineStr">
+        <is>
+          <t>03.03.2026 09:02</t>
+        </is>
+      </c>
+    </row>
+    <row r="374">
+      <c r="A374" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B374" t="inlineStr">
+        <is>
+          <t>груша конференц</t>
+        </is>
+      </c>
+      <c r="C374" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D374" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E374" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F374" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G374" t="n">
+        <v>3150</v>
+      </c>
+      <c r="H374" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I374" t="n">
+        <v>315</v>
+      </c>
+      <c r="J374" t="n">
+        <v>300</v>
+      </c>
+      <c r="K374" t="n">
+        <v>3150</v>
+      </c>
+      <c r="L374" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M374" t="n">
+        <v>50</v>
+      </c>
+      <c r="N374" t="n">
+        <v>500</v>
+      </c>
+      <c r="O374" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P374" t="inlineStr"/>
+      <c r="Q374" t="inlineStr"/>
+      <c r="R374" t="inlineStr"/>
+      <c r="S374" t="inlineStr"/>
+      <c r="T374" t="inlineStr"/>
+      <c r="U374" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:59</t>
+        </is>
+      </c>
+    </row>
+    <row r="375">
+      <c r="A375" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B375" t="inlineStr">
+        <is>
+          <t>шампиньоны средние</t>
+        </is>
+      </c>
+      <c r="C375" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D375" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E375" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F375" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G375" t="n">
+        <v>810</v>
+      </c>
+      <c r="H375" t="n">
+        <v>800</v>
+      </c>
+      <c r="I375" t="n">
+        <v>270</v>
+      </c>
+      <c r="J375" t="n">
+        <v>266.67</v>
+      </c>
+      <c r="K375" t="n">
+        <v>810</v>
+      </c>
+      <c r="L375" t="n">
+        <v>800</v>
+      </c>
+      <c r="M375" t="n">
+        <v>50</v>
+      </c>
+      <c r="N375" t="n">
+        <v>150</v>
+      </c>
+      <c r="O375" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P375" t="inlineStr"/>
+      <c r="Q375" t="inlineStr"/>
+      <c r="R375" t="inlineStr"/>
+      <c r="S375" t="inlineStr"/>
+      <c r="T375" t="inlineStr"/>
+      <c r="U375" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:57</t>
+        </is>
+      </c>
+    </row>
+    <row r="376">
+      <c r="A376" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B376" t="inlineStr">
+        <is>
+          <t>грейпфрут</t>
+        </is>
+      </c>
+      <c r="C376" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D376" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E376" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F376" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G376" t="n">
+        <v>3600</v>
+      </c>
+      <c r="H376" t="n">
+        <v>3500</v>
+      </c>
+      <c r="I376" t="n">
+        <v>300</v>
+      </c>
+      <c r="J376" t="n">
+        <v>291.67</v>
+      </c>
+      <c r="K376" t="n">
+        <v>3600</v>
+      </c>
+      <c r="L376" t="n">
+        <v>3500</v>
+      </c>
+      <c r="M376" t="n">
+        <v>30</v>
+      </c>
+      <c r="N376" t="n">
+        <v>360</v>
+      </c>
+      <c r="O376" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P376" t="inlineStr"/>
+      <c r="Q376" t="inlineStr"/>
+      <c r="R376" t="inlineStr"/>
+      <c r="S376" t="inlineStr"/>
+      <c r="T376" t="inlineStr"/>
+      <c r="U376" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:55</t>
+        </is>
+      </c>
+    </row>
+    <row r="377">
+      <c r="A377" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B377" t="inlineStr">
+        <is>
+          <t>гранат</t>
+        </is>
+      </c>
+      <c r="C377" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D377" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E377" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F377" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G377" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H377" t="n">
+        <v>2300</v>
+      </c>
+      <c r="I377" t="n">
+        <v>300</v>
+      </c>
+      <c r="J377" t="n">
+        <v>287.5</v>
+      </c>
+      <c r="K377" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L377" t="n">
+        <v>2300</v>
+      </c>
+      <c r="M377" t="n">
+        <v>30</v>
+      </c>
+      <c r="N377" t="n">
+        <v>240</v>
+      </c>
+      <c r="O377" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P377" t="inlineStr"/>
+      <c r="Q377" t="inlineStr"/>
+      <c r="R377" t="inlineStr"/>
+      <c r="S377" t="inlineStr"/>
+      <c r="T377" t="inlineStr"/>
+      <c r="U377" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:53</t>
+        </is>
+      </c>
+    </row>
+    <row r="378">
+      <c r="A378" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B378" t="inlineStr">
+        <is>
+          <t>гранат</t>
+        </is>
+      </c>
+      <c r="C378" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D378" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E378" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F378" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G378" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H378" t="n">
+        <v>2300</v>
+      </c>
+      <c r="I378" t="n">
+        <v>240</v>
+      </c>
+      <c r="J378" t="n">
+        <v>230</v>
+      </c>
+      <c r="K378" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L378" t="n">
+        <v>2300</v>
+      </c>
+      <c r="M378" t="n">
+        <v>30</v>
+      </c>
+      <c r="N378" t="n">
+        <v>300</v>
+      </c>
+      <c r="O378" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P378" t="inlineStr"/>
+      <c r="Q378" t="inlineStr"/>
+      <c r="R378" t="inlineStr"/>
+      <c r="S378" t="inlineStr"/>
+      <c r="T378" t="inlineStr"/>
+      <c r="U378" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:50</t>
+        </is>
+      </c>
+    </row>
+    <row r="379">
+      <c r="A379" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B379" t="inlineStr">
+        <is>
+          <t>гранат без косточки</t>
+        </is>
+      </c>
+      <c r="C379" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D379" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E379" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F379" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G379" t="n">
+        <v>3600</v>
+      </c>
+      <c r="H379" t="n">
+        <v>3500</v>
+      </c>
+      <c r="I379" t="n">
+        <v>450</v>
+      </c>
+      <c r="J379" t="n">
+        <v>437.5</v>
+      </c>
+      <c r="K379" t="n">
+        <v>3600</v>
+      </c>
+      <c r="L379" t="n">
+        <v>3500</v>
+      </c>
+      <c r="M379" t="n">
+        <v>30</v>
+      </c>
+      <c r="N379" t="n">
+        <v>240</v>
+      </c>
+      <c r="O379" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P379" t="inlineStr"/>
+      <c r="Q379" t="inlineStr"/>
+      <c r="R379" t="inlineStr"/>
+      <c r="S379" t="inlineStr"/>
+      <c r="T379" t="inlineStr"/>
+      <c r="U379" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:49</t>
+        </is>
+      </c>
+    </row>
+    <row r="380">
+      <c r="A380" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B380" t="inlineStr">
+        <is>
+          <t>голубика коррекс 250гр</t>
+        </is>
+      </c>
+      <c r="C380" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D380" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E380" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F380" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G380" t="n">
+        <v>240</v>
+      </c>
+      <c r="H380" t="n">
+        <v>230</v>
+      </c>
+      <c r="I380" t="n">
+        <v>1920</v>
+      </c>
+      <c r="J380" t="n">
+        <v>1840</v>
+      </c>
+      <c r="K380" t="n">
+        <v>240</v>
+      </c>
+      <c r="L380" t="n">
+        <v>230</v>
+      </c>
+      <c r="M380" t="n">
+        <v>50</v>
+      </c>
+      <c r="N380" t="n">
+        <v>6</v>
+      </c>
+      <c r="O380" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P380" t="inlineStr"/>
+      <c r="Q380" t="inlineStr"/>
+      <c r="R380" t="inlineStr"/>
+      <c r="S380" t="inlineStr"/>
+      <c r="T380" t="inlineStr"/>
+      <c r="U380" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:46</t>
+        </is>
+      </c>
+    </row>
+    <row r="381">
+      <c r="A381" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B381" t="inlineStr">
+        <is>
+          <t>виноград кримсон</t>
+        </is>
+      </c>
+      <c r="C381" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D381" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E381" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F381" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G381" t="n">
+        <v>3800</v>
+      </c>
+      <c r="H381" t="n">
+        <v>3700</v>
+      </c>
+      <c r="I381" t="n">
+        <v>475</v>
+      </c>
+      <c r="J381" t="n">
+        <v>462.5</v>
+      </c>
+      <c r="K381" t="n">
+        <v>3800</v>
+      </c>
+      <c r="L381" t="n">
+        <v>3700</v>
+      </c>
+      <c r="M381" t="n">
+        <v>30</v>
+      </c>
+      <c r="N381" t="n">
+        <v>240</v>
+      </c>
+      <c r="O381" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P381" t="inlineStr"/>
+      <c r="Q381" t="inlineStr"/>
+      <c r="R381" t="inlineStr"/>
+      <c r="S381" t="inlineStr"/>
+      <c r="T381" t="inlineStr"/>
+      <c r="U381" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:40</t>
+        </is>
+      </c>
+    </row>
+    <row r="382">
+      <c r="A382" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B382" t="inlineStr">
+        <is>
+          <t>виноград кримсон</t>
+        </is>
+      </c>
+      <c r="C382" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D382" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E382" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F382" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G382" t="n">
+        <v>1920</v>
+      </c>
+      <c r="H382" t="n">
+        <v>1850</v>
+      </c>
+      <c r="I382" t="n">
+        <v>320</v>
+      </c>
+      <c r="J382" t="n">
+        <v>308.33</v>
+      </c>
+      <c r="K382" t="n">
+        <v>1920</v>
+      </c>
+      <c r="L382" t="n">
+        <v>1850</v>
+      </c>
+      <c r="M382" t="n">
+        <v>30</v>
+      </c>
+      <c r="N382" t="n">
+        <v>180</v>
+      </c>
+      <c r="O382" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P382" t="inlineStr"/>
+      <c r="Q382" t="inlineStr"/>
+      <c r="R382" t="inlineStr"/>
+      <c r="S382" t="inlineStr"/>
+      <c r="T382" t="inlineStr"/>
+      <c r="U382" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:39</t>
+        </is>
+      </c>
+    </row>
+    <row r="383">
+      <c r="A383" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B383" t="inlineStr">
+        <is>
+          <t>виноград ред глоб</t>
+        </is>
+      </c>
+      <c r="C383" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D383" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E383" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F383" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G383" t="n">
+        <v>1980</v>
+      </c>
+      <c r="H383" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I383" t="n">
+        <v>330</v>
+      </c>
+      <c r="J383" t="n">
+        <v>316.67</v>
+      </c>
+      <c r="K383" t="n">
+        <v>1980</v>
+      </c>
+      <c r="L383" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M383" t="n">
+        <v>30</v>
+      </c>
+      <c r="N383" t="n">
+        <v>180</v>
+      </c>
+      <c r="O383" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P383" t="inlineStr"/>
+      <c r="Q383" t="inlineStr"/>
+      <c r="R383" t="inlineStr"/>
+      <c r="S383" t="inlineStr"/>
+      <c r="T383" t="inlineStr"/>
+      <c r="U383" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:35</t>
+        </is>
+      </c>
+    </row>
+    <row r="384">
+      <c r="A384" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B384" t="inlineStr">
+        <is>
+          <t>виноград киш-миш</t>
+        </is>
+      </c>
+      <c r="C384" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D384" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E384" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F384" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G384" t="n">
+        <v>2280</v>
+      </c>
+      <c r="H384" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I384" t="n">
+        <v>380</v>
+      </c>
+      <c r="J384" t="n">
+        <v>366.67</v>
+      </c>
+      <c r="K384" t="n">
+        <v>2280</v>
+      </c>
+      <c r="L384" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M384" t="n">
+        <v>30</v>
+      </c>
+      <c r="N384" t="n">
+        <v>180</v>
+      </c>
+      <c r="O384" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P384" t="inlineStr"/>
+      <c r="Q384" t="inlineStr"/>
+      <c r="R384" t="inlineStr"/>
+      <c r="S384" t="inlineStr"/>
+      <c r="T384" t="inlineStr"/>
+      <c r="U384" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:32</t>
+        </is>
+      </c>
+    </row>
+    <row r="385">
+      <c r="A385" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B385" t="inlineStr">
+        <is>
+          <t>бананы</t>
+        </is>
+      </c>
+      <c r="C385" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D385" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E385" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F385" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G385" t="n">
+        <v>2500</v>
+      </c>
+      <c r="H385" t="n">
+        <v>2400</v>
+      </c>
+      <c r="I385" t="n">
+        <v>138.89</v>
+      </c>
+      <c r="J385" t="n">
+        <v>133.33</v>
+      </c>
+      <c r="K385" t="n">
+        <v>2500</v>
+      </c>
+      <c r="L385" t="n">
+        <v>2400</v>
+      </c>
+      <c r="M385" t="n">
+        <v>50</v>
+      </c>
+      <c r="N385" t="n">
+        <v>900</v>
+      </c>
+      <c r="O385" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P385" t="inlineStr"/>
+      <c r="Q385" t="inlineStr"/>
+      <c r="R385" t="inlineStr"/>
+      <c r="S385" t="inlineStr"/>
+      <c r="T385" t="inlineStr"/>
+      <c r="U385" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:28</t>
+        </is>
+      </c>
+    </row>
+    <row r="386">
+      <c r="A386" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B386" t="inlineStr">
+        <is>
+          <t>баклажаны</t>
+        </is>
+      </c>
+      <c r="C386" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D386" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E386" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F386" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G386" t="n">
+        <v>1050</v>
+      </c>
+      <c r="H386" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I386" t="n">
+        <v>175</v>
+      </c>
+      <c r="J386" t="n">
+        <v>166.67</v>
+      </c>
+      <c r="K386" t="n">
+        <v>1050</v>
+      </c>
+      <c r="L386" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M386" t="n">
+        <v>30</v>
+      </c>
+      <c r="N386" t="n">
+        <v>180</v>
+      </c>
+      <c r="O386" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P386" t="inlineStr"/>
+      <c r="Q386" t="inlineStr"/>
+      <c r="R386" t="inlineStr"/>
+      <c r="S386" t="inlineStr"/>
+      <c r="T386" t="inlineStr"/>
+      <c r="U386" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:26</t>
+        </is>
+      </c>
+    </row>
+    <row r="387">
+      <c r="A387" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B387" t="inlineStr">
+        <is>
+          <t>арбуз мини</t>
+        </is>
+      </c>
+      <c r="C387" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D387" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E387" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F387" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G387" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H387" t="n">
+        <v>2300</v>
+      </c>
+      <c r="I387" t="n">
+        <v>300</v>
+      </c>
+      <c r="J387" t="n">
+        <v>287.5</v>
+      </c>
+      <c r="K387" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L387" t="n">
+        <v>2300</v>
+      </c>
+      <c r="M387" t="n">
+        <v>30</v>
+      </c>
+      <c r="N387" t="n">
+        <v>240</v>
+      </c>
+      <c r="O387" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P387" t="inlineStr"/>
+      <c r="Q387" t="inlineStr"/>
+      <c r="R387" t="inlineStr"/>
+      <c r="S387" t="inlineStr"/>
+      <c r="T387" t="inlineStr"/>
+      <c r="U387" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:23</t>
+        </is>
+      </c>
+    </row>
+    <row r="388">
+      <c r="A388" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B388" t="inlineStr">
+        <is>
+          <t>апельсин</t>
+        </is>
+      </c>
+      <c r="C388" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D388" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E388" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F388" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G388" t="n">
+        <v>1950</v>
+      </c>
+      <c r="H388" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I388" t="n">
+        <v>195</v>
+      </c>
+      <c r="J388" t="n">
+        <v>190</v>
+      </c>
+      <c r="K388" t="n">
+        <v>1950</v>
+      </c>
+      <c r="L388" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M388" t="n">
+        <v>30</v>
+      </c>
+      <c r="N388" t="n">
+        <v>300</v>
+      </c>
+      <c r="O388" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P388" t="inlineStr"/>
+      <c r="Q388" t="inlineStr"/>
+      <c r="R388" t="inlineStr"/>
+      <c r="S388" t="inlineStr"/>
+      <c r="T388" t="inlineStr"/>
+      <c r="U388" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:18</t>
+        </is>
+      </c>
+    </row>
+    <row r="389">
+      <c r="A389" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B389" t="inlineStr">
+        <is>
+          <t>апельсин красный</t>
+        </is>
+      </c>
+      <c r="C389" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D389" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E389" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F389" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G389" t="n">
+        <v>2300</v>
+      </c>
+      <c r="H389" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I389" t="n">
+        <v>230</v>
+      </c>
+      <c r="J389" t="n">
+        <v>220</v>
+      </c>
+      <c r="K389" t="n">
+        <v>2300</v>
+      </c>
+      <c r="L389" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M389" t="n">
+        <v>30</v>
+      </c>
+      <c r="N389" t="n">
+        <v>300</v>
+      </c>
+      <c r="O389" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P389" t="inlineStr"/>
+      <c r="Q389" t="inlineStr"/>
+      <c r="R389" t="inlineStr"/>
+      <c r="S389" t="inlineStr"/>
+      <c r="T389" t="inlineStr"/>
+      <c r="U389" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:15</t>
+        </is>
+      </c>
+    </row>
+    <row r="390">
+      <c r="A390" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B390" t="inlineStr">
+        <is>
+          <t>апельсин</t>
+        </is>
+      </c>
+      <c r="C390" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D390" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E390" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F390" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G390" t="n">
+        <v>1350</v>
+      </c>
+      <c r="H390" t="n">
+        <v>1300</v>
+      </c>
+      <c r="I390" t="n">
+        <v>135</v>
+      </c>
+      <c r="J390" t="n">
+        <v>130</v>
+      </c>
+      <c r="K390" t="n">
+        <v>1350</v>
+      </c>
+      <c r="L390" t="n">
+        <v>1300</v>
+      </c>
+      <c r="M390" t="n">
+        <v>40</v>
+      </c>
+      <c r="N390" t="n">
+        <v>400</v>
+      </c>
+      <c r="O390" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P390" t="inlineStr"/>
+      <c r="Q390" t="inlineStr"/>
+      <c r="R390" t="inlineStr"/>
+      <c r="S390" t="inlineStr"/>
+      <c r="T390" t="inlineStr"/>
+      <c r="U390" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:11</t>
+        </is>
+      </c>
+    </row>
+    <row r="391">
+      <c r="A391" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B391" t="inlineStr">
+        <is>
+          <t>ананас</t>
+        </is>
+      </c>
+      <c r="C391" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D391" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E391" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F391" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G391" t="n">
+        <v>2640</v>
+      </c>
+      <c r="H391" t="n">
+        <v>2600</v>
+      </c>
+      <c r="I391" t="n">
+        <v>220</v>
+      </c>
+      <c r="J391" t="n">
+        <v>216.67</v>
+      </c>
+      <c r="K391" t="n">
+        <v>2640</v>
+      </c>
+      <c r="L391" t="n">
+        <v>2600</v>
+      </c>
+      <c r="M391" t="n">
+        <v>30</v>
+      </c>
+      <c r="N391" t="n">
+        <v>360</v>
+      </c>
+      <c r="O391" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P391" t="inlineStr"/>
+      <c r="Q391" t="inlineStr"/>
+      <c r="R391" t="inlineStr"/>
+      <c r="S391" t="inlineStr"/>
+      <c r="T391" t="inlineStr"/>
+      <c r="U391" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:07</t>
+        </is>
+      </c>
+    </row>
+    <row r="392">
+      <c r="A392" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B392" t="inlineStr">
+        <is>
+          <t>ананас</t>
+        </is>
+      </c>
+      <c r="C392" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D392" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E392" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F392" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G392" t="n">
+        <v>3180</v>
+      </c>
+      <c r="H392" t="n">
+        <v>3100</v>
+      </c>
+      <c r="I392" t="n">
+        <v>265</v>
+      </c>
+      <c r="J392" t="n">
+        <v>258.33</v>
+      </c>
+      <c r="K392" t="n">
+        <v>3180</v>
+      </c>
+      <c r="L392" t="n">
+        <v>3100</v>
+      </c>
+      <c r="M392" t="n">
+        <v>30</v>
+      </c>
+      <c r="N392" t="n">
+        <v>360</v>
+      </c>
+      <c r="O392" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P392" t="inlineStr"/>
+      <c r="Q392" t="inlineStr"/>
+      <c r="R392" t="inlineStr"/>
+      <c r="S392" t="inlineStr"/>
+      <c r="T392" t="inlineStr"/>
+      <c r="U392" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:04</t>
+        </is>
+      </c>
+    </row>
+    <row r="393">
+      <c r="A393" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B393" t="inlineStr">
+        <is>
+          <t>ананас голд</t>
+        </is>
+      </c>
+      <c r="C393" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D393" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E393" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F393" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G393" t="n">
+        <v>2940</v>
+      </c>
+      <c r="H393" t="n">
+        <v>2800</v>
+      </c>
+      <c r="I393" t="n">
+        <v>245</v>
+      </c>
+      <c r="J393" t="n">
+        <v>233.33</v>
+      </c>
+      <c r="K393" t="n">
+        <v>2940</v>
+      </c>
+      <c r="L393" t="n">
+        <v>2800</v>
+      </c>
+      <c r="M393" t="n">
+        <v>50</v>
+      </c>
+      <c r="N393" t="n">
+        <v>600</v>
+      </c>
+      <c r="O393" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P393" t="inlineStr"/>
+      <c r="Q393" t="inlineStr"/>
+      <c r="R393" t="inlineStr"/>
+      <c r="S393" t="inlineStr"/>
+      <c r="T393" t="inlineStr"/>
+      <c r="U393" t="inlineStr">
+        <is>
+          <t>03.03.2026 08:02</t>
+        </is>
+      </c>
+    </row>
+    <row r="394">
+      <c r="A394" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B394" t="inlineStr">
+        <is>
+          <t>авокадо зеленое</t>
+        </is>
+      </c>
+      <c r="C394" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D394" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E394" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F394" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G394" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H394" t="n">
+        <v>2300</v>
+      </c>
+      <c r="I394" t="n">
+        <v>480</v>
+      </c>
+      <c r="J394" t="n">
+        <v>460</v>
+      </c>
+      <c r="K394" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L394" t="n">
+        <v>2300</v>
+      </c>
+      <c r="M394" t="n">
+        <v>30</v>
+      </c>
+      <c r="N394" t="n">
+        <v>150</v>
+      </c>
+      <c r="O394" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P394" t="inlineStr"/>
+      <c r="Q394" t="inlineStr"/>
+      <c r="R394" t="inlineStr"/>
+      <c r="S394" t="inlineStr"/>
+      <c r="T394" t="inlineStr"/>
+      <c r="U394" t="inlineStr">
+        <is>
+          <t>03.03.2026 07:57</t>
+        </is>
+      </c>
+    </row>
+    <row r="395">
+      <c r="A395" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B395" t="inlineStr">
+        <is>
+          <t>авокадо зеленое</t>
+        </is>
+      </c>
+      <c r="C395" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D395" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E395" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F395" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G395" t="n">
+        <v>2500</v>
+      </c>
+      <c r="H395" t="n">
+        <v>2400</v>
+      </c>
+      <c r="I395" t="n">
+        <v>500</v>
+      </c>
+      <c r="J395" t="n">
+        <v>480</v>
+      </c>
+      <c r="K395" t="n">
+        <v>2500</v>
+      </c>
+      <c r="L395" t="n">
+        <v>2400</v>
+      </c>
+      <c r="M395" t="n">
+        <v>30</v>
+      </c>
+      <c r="N395" t="n">
+        <v>150</v>
+      </c>
+      <c r="O395" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P395" t="inlineStr"/>
+      <c r="Q395" t="inlineStr"/>
+      <c r="R395" t="inlineStr"/>
+      <c r="S395" t="inlineStr"/>
+      <c r="T395" t="inlineStr"/>
+      <c r="U395" t="inlineStr">
+        <is>
+          <t>03.03.2026 07:56</t>
+        </is>
+      </c>
+    </row>
+    <row r="396">
+      <c r="A396" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B396" t="inlineStr">
+        <is>
+          <t>авокадо хасс</t>
+        </is>
+      </c>
+      <c r="C396" t="inlineStr">
+        <is>
+          <t>ООО МИКС</t>
+        </is>
+      </c>
+      <c r="D396" t="inlineStr">
+        <is>
+          <t>Калининский</t>
+        </is>
+      </c>
+      <c r="E396" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F396" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G396" t="n">
+        <v>2650</v>
+      </c>
+      <c r="H396" t="n">
+        <v>2600</v>
+      </c>
+      <c r="I396" t="n">
+        <v>530</v>
+      </c>
+      <c r="J396" t="n">
+        <v>520</v>
+      </c>
+      <c r="K396" t="n">
+        <v>2650</v>
+      </c>
+      <c r="L396" t="n">
+        <v>2600</v>
+      </c>
+      <c r="M396" t="n">
+        <v>30</v>
+      </c>
+      <c r="N396" t="n">
+        <v>150</v>
+      </c>
+      <c r="O396" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P396" t="inlineStr"/>
+      <c r="Q396" t="inlineStr"/>
+      <c r="R396" t="inlineStr"/>
+      <c r="S396" t="inlineStr"/>
+      <c r="T396" t="inlineStr"/>
+      <c r="U396" t="inlineStr">
+        <is>
+          <t>03.03.2026 07:55</t>
+        </is>
+      </c>
+    </row>
+    <row r="397">
+      <c r="A397" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B397" t="inlineStr">
+        <is>
+          <t>яблоко сезонное</t>
+        </is>
+      </c>
+      <c r="C397" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D397" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E397" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F397" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G397" t="n">
+        <v>950</v>
+      </c>
+      <c r="H397" t="n">
+        <v>900</v>
+      </c>
+      <c r="I397" t="n">
+        <v>95</v>
+      </c>
+      <c r="J397" t="n">
+        <v>90</v>
+      </c>
+      <c r="K397" t="n">
+        <v>950</v>
+      </c>
+      <c r="L397" t="n">
+        <v>900</v>
+      </c>
+      <c r="M397" t="n">
+        <v>50</v>
+      </c>
+      <c r="N397" t="n">
+        <v>500</v>
+      </c>
+      <c r="O397" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P397" t="inlineStr"/>
+      <c r="Q397" t="inlineStr"/>
+      <c r="R397" t="inlineStr"/>
+      <c r="S397" t="inlineStr"/>
+      <c r="T397" t="inlineStr"/>
+      <c r="U397" t="inlineStr">
+        <is>
+          <t>27.02.2026 12:44</t>
+        </is>
+      </c>
+    </row>
+    <row r="398">
+      <c r="A398" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B398" t="inlineStr">
+        <is>
+          <t>яблоко гольден</t>
+        </is>
+      </c>
+      <c r="C398" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D398" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E398" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F398" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G398" t="n">
+        <v>900</v>
+      </c>
+      <c r="H398" t="n">
+        <v>850</v>
+      </c>
+      <c r="I398" t="n">
+        <v>90</v>
+      </c>
+      <c r="J398" t="n">
+        <v>85</v>
+      </c>
+      <c r="K398" t="n">
+        <v>900</v>
+      </c>
+      <c r="L398" t="n">
+        <v>850</v>
+      </c>
+      <c r="M398" t="n">
+        <v>50</v>
+      </c>
+      <c r="N398" t="n">
+        <v>500</v>
+      </c>
+      <c r="O398" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P398" t="inlineStr"/>
+      <c r="Q398" t="inlineStr"/>
+      <c r="R398" t="inlineStr"/>
+      <c r="S398" t="inlineStr"/>
+      <c r="T398" t="inlineStr"/>
+      <c r="U398" t="inlineStr">
+        <is>
+          <t>27.02.2026 12:41</t>
+        </is>
+      </c>
+    </row>
+    <row r="399">
+      <c r="A399" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B399" t="inlineStr">
+        <is>
+          <t>яблоко гольден</t>
+        </is>
+      </c>
+      <c r="C399" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D399" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E399" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F399" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G399" t="n">
+        <v>2300</v>
+      </c>
+      <c r="H399" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I399" t="n">
+        <v>230</v>
+      </c>
+      <c r="J399" t="n">
+        <v>220</v>
+      </c>
+      <c r="K399" t="n">
+        <v>2300</v>
+      </c>
+      <c r="L399" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M399" t="n">
+        <v>50</v>
+      </c>
+      <c r="N399" t="n">
+        <v>500</v>
+      </c>
+      <c r="O399" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P399" t="inlineStr"/>
+      <c r="Q399" t="inlineStr"/>
+      <c r="R399" t="inlineStr"/>
+      <c r="S399" t="inlineStr"/>
+      <c r="T399" t="inlineStr"/>
+      <c r="U399" t="inlineStr">
+        <is>
+          <t>27.02.2026 12:38</t>
+        </is>
+      </c>
+    </row>
+    <row r="400">
+      <c r="A400" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B400" t="inlineStr">
+        <is>
+          <t>яблоко сезонное</t>
+        </is>
+      </c>
+      <c r="C400" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D400" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E400" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F400" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G400" t="n">
+        <v>1700</v>
+      </c>
+      <c r="H400" t="n">
+        <v>1600</v>
+      </c>
+      <c r="I400" t="n">
+        <v>170</v>
+      </c>
+      <c r="J400" t="n">
+        <v>160</v>
+      </c>
+      <c r="K400" t="n">
+        <v>1700</v>
+      </c>
+      <c r="L400" t="n">
+        <v>1600</v>
+      </c>
+      <c r="M400" t="n">
+        <v>50</v>
+      </c>
+      <c r="N400" t="n">
+        <v>500</v>
+      </c>
+      <c r="O400" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P400" t="inlineStr"/>
+      <c r="Q400" t="inlineStr"/>
+      <c r="R400" t="inlineStr"/>
+      <c r="S400" t="inlineStr"/>
+      <c r="T400" t="inlineStr">
+        <is>
+          <t>Сорт ГАЛА 2-х рядная коробка</t>
+        </is>
+      </c>
+      <c r="U400" t="inlineStr">
+        <is>
+          <t>27.02.2026 12:37</t>
+        </is>
+      </c>
+    </row>
+    <row r="401">
+      <c r="A401" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B401" t="inlineStr">
+        <is>
+          <t>яблоко сезонное</t>
+        </is>
+      </c>
+      <c r="C401" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D401" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E401" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F401" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G401" t="n">
+        <v>1500</v>
+      </c>
+      <c r="H401" t="n">
+        <v>1400</v>
+      </c>
+      <c r="I401" t="n">
+        <v>150</v>
+      </c>
+      <c r="J401" t="n">
+        <v>140</v>
+      </c>
+      <c r="K401" t="n">
+        <v>1500</v>
+      </c>
+      <c r="L401" t="n">
+        <v>1400</v>
+      </c>
+      <c r="M401" t="n">
+        <v>50</v>
+      </c>
+      <c r="N401" t="n">
+        <v>500</v>
+      </c>
+      <c r="O401" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P401" t="inlineStr"/>
+      <c r="Q401" t="inlineStr"/>
+      <c r="R401" t="inlineStr"/>
+      <c r="S401" t="inlineStr"/>
+      <c r="T401" t="inlineStr">
+        <is>
+          <t>Сорт ДИСКАВЕРИ</t>
+        </is>
+      </c>
+      <c r="U401" t="inlineStr">
+        <is>
+          <t>27.02.2026 12:34</t>
+        </is>
+      </c>
+    </row>
+    <row r="402">
+      <c r="A402" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B402" t="inlineStr">
+        <is>
+          <t>яблоко сезонное</t>
+        </is>
+      </c>
+      <c r="C402" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D402" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E402" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F402" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G402" t="n">
+        <v>1760</v>
+      </c>
+      <c r="H402" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I402" t="n">
+        <v>220</v>
+      </c>
+      <c r="J402" t="n">
+        <v>212.5</v>
+      </c>
+      <c r="K402" t="n">
+        <v>1760</v>
+      </c>
+      <c r="L402" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M402" t="n">
+        <v>50</v>
+      </c>
+      <c r="N402" t="n">
+        <v>400</v>
+      </c>
+      <c r="O402" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P402" t="inlineStr"/>
+      <c r="Q402" t="inlineStr"/>
+      <c r="R402" t="inlineStr"/>
+      <c r="S402" t="inlineStr"/>
+      <c r="T402" t="inlineStr">
+        <is>
+          <t>Сорт СИНАП</t>
+        </is>
+      </c>
+      <c r="U402" t="inlineStr">
+        <is>
+          <t>27.02.2026 12:31</t>
+        </is>
+      </c>
+    </row>
+    <row r="403">
+      <c r="A403" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B403" t="inlineStr">
+        <is>
+          <t>яблоки грени смит</t>
+        </is>
+      </c>
+      <c r="C403" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D403" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E403" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F403" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G403" t="n">
+        <v>1800</v>
+      </c>
+      <c r="H403" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I403" t="n">
+        <v>120</v>
+      </c>
+      <c r="J403" t="n">
+        <v>113.33</v>
+      </c>
+      <c r="K403" t="n">
+        <v>1800</v>
+      </c>
+      <c r="L403" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M403" t="n">
+        <v>100</v>
+      </c>
+      <c r="N403" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O403" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P403" t="inlineStr"/>
+      <c r="Q403" t="inlineStr"/>
+      <c r="R403" t="inlineStr"/>
+      <c r="S403" t="inlineStr"/>
+      <c r="T403" t="inlineStr">
+        <is>
+          <t>Яблоко Грени Смит вал</t>
+        </is>
+      </c>
+      <c r="U403" t="inlineStr">
+        <is>
+          <t>26.02.2026 12:27</t>
+        </is>
+      </c>
+    </row>
+    <row r="404">
+      <c r="A404" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B404" t="inlineStr">
+        <is>
+          <t>яблоко сезонное</t>
+        </is>
+      </c>
+      <c r="C404" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D404" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E404" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F404" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G404" t="n">
+        <v>2625</v>
+      </c>
+      <c r="H404" t="n">
+        <v>2600</v>
+      </c>
+      <c r="I404" t="n">
+        <v>175</v>
+      </c>
+      <c r="J404" t="n">
+        <v>173.33</v>
+      </c>
+      <c r="K404" t="n">
+        <v>2625</v>
+      </c>
+      <c r="L404" t="n">
+        <v>2600</v>
+      </c>
+      <c r="M404" t="n">
+        <v>50</v>
+      </c>
+      <c r="N404" t="n">
+        <v>750</v>
+      </c>
+      <c r="O404" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P404" t="inlineStr"/>
+      <c r="Q404" t="inlineStr"/>
+      <c r="R404" t="inlineStr"/>
+      <c r="S404" t="inlineStr"/>
+      <c r="T404" t="inlineStr">
+        <is>
+          <t>Яблоко АНТОНОВКА</t>
+        </is>
+      </c>
+      <c r="U404" t="inlineStr">
+        <is>
+          <t>26.02.2026 12:23</t>
+        </is>
+      </c>
+    </row>
+    <row r="405">
+      <c r="A405" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B405" t="inlineStr">
+        <is>
+          <t>яблоко сезонное</t>
+        </is>
+      </c>
+      <c r="C405" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D405" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E405" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F405" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G405" t="n">
+        <v>2325</v>
+      </c>
+      <c r="H405" t="n">
+        <v>2300</v>
+      </c>
+      <c r="I405" t="n">
+        <v>155</v>
+      </c>
+      <c r="J405" t="n">
+        <v>153.33</v>
+      </c>
+      <c r="K405" t="n">
+        <v>2325</v>
+      </c>
+      <c r="L405" t="n">
+        <v>2300</v>
+      </c>
+      <c r="M405" t="n">
+        <v>50</v>
+      </c>
+      <c r="N405" t="n">
+        <v>750</v>
+      </c>
+      <c r="O405" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P405" t="inlineStr"/>
+      <c r="Q405" t="inlineStr"/>
+      <c r="R405" t="inlineStr"/>
+      <c r="S405" t="inlineStr"/>
+      <c r="T405" t="inlineStr">
+        <is>
+          <t>Яблоко Айдаред</t>
+        </is>
+      </c>
+      <c r="U405" t="inlineStr">
+        <is>
+          <t>26.02.2026 12:20</t>
+        </is>
+      </c>
+    </row>
+    <row r="406">
+      <c r="A406" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B406" t="inlineStr">
+        <is>
+          <t>яблоко сезонное</t>
+        </is>
+      </c>
+      <c r="C406" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D406" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E406" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F406" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G406" t="n">
+        <v>2475</v>
+      </c>
+      <c r="H406" t="n">
+        <v>2400</v>
+      </c>
+      <c r="I406" t="n">
+        <v>165</v>
+      </c>
+      <c r="J406" t="n">
+        <v>160</v>
+      </c>
+      <c r="K406" t="n">
+        <v>2475</v>
+      </c>
+      <c r="L406" t="n">
+        <v>2400</v>
+      </c>
+      <c r="M406" t="n">
+        <v>50</v>
+      </c>
+      <c r="N406" t="n">
+        <v>750</v>
+      </c>
+      <c r="O406" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P406" t="inlineStr"/>
+      <c r="Q406" t="inlineStr"/>
+      <c r="R406" t="inlineStr"/>
+      <c r="S406" t="inlineStr"/>
+      <c r="T406" t="inlineStr">
+        <is>
+          <t>Яблоко ГАЛА</t>
+        </is>
+      </c>
+      <c r="U406" t="inlineStr">
+        <is>
+          <t>26.02.2026 12:17</t>
+        </is>
+      </c>
+    </row>
+    <row r="407">
+      <c r="A407" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B407" t="inlineStr">
+        <is>
+          <t>перец чили мини</t>
+        </is>
+      </c>
+      <c r="C407" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D407" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E407" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F407" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G407" t="n">
+        <v>120</v>
+      </c>
+      <c r="H407" t="n">
+        <v>110</v>
+      </c>
+      <c r="I407" t="n">
+        <v>1714.29</v>
+      </c>
+      <c r="J407" t="n">
+        <v>1571.43</v>
+      </c>
+      <c r="K407" t="n">
+        <v>120</v>
+      </c>
+      <c r="L407" t="n">
+        <v>110</v>
+      </c>
+      <c r="M407" t="n">
+        <v>30</v>
+      </c>
+      <c r="N407" t="n">
+        <v>2</v>
+      </c>
+      <c r="O407" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P407" t="inlineStr"/>
+      <c r="Q407" t="inlineStr"/>
+      <c r="R407" t="inlineStr"/>
+      <c r="S407" t="inlineStr"/>
+      <c r="T407" t="inlineStr"/>
+      <c r="U407" t="inlineStr">
+        <is>
+          <t>26.02.2026 12:14</t>
+        </is>
+      </c>
+    </row>
+    <row r="408">
+      <c r="A408" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B408" t="inlineStr">
+        <is>
+          <t>чеснок</t>
+        </is>
+      </c>
+      <c r="C408" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D408" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E408" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F408" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G408" t="n">
+        <v>5250</v>
+      </c>
+      <c r="H408" t="n">
+        <v>5000</v>
+      </c>
+      <c r="I408" t="n">
+        <v>350</v>
+      </c>
+      <c r="J408" t="n">
+        <v>333.33</v>
+      </c>
+      <c r="K408" t="n">
+        <v>5250</v>
+      </c>
+      <c r="L408" t="n">
+        <v>5000</v>
+      </c>
+      <c r="M408" t="n">
+        <v>50</v>
+      </c>
+      <c r="N408" t="n">
+        <v>750</v>
+      </c>
+      <c r="O408" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P408" t="inlineStr"/>
+      <c r="Q408" t="inlineStr"/>
+      <c r="R408" t="inlineStr"/>
+      <c r="S408" t="inlineStr"/>
+      <c r="T408" t="inlineStr"/>
+      <c r="U408" t="inlineStr">
+        <is>
+          <t>26.02.2026 12:11</t>
+        </is>
+      </c>
+    </row>
+    <row r="409">
+      <c r="A409" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B409" t="inlineStr">
+        <is>
+          <t>чеснок</t>
+        </is>
+      </c>
+      <c r="C409" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D409" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E409" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F409" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G409" t="n">
+        <v>6000</v>
+      </c>
+      <c r="H409" t="n">
+        <v>5800</v>
+      </c>
+      <c r="I409" t="n">
+        <v>1200</v>
+      </c>
+      <c r="J409" t="n">
+        <v>1160</v>
+      </c>
+      <c r="K409" t="n">
+        <v>6000</v>
+      </c>
+      <c r="L409" t="n">
+        <v>5800</v>
+      </c>
+      <c r="M409" t="n">
+        <v>50</v>
+      </c>
+      <c r="N409" t="n">
+        <v>250</v>
+      </c>
+      <c r="O409" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P409" t="inlineStr"/>
+      <c r="Q409" t="inlineStr"/>
+      <c r="R409" t="inlineStr"/>
+      <c r="S409" t="inlineStr"/>
+      <c r="T409" t="inlineStr">
+        <is>
+          <t>Чеснок СОЛО</t>
+        </is>
+      </c>
+      <c r="U409" t="inlineStr">
+        <is>
+          <t>26.02.2026 12:09</t>
+        </is>
+      </c>
+    </row>
+    <row r="410">
+      <c r="A410" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B410" t="inlineStr">
+        <is>
+          <t>чеснок</t>
+        </is>
+      </c>
+      <c r="C410" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D410" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E410" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F410" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G410" t="n">
+        <v>3960</v>
+      </c>
+      <c r="H410" t="n">
+        <v>3800</v>
+      </c>
+      <c r="I410" t="n">
+        <v>220</v>
+      </c>
+      <c r="J410" t="n">
+        <v>211.11</v>
+      </c>
+      <c r="K410" t="n">
+        <v>3960</v>
+      </c>
+      <c r="L410" t="n">
+        <v>3800</v>
+      </c>
+      <c r="M410" t="n">
+        <v>56</v>
+      </c>
+      <c r="N410" t="n">
+        <v>1008</v>
+      </c>
+      <c r="O410" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P410" t="inlineStr"/>
+      <c r="Q410" t="inlineStr"/>
+      <c r="R410" t="inlineStr"/>
+      <c r="S410" t="inlineStr"/>
+      <c r="T410" t="inlineStr"/>
+      <c r="U410" t="inlineStr">
+        <is>
+          <t>26.02.2026 12:07</t>
+        </is>
+      </c>
+    </row>
+    <row r="411">
+      <c r="A411" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B411" t="inlineStr">
+        <is>
+          <t>черешня черная</t>
+        </is>
+      </c>
+      <c r="C411" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D411" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E411" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F411" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G411" t="n">
+        <v>2500</v>
+      </c>
+      <c r="H411" t="n">
+        <v>2400</v>
+      </c>
+      <c r="I411" t="n">
+        <v>2500</v>
+      </c>
+      <c r="J411" t="n">
+        <v>2400</v>
+      </c>
+      <c r="K411" t="n">
+        <v>2500</v>
+      </c>
+      <c r="L411" t="n">
+        <v>2400</v>
+      </c>
+      <c r="M411" t="n">
+        <v>50</v>
+      </c>
+      <c r="N411" t="n">
+        <v>50</v>
+      </c>
+      <c r="O411" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P411" t="inlineStr"/>
+      <c r="Q411" t="inlineStr"/>
+      <c r="R411" t="inlineStr"/>
+      <c r="S411" t="inlineStr"/>
+      <c r="T411" t="inlineStr"/>
+      <c r="U411" t="inlineStr">
+        <is>
+          <t>26.02.2026 12:05</t>
+        </is>
+      </c>
+    </row>
+    <row r="412">
+      <c r="A412" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B412" t="inlineStr">
+        <is>
+          <t>хрен корень</t>
+        </is>
+      </c>
+      <c r="C412" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D412" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E412" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F412" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G412" t="n">
+        <v>1600</v>
+      </c>
+      <c r="H412" t="n">
+        <v>1500</v>
+      </c>
+      <c r="I412" t="n">
+        <v>1600</v>
+      </c>
+      <c r="J412" t="n">
+        <v>1500</v>
+      </c>
+      <c r="K412" t="n">
+        <v>1600</v>
+      </c>
+      <c r="L412" t="n">
+        <v>1500</v>
+      </c>
+      <c r="M412" t="n">
+        <v>100</v>
+      </c>
+      <c r="N412" t="n">
+        <v>100</v>
+      </c>
+      <c r="O412" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P412" t="inlineStr"/>
+      <c r="Q412" t="inlineStr"/>
+      <c r="R412" t="inlineStr"/>
+      <c r="S412" t="inlineStr"/>
+      <c r="T412" t="inlineStr"/>
+      <c r="U412" t="inlineStr">
+        <is>
+          <t>26.02.2026 12:01</t>
+        </is>
+      </c>
+    </row>
+    <row r="413">
+      <c r="A413" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B413" t="inlineStr">
+        <is>
+          <t>физалис</t>
+        </is>
+      </c>
+      <c r="C413" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D413" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E413" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F413" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G413" t="n">
+        <v>160</v>
+      </c>
+      <c r="H413" t="n">
+        <v>150</v>
+      </c>
+      <c r="I413" t="n">
+        <v>1600</v>
+      </c>
+      <c r="J413" t="n">
+        <v>1500</v>
+      </c>
+      <c r="K413" t="n">
+        <v>160</v>
+      </c>
+      <c r="L413" t="n">
+        <v>150</v>
+      </c>
+      <c r="M413" t="n">
+        <v>10</v>
+      </c>
+      <c r="N413" t="n">
+        <v>1</v>
+      </c>
+      <c r="O413" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P413" t="inlineStr"/>
+      <c r="Q413" t="inlineStr"/>
+      <c r="R413" t="inlineStr"/>
+      <c r="S413" t="inlineStr"/>
+      <c r="T413" t="inlineStr"/>
+      <c r="U413" t="inlineStr">
+        <is>
+          <t>26.02.2026 11:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="414">
+      <c r="A414" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B414" t="inlineStr">
+        <is>
+          <t>фенхель</t>
+        </is>
+      </c>
+      <c r="C414" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D414" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E414" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F414" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G414" t="n">
+        <v>2900</v>
+      </c>
+      <c r="H414" t="n">
+        <v>2700</v>
+      </c>
+      <c r="I414" t="n">
+        <v>580</v>
+      </c>
+      <c r="J414" t="n">
+        <v>540</v>
+      </c>
+      <c r="K414" t="n">
+        <v>2900</v>
+      </c>
+      <c r="L414" t="n">
+        <v>2700</v>
+      </c>
+      <c r="M414" t="n">
+        <v>20</v>
+      </c>
+      <c r="N414" t="n">
+        <v>100</v>
+      </c>
+      <c r="O414" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P414" t="inlineStr"/>
+      <c r="Q414" t="inlineStr"/>
+      <c r="R414" t="inlineStr"/>
+      <c r="S414" t="inlineStr"/>
+      <c r="T414" t="inlineStr"/>
+      <c r="U414" t="inlineStr">
+        <is>
+          <t>26.02.2026 11:56</t>
+        </is>
+      </c>
+    </row>
+    <row r="415">
+      <c r="A415" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B415" t="inlineStr">
+        <is>
+          <t>фасоль</t>
+        </is>
+      </c>
+      <c r="C415" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D415" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E415" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F415" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G415" t="n">
+        <v>450</v>
+      </c>
+      <c r="H415" t="n">
+        <v>440</v>
+      </c>
+      <c r="I415" t="n">
+        <v>1800</v>
+      </c>
+      <c r="J415" t="n">
+        <v>1760</v>
+      </c>
+      <c r="K415" t="n">
+        <v>450</v>
+      </c>
+      <c r="L415" t="n">
+        <v>440</v>
+      </c>
+      <c r="M415" t="n">
+        <v>20</v>
+      </c>
+      <c r="N415" t="n">
+        <v>5</v>
+      </c>
+      <c r="O415" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P415" t="inlineStr"/>
+      <c r="Q415" t="inlineStr"/>
+      <c r="R415" t="inlineStr"/>
+      <c r="S415" t="inlineStr"/>
+      <c r="T415" t="inlineStr"/>
+      <c r="U415" t="inlineStr">
+        <is>
+          <t>26.02.2026 11:53</t>
+        </is>
+      </c>
+    </row>
+    <row r="416">
+      <c r="A416" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B416" t="inlineStr">
+        <is>
+          <t>укроп</t>
+        </is>
+      </c>
+      <c r="C416" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D416" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E416" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F416" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G416" t="n">
+        <v>270</v>
+      </c>
+      <c r="H416" t="n">
+        <v>250</v>
+      </c>
+      <c r="I416" t="n">
+        <v>270</v>
+      </c>
+      <c r="J416" t="n">
+        <v>250</v>
+      </c>
+      <c r="K416" t="n">
+        <v>270</v>
+      </c>
+      <c r="L416" t="n">
+        <v>250</v>
+      </c>
+      <c r="M416" t="n">
+        <v>500</v>
+      </c>
+      <c r="N416" t="n">
+        <v>500</v>
+      </c>
+      <c r="O416" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P416" t="inlineStr"/>
+      <c r="Q416" t="inlineStr"/>
+      <c r="R416" t="inlineStr"/>
+      <c r="S416" t="inlineStr"/>
+      <c r="T416" t="inlineStr"/>
+      <c r="U416" t="inlineStr">
+        <is>
+          <t>26.02.2026 11:51</t>
+        </is>
+      </c>
+    </row>
+    <row r="417">
+      <c r="A417" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B417" t="inlineStr">
+        <is>
+          <t>тыква круглая</t>
+        </is>
+      </c>
+      <c r="C417" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D417" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E417" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F417" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G417" t="n">
+        <v>1300</v>
+      </c>
+      <c r="H417" t="n">
+        <v>1200</v>
+      </c>
+      <c r="I417" t="n">
+        <v>65</v>
+      </c>
+      <c r="J417" t="n">
+        <v>60</v>
+      </c>
+      <c r="K417" t="n">
+        <v>1300</v>
+      </c>
+      <c r="L417" t="n">
+        <v>1200</v>
+      </c>
+      <c r="M417" t="n">
+        <v>25</v>
+      </c>
+      <c r="N417" t="n">
+        <v>500</v>
+      </c>
+      <c r="O417" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P417" t="inlineStr"/>
+      <c r="Q417" t="inlineStr"/>
+      <c r="R417" t="inlineStr"/>
+      <c r="S417" t="inlineStr"/>
+      <c r="T417" t="inlineStr"/>
+      <c r="U417" t="inlineStr">
+        <is>
+          <t>26.02.2026 11:49</t>
+        </is>
+      </c>
+    </row>
+    <row r="418">
+      <c r="A418" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B418" t="inlineStr">
+        <is>
+          <t>томат черри кумато</t>
+        </is>
+      </c>
+      <c r="C418" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D418" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E418" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F418" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G418" t="n">
+        <v>2250</v>
+      </c>
+      <c r="H418" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I418" t="n">
+        <v>450</v>
+      </c>
+      <c r="J418" t="n">
+        <v>440</v>
+      </c>
+      <c r="K418" t="n">
+        <v>2250</v>
+      </c>
+      <c r="L418" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M418" t="n">
+        <v>30</v>
+      </c>
+      <c r="N418" t="n">
+        <v>150</v>
+      </c>
+      <c r="O418" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P418" t="inlineStr"/>
+      <c r="Q418" t="inlineStr"/>
+      <c r="R418" t="inlineStr"/>
+      <c r="S418" t="inlineStr"/>
+      <c r="T418" t="inlineStr"/>
+      <c r="U418" t="inlineStr">
+        <is>
+          <t>25.02.2026 14:42</t>
+        </is>
+      </c>
+    </row>
+    <row r="419">
+      <c r="A419" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B419" t="inlineStr">
+        <is>
+          <t>томат черри вал</t>
+        </is>
+      </c>
+      <c r="C419" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D419" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E419" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F419" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G419" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H419" t="n">
+        <v>2300</v>
+      </c>
+      <c r="I419" t="n">
+        <v>480</v>
+      </c>
+      <c r="J419" t="n">
+        <v>460</v>
+      </c>
+      <c r="K419" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L419" t="n">
+        <v>2300</v>
+      </c>
+      <c r="M419" t="n">
+        <v>100</v>
+      </c>
+      <c r="N419" t="n">
+        <v>500</v>
+      </c>
+      <c r="O419" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P419" t="inlineStr"/>
+      <c r="Q419" t="inlineStr"/>
+      <c r="R419" t="inlineStr"/>
+      <c r="S419" t="inlineStr"/>
+      <c r="T419" t="inlineStr"/>
+      <c r="U419" t="inlineStr">
+        <is>
+          <t>25.02.2026 14:40</t>
+        </is>
+      </c>
+    </row>
+    <row r="420">
+      <c r="A420" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B420" t="inlineStr">
+        <is>
+          <t>томат черри ветка</t>
+        </is>
+      </c>
+      <c r="C420" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D420" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E420" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F420" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G420" t="n">
+        <v>4750</v>
+      </c>
+      <c r="H420" t="n">
+        <v>4500</v>
+      </c>
+      <c r="I420" t="n">
+        <v>950</v>
+      </c>
+      <c r="J420" t="n">
+        <v>900</v>
+      </c>
+      <c r="K420" t="n">
+        <v>4750</v>
+      </c>
+      <c r="L420" t="n">
+        <v>4500</v>
+      </c>
+      <c r="M420" t="n">
+        <v>100</v>
+      </c>
+      <c r="N420" t="n">
+        <v>500</v>
+      </c>
+      <c r="O420" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P420" t="inlineStr"/>
+      <c r="Q420" t="inlineStr"/>
+      <c r="R420" t="inlineStr"/>
+      <c r="S420" t="inlineStr"/>
+      <c r="T420" t="inlineStr"/>
+      <c r="U420" t="inlineStr">
+        <is>
+          <t>25.02.2026 14:33</t>
+        </is>
+      </c>
+    </row>
+    <row r="421">
+      <c r="A421" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B421" t="inlineStr">
+        <is>
+          <t>томат черри вал</t>
+        </is>
+      </c>
+      <c r="C421" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D421" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E421" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F421" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G421" t="n">
+        <v>3750</v>
+      </c>
+      <c r="H421" t="n">
+        <v>3600</v>
+      </c>
+      <c r="I421" t="n">
+        <v>750</v>
+      </c>
+      <c r="J421" t="n">
+        <v>720</v>
+      </c>
+      <c r="K421" t="n">
+        <v>3750</v>
+      </c>
+      <c r="L421" t="n">
+        <v>3600</v>
+      </c>
+      <c r="M421" t="n">
+        <v>50</v>
+      </c>
+      <c r="N421" t="n">
+        <v>250</v>
+      </c>
+      <c r="O421" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P421" t="inlineStr"/>
+      <c r="Q421" t="inlineStr"/>
+      <c r="R421" t="inlineStr"/>
+      <c r="S421" t="inlineStr"/>
+      <c r="T421" t="inlineStr">
+        <is>
+          <t>ЭкоКультура</t>
+        </is>
+      </c>
+      <c r="U421" t="inlineStr">
+        <is>
+          <t>25.02.2026 14:30</t>
+        </is>
+      </c>
+    </row>
+    <row r="422">
+      <c r="A422" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B422" t="inlineStr">
+        <is>
+          <t>томат черри вал желтый</t>
+        </is>
+      </c>
+      <c r="C422" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D422" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E422" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F422" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G422" t="n">
+        <v>3500</v>
+      </c>
+      <c r="H422" t="n">
+        <v>3300</v>
+      </c>
+      <c r="I422" t="n">
+        <v>700</v>
+      </c>
+      <c r="J422" t="n">
+        <v>660</v>
+      </c>
+      <c r="K422" t="n">
+        <v>3500</v>
+      </c>
+      <c r="L422" t="n">
+        <v>3300</v>
+      </c>
+      <c r="M422" t="n">
+        <v>50</v>
+      </c>
+      <c r="N422" t="n">
+        <v>250</v>
+      </c>
+      <c r="O422" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P422" t="inlineStr"/>
+      <c r="Q422" t="inlineStr"/>
+      <c r="R422" t="inlineStr"/>
+      <c r="S422" t="inlineStr"/>
+      <c r="T422" t="inlineStr"/>
+      <c r="U422" t="inlineStr">
+        <is>
+          <t>25.02.2026 14:26</t>
+        </is>
+      </c>
+    </row>
+    <row r="423">
+      <c r="A423" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B423" t="inlineStr">
+        <is>
+          <t>томат розовый узбек</t>
+        </is>
+      </c>
+      <c r="C423" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D423" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E423" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F423" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G423" t="n">
+        <v>9850</v>
+      </c>
+      <c r="H423" t="n">
+        <v>9500</v>
+      </c>
+      <c r="I423" t="n">
+        <v>985</v>
+      </c>
+      <c r="J423" t="n">
+        <v>950</v>
+      </c>
+      <c r="K423" t="n">
+        <v>9850</v>
+      </c>
+      <c r="L423" t="n">
+        <v>9500</v>
+      </c>
+      <c r="M423" t="n">
+        <v>50</v>
+      </c>
+      <c r="N423" t="n">
+        <v>500</v>
+      </c>
+      <c r="O423" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P423" t="inlineStr"/>
+      <c r="Q423" t="inlineStr"/>
+      <c r="R423" t="inlineStr"/>
+      <c r="S423" t="inlineStr"/>
+      <c r="T423" t="inlineStr">
+        <is>
+          <t>Сахар 8-9</t>
+        </is>
+      </c>
+      <c r="U423" t="inlineStr">
+        <is>
+          <t>25.02.2026 14:24</t>
+        </is>
+      </c>
+    </row>
+    <row r="424">
+      <c r="A424" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B424" t="inlineStr">
+        <is>
+          <t>томат розовый узбек</t>
+        </is>
+      </c>
+      <c r="C424" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D424" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E424" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F424" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G424" t="n">
+        <v>9400</v>
+      </c>
+      <c r="H424" t="n">
+        <v>9000</v>
+      </c>
+      <c r="I424" t="n">
+        <v>940</v>
+      </c>
+      <c r="J424" t="n">
+        <v>900</v>
+      </c>
+      <c r="K424" t="n">
+        <v>9400</v>
+      </c>
+      <c r="L424" t="n">
+        <v>9000</v>
+      </c>
+      <c r="M424" t="n">
+        <v>50</v>
+      </c>
+      <c r="N424" t="n">
+        <v>500</v>
+      </c>
+      <c r="O424" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P424" t="inlineStr"/>
+      <c r="Q424" t="inlineStr"/>
+      <c r="R424" t="inlineStr"/>
+      <c r="S424" t="inlineStr"/>
+      <c r="T424" t="inlineStr"/>
+      <c r="U424" t="inlineStr">
+        <is>
+          <t>25.02.2026 14:22</t>
+        </is>
+      </c>
+    </row>
+    <row r="425">
+      <c r="A425" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B425" t="inlineStr">
+        <is>
+          <t>томат розовый узбек</t>
+        </is>
+      </c>
+      <c r="C425" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D425" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E425" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F425" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G425" t="n">
+        <v>9000</v>
+      </c>
+      <c r="H425" t="n">
+        <v>8700</v>
+      </c>
+      <c r="I425" t="n">
+        <v>900</v>
+      </c>
+      <c r="J425" t="n">
+        <v>870</v>
+      </c>
+      <c r="K425" t="n">
+        <v>9000</v>
+      </c>
+      <c r="L425" t="n">
+        <v>8700</v>
+      </c>
+      <c r="M425" t="n">
+        <v>40</v>
+      </c>
+      <c r="N425" t="n">
+        <v>400</v>
+      </c>
+      <c r="O425" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P425" t="inlineStr"/>
+      <c r="Q425" t="inlineStr"/>
+      <c r="R425" t="inlineStr"/>
+      <c r="S425" t="inlineStr"/>
+      <c r="T425" t="inlineStr">
+        <is>
+          <t>Сахар 6</t>
+        </is>
+      </c>
+      <c r="U425" t="inlineStr">
+        <is>
+          <t>25.02.2026 14:20</t>
+        </is>
+      </c>
+    </row>
+    <row r="426">
+      <c r="A426" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B426" t="inlineStr">
+        <is>
+          <t>томат розовый</t>
+        </is>
+      </c>
+      <c r="C426" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D426" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E426" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F426" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G426" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H426" t="n">
+        <v>2300</v>
+      </c>
+      <c r="I426" t="n">
+        <v>300</v>
+      </c>
+      <c r="J426" t="n">
+        <v>287.5</v>
+      </c>
+      <c r="K426" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L426" t="n">
+        <v>2300</v>
+      </c>
+      <c r="M426" t="n">
+        <v>100</v>
+      </c>
+      <c r="N426" t="n">
+        <v>800</v>
+      </c>
+      <c r="O426" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P426" t="inlineStr"/>
+      <c r="Q426" t="inlineStr"/>
+      <c r="R426" t="inlineStr"/>
+      <c r="S426" t="inlineStr"/>
+      <c r="T426" t="inlineStr"/>
+      <c r="U426" t="inlineStr">
+        <is>
+          <t>25.02.2026 14:18</t>
+        </is>
+      </c>
+    </row>
+    <row r="427">
+      <c r="A427" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B427" t="inlineStr">
+        <is>
+          <t>томат розовый</t>
+        </is>
+      </c>
+      <c r="C427" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D427" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E427" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F427" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G427" t="n">
+        <v>3200</v>
+      </c>
+      <c r="H427" t="n">
+        <v>300</v>
+      </c>
+      <c r="I427" t="n">
+        <v>320</v>
+      </c>
+      <c r="J427" t="n">
+        <v>30</v>
+      </c>
+      <c r="K427" t="n">
+        <v>3200</v>
+      </c>
+      <c r="L427" t="n">
+        <v>300</v>
+      </c>
+      <c r="M427" t="n">
+        <v>100</v>
+      </c>
+      <c r="N427" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O427" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P427" t="inlineStr"/>
+      <c r="Q427" t="inlineStr"/>
+      <c r="R427" t="inlineStr"/>
+      <c r="S427" t="inlineStr"/>
+      <c r="T427" t="inlineStr"/>
+      <c r="U427" t="inlineStr">
+        <is>
+          <t>25.02.2026 14:16</t>
+        </is>
+      </c>
+    </row>
+    <row r="428">
+      <c r="A428" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B428" t="inlineStr">
+        <is>
+          <t>томат сливка желтый</t>
+        </is>
+      </c>
+      <c r="C428" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D428" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E428" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F428" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G428" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H428" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I428" t="n">
+        <v>250</v>
+      </c>
+      <c r="J428" t="n">
+        <v>237.5</v>
+      </c>
+      <c r="K428" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L428" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M428" t="n">
+        <v>50</v>
+      </c>
+      <c r="N428" t="n">
+        <v>400</v>
+      </c>
+      <c r="O428" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P428" t="inlineStr"/>
+      <c r="Q428" t="inlineStr"/>
+      <c r="R428" t="inlineStr"/>
+      <c r="S428" t="inlineStr"/>
+      <c r="T428" t="inlineStr"/>
+      <c r="U428" t="inlineStr">
+        <is>
+          <t>25.02.2026 14:11</t>
+        </is>
+      </c>
+    </row>
+    <row r="429">
+      <c r="A429" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B429" t="inlineStr">
+        <is>
+          <t>томат сливка красный</t>
+        </is>
+      </c>
+      <c r="C429" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D429" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E429" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F429" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G429" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H429" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I429" t="n">
+        <v>250</v>
+      </c>
+      <c r="J429" t="n">
+        <v>237.5</v>
+      </c>
+      <c r="K429" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L429" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M429" t="n">
+        <v>100</v>
+      </c>
+      <c r="N429" t="n">
+        <v>800</v>
+      </c>
+      <c r="O429" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P429" t="inlineStr"/>
+      <c r="Q429" t="inlineStr"/>
+      <c r="R429" t="inlineStr"/>
+      <c r="S429" t="inlineStr"/>
+      <c r="T429" t="inlineStr"/>
+      <c r="U429" t="inlineStr">
+        <is>
+          <t>25.02.2026 13:52</t>
+        </is>
+      </c>
+    </row>
+    <row r="430">
+      <c r="A430" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B430" t="inlineStr">
+        <is>
+          <t>томат сливка фламенко</t>
+        </is>
+      </c>
+      <c r="C430" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D430" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E430" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F430" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G430" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H430" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I430" t="n">
+        <v>400</v>
+      </c>
+      <c r="J430" t="n">
+        <v>380</v>
+      </c>
+      <c r="K430" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L430" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M430" t="n">
+        <v>100</v>
+      </c>
+      <c r="N430" t="n">
+        <v>500</v>
+      </c>
+      <c r="O430" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P430" t="inlineStr"/>
+      <c r="Q430" t="inlineStr"/>
+      <c r="R430" t="inlineStr"/>
+      <c r="S430" t="inlineStr"/>
+      <c r="T430" t="inlineStr"/>
+      <c r="U430" t="inlineStr">
+        <is>
+          <t>25.02.2026 13:47</t>
+        </is>
+      </c>
+    </row>
+    <row r="431">
+      <c r="A431" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B431" t="inlineStr">
+        <is>
+          <t>томат турция</t>
+        </is>
+      </c>
+      <c r="C431" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D431" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E431" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F431" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G431" t="n">
+        <v>1600</v>
+      </c>
+      <c r="H431" t="n">
+        <v>1500</v>
+      </c>
+      <c r="I431" t="n">
+        <v>200</v>
+      </c>
+      <c r="J431" t="n">
+        <v>187.5</v>
+      </c>
+      <c r="K431" t="n">
+        <v>1600</v>
+      </c>
+      <c r="L431" t="n">
+        <v>1500</v>
+      </c>
+      <c r="M431" t="n">
+        <v>100</v>
+      </c>
+      <c r="N431" t="n">
+        <v>800</v>
+      </c>
+      <c r="O431" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P431" t="inlineStr"/>
+      <c r="Q431" t="inlineStr"/>
+      <c r="R431" t="inlineStr"/>
+      <c r="S431" t="inlineStr"/>
+      <c r="T431" t="inlineStr"/>
+      <c r="U431" t="inlineStr">
+        <is>
+          <t>25.02.2026 13:45</t>
+        </is>
+      </c>
+    </row>
+    <row r="432">
+      <c r="A432" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B432" t="inlineStr">
+        <is>
+          <t>спаржа</t>
+        </is>
+      </c>
+      <c r="C432" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D432" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E432" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F432" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G432" t="n">
+        <v>850</v>
+      </c>
+      <c r="H432" t="n">
+        <v>800</v>
+      </c>
+      <c r="I432" t="n">
+        <v>1888.89</v>
+      </c>
+      <c r="J432" t="n">
+        <v>1777.78</v>
+      </c>
+      <c r="K432" t="n">
+        <v>850</v>
+      </c>
+      <c r="L432" t="n">
+        <v>800</v>
+      </c>
+      <c r="M432" t="n">
+        <v>30</v>
+      </c>
+      <c r="N432" t="n">
+        <v>13</v>
+      </c>
+      <c r="O432" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P432" t="inlineStr"/>
+      <c r="Q432" t="inlineStr"/>
+      <c r="R432" t="inlineStr"/>
+      <c r="S432" t="inlineStr"/>
+      <c r="T432" t="inlineStr"/>
+      <c r="U432" t="inlineStr">
+        <is>
+          <t>25.02.2026 13:19</t>
+        </is>
+      </c>
+    </row>
+    <row r="433">
+      <c r="A433" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B433" t="inlineStr">
+        <is>
+          <t>спаржа</t>
+        </is>
+      </c>
+      <c r="C433" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D433" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E433" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F433" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G433" t="n">
+        <v>1400</v>
+      </c>
+      <c r="H433" t="n">
+        <v>1350</v>
+      </c>
+      <c r="I433" t="n">
+        <v>2800</v>
+      </c>
+      <c r="J433" t="n">
+        <v>2700</v>
+      </c>
+      <c r="K433" t="n">
+        <v>1400</v>
+      </c>
+      <c r="L433" t="n">
+        <v>1350</v>
+      </c>
+      <c r="M433" t="n">
+        <v>10</v>
+      </c>
+      <c r="N433" t="n">
+        <v>5</v>
+      </c>
+      <c r="O433" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P433" t="inlineStr"/>
+      <c r="Q433" t="inlineStr"/>
+      <c r="R433" t="inlineStr"/>
+      <c r="S433" t="inlineStr"/>
+      <c r="T433" t="inlineStr">
+        <is>
+          <t>Спаржа белая</t>
+        </is>
+      </c>
+      <c r="U433" t="inlineStr">
+        <is>
+          <t>25.02.2026 13:16</t>
+        </is>
+      </c>
+    </row>
+    <row r="434">
+      <c r="A434" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B434" t="inlineStr">
+        <is>
+          <t>слива красная</t>
+        </is>
+      </c>
+      <c r="C434" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D434" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E434" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F434" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G434" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H434" t="n">
+        <v>2300</v>
+      </c>
+      <c r="I434" t="n">
+        <v>300</v>
+      </c>
+      <c r="J434" t="n">
+        <v>287.5</v>
+      </c>
+      <c r="K434" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L434" t="n">
+        <v>2300</v>
+      </c>
+      <c r="M434" t="n">
+        <v>13</v>
+      </c>
+      <c r="N434" t="n">
+        <v>104</v>
+      </c>
+      <c r="O434" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P434" t="inlineStr"/>
+      <c r="Q434" t="inlineStr"/>
+      <c r="R434" t="inlineStr"/>
+      <c r="S434" t="inlineStr"/>
+      <c r="T434" t="inlineStr"/>
+      <c r="U434" t="inlineStr">
+        <is>
+          <t>25.02.2026 13:04</t>
+        </is>
+      </c>
+    </row>
+    <row r="435">
+      <c r="A435" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B435" t="inlineStr">
+        <is>
+          <t>слива черная</t>
+        </is>
+      </c>
+      <c r="C435" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D435" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E435" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F435" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G435" t="n">
+        <v>2800</v>
+      </c>
+      <c r="H435" t="n">
+        <v>2700</v>
+      </c>
+      <c r="I435" t="n">
+        <v>350</v>
+      </c>
+      <c r="J435" t="n">
+        <v>337.5</v>
+      </c>
+      <c r="K435" t="n">
+        <v>2800</v>
+      </c>
+      <c r="L435" t="n">
+        <v>2700</v>
+      </c>
+      <c r="M435" t="n">
+        <v>13</v>
+      </c>
+      <c r="N435" t="n">
+        <v>104</v>
+      </c>
+      <c r="O435" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P435" t="inlineStr"/>
+      <c r="Q435" t="inlineStr"/>
+      <c r="R435" t="inlineStr"/>
+      <c r="S435" t="inlineStr"/>
+      <c r="T435" t="inlineStr"/>
+      <c r="U435" t="inlineStr">
+        <is>
+          <t>25.02.2026 13:02</t>
+        </is>
+      </c>
+    </row>
+    <row r="436">
+      <c r="A436" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B436" t="inlineStr">
+        <is>
+          <t>сельдерей корень</t>
+        </is>
+      </c>
+      <c r="C436" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D436" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E436" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F436" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G436" t="n">
+        <v>1760</v>
+      </c>
+      <c r="H436" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I436" t="n">
+        <v>220</v>
+      </c>
+      <c r="J436" t="n">
+        <v>212.5</v>
+      </c>
+      <c r="K436" t="n">
+        <v>1760</v>
+      </c>
+      <c r="L436" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M436" t="n">
+        <v>13</v>
+      </c>
+      <c r="N436" t="n">
+        <v>104</v>
+      </c>
+      <c r="O436" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P436" t="inlineStr"/>
+      <c r="Q436" t="inlineStr"/>
+      <c r="R436" t="inlineStr"/>
+      <c r="S436" t="inlineStr"/>
+      <c r="T436" t="inlineStr"/>
+      <c r="U436" t="inlineStr">
+        <is>
+          <t>25.02.2026 12:59</t>
+        </is>
+      </c>
+    </row>
+    <row r="437">
+      <c r="A437" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B437" t="inlineStr">
+        <is>
+          <t>шпинат</t>
+        </is>
+      </c>
+      <c r="C437" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D437" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E437" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F437" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G437" t="n">
+        <v>380</v>
+      </c>
+      <c r="H437" t="n">
+        <v>350</v>
+      </c>
+      <c r="I437" t="n">
+        <v>380</v>
+      </c>
+      <c r="J437" t="n">
+        <v>350</v>
+      </c>
+      <c r="K437" t="n">
+        <v>380</v>
+      </c>
+      <c r="L437" t="n">
+        <v>350</v>
+      </c>
+      <c r="M437" t="n">
+        <v>100</v>
+      </c>
+      <c r="N437" t="n">
+        <v>100</v>
+      </c>
+      <c r="O437" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P437" t="inlineStr"/>
+      <c r="Q437" t="inlineStr"/>
+      <c r="R437" t="inlineStr"/>
+      <c r="S437" t="inlineStr"/>
+      <c r="T437" t="inlineStr"/>
+      <c r="U437" t="inlineStr">
+        <is>
+          <t>25.02.2026 12:54</t>
+        </is>
+      </c>
+    </row>
+    <row r="438">
+      <c r="A438" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B438" t="inlineStr">
+        <is>
+          <t>шпинат мини пачка</t>
+        </is>
+      </c>
+      <c r="C438" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D438" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E438" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F438" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G438" t="n">
+        <v>225</v>
+      </c>
+      <c r="H438" t="n">
+        <v>220</v>
+      </c>
+      <c r="I438" t="n">
+        <v>1800</v>
+      </c>
+      <c r="J438" t="n">
+        <v>1760</v>
+      </c>
+      <c r="K438" t="n">
+        <v>225</v>
+      </c>
+      <c r="L438" t="n">
+        <v>220</v>
+      </c>
+      <c r="M438" t="n">
+        <v>100</v>
+      </c>
+      <c r="N438" t="n">
+        <v>12</v>
+      </c>
+      <c r="O438" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P438" t="inlineStr"/>
+      <c r="Q438" t="inlineStr"/>
+      <c r="R438" t="inlineStr"/>
+      <c r="S438" t="inlineStr"/>
+      <c r="T438" t="inlineStr"/>
+      <c r="U438" t="inlineStr">
+        <is>
+          <t>25.02.2026 12:52</t>
+        </is>
+      </c>
+    </row>
+    <row r="439">
+      <c r="A439" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B439" t="inlineStr">
+        <is>
+          <t>мангольд пачка</t>
+        </is>
+      </c>
+      <c r="C439" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D439" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E439" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F439" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G439" t="n">
+        <v>225</v>
+      </c>
+      <c r="H439" t="n">
+        <v>220</v>
+      </c>
+      <c r="I439" t="n">
+        <v>1800</v>
+      </c>
+      <c r="J439" t="n">
+        <v>1760</v>
+      </c>
+      <c r="K439" t="n">
+        <v>225</v>
+      </c>
+      <c r="L439" t="n">
+        <v>220</v>
+      </c>
+      <c r="M439" t="n">
+        <v>100</v>
+      </c>
+      <c r="N439" t="n">
+        <v>12</v>
+      </c>
+      <c r="O439" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P439" t="inlineStr"/>
+      <c r="Q439" t="inlineStr"/>
+      <c r="R439" t="inlineStr"/>
+      <c r="S439" t="inlineStr"/>
+      <c r="T439" t="inlineStr"/>
+      <c r="U439" t="inlineStr">
+        <is>
+          <t>24.02.2026 15:09</t>
+        </is>
+      </c>
+    </row>
+    <row r="440">
+      <c r="A440" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B440" t="inlineStr">
+        <is>
+          <t>лола росса</t>
+        </is>
+      </c>
+      <c r="C440" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D440" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E440" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F440" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G440" t="n">
+        <v>6000</v>
+      </c>
+      <c r="H440" t="n">
+        <v>5800</v>
+      </c>
+      <c r="I440" t="n">
+        <v>1200</v>
+      </c>
+      <c r="J440" t="n">
+        <v>1160</v>
+      </c>
+      <c r="K440" t="n">
+        <v>6000</v>
+      </c>
+      <c r="L440" t="n">
+        <v>5800</v>
+      </c>
+      <c r="M440" t="n">
+        <v>200</v>
+      </c>
+      <c r="N440" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O440" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P440" t="inlineStr"/>
+      <c r="Q440" t="inlineStr"/>
+      <c r="R440" t="inlineStr"/>
+      <c r="S440" t="inlineStr"/>
+      <c r="T440" t="inlineStr"/>
+      <c r="U440" t="inlineStr">
+        <is>
+          <t>24.02.2026 15:06</t>
+        </is>
+      </c>
+    </row>
+    <row r="441">
+      <c r="A441" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B441" t="inlineStr">
+        <is>
+          <t>лола бионда</t>
+        </is>
+      </c>
+      <c r="C441" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D441" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E441" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F441" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G441" t="n">
+        <v>2750</v>
+      </c>
+      <c r="H441" t="n">
+        <v>2700</v>
+      </c>
+      <c r="I441" t="n">
+        <v>550</v>
+      </c>
+      <c r="J441" t="n">
+        <v>540</v>
+      </c>
+      <c r="K441" t="n">
+        <v>2750</v>
+      </c>
+      <c r="L441" t="n">
+        <v>2700</v>
+      </c>
+      <c r="M441" t="n">
+        <v>20</v>
+      </c>
+      <c r="N441" t="n">
+        <v>100</v>
+      </c>
+      <c r="O441" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P441" t="inlineStr"/>
+      <c r="Q441" t="inlineStr"/>
+      <c r="R441" t="inlineStr"/>
+      <c r="S441" t="inlineStr"/>
+      <c r="T441" t="inlineStr"/>
+      <c r="U441" t="inlineStr">
+        <is>
+          <t>24.02.2026 15:04</t>
+        </is>
+      </c>
+    </row>
+    <row r="442">
+      <c r="A442" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B442" t="inlineStr">
+        <is>
+          <t>салат айсберг</t>
+        </is>
+      </c>
+      <c r="C442" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D442" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E442" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F442" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G442" t="n">
+        <v>1900</v>
+      </c>
+      <c r="H442" t="n">
+        <v>1800</v>
+      </c>
+      <c r="I442" t="n">
+        <v>190</v>
+      </c>
+      <c r="J442" t="n">
+        <v>180</v>
+      </c>
+      <c r="K442" t="n">
+        <v>1900</v>
+      </c>
+      <c r="L442" t="n">
+        <v>1800</v>
+      </c>
+      <c r="M442" t="n">
+        <v>200</v>
+      </c>
+      <c r="N442" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O442" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P442" t="inlineStr"/>
+      <c r="Q442" t="inlineStr"/>
+      <c r="R442" t="inlineStr"/>
+      <c r="S442" t="inlineStr"/>
+      <c r="T442" t="inlineStr"/>
+      <c r="U442" t="inlineStr">
+        <is>
+          <t>24.02.2026 15:02</t>
+        </is>
+      </c>
+    </row>
+    <row r="443">
+      <c r="A443" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B443" t="inlineStr">
+        <is>
+          <t>руккола пачка</t>
+        </is>
+      </c>
+      <c r="C443" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D443" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E443" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F443" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G443" t="n">
+        <v>225</v>
+      </c>
+      <c r="H443" t="n">
+        <v>220</v>
+      </c>
+      <c r="I443" t="n">
+        <v>1800</v>
+      </c>
+      <c r="J443" t="n">
+        <v>1760</v>
+      </c>
+      <c r="K443" t="n">
+        <v>225</v>
+      </c>
+      <c r="L443" t="n">
+        <v>220</v>
+      </c>
+      <c r="M443" t="n">
+        <v>200</v>
+      </c>
+      <c r="N443" t="n">
+        <v>25</v>
+      </c>
+      <c r="O443" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P443" t="inlineStr"/>
+      <c r="Q443" t="inlineStr"/>
+      <c r="R443" t="inlineStr"/>
+      <c r="S443" t="inlineStr"/>
+      <c r="T443" t="inlineStr"/>
+      <c r="U443" t="inlineStr">
+        <is>
+          <t>24.02.2026 15:00</t>
+        </is>
+      </c>
+    </row>
+    <row r="444">
+      <c r="A444" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B444" t="inlineStr">
+        <is>
+          <t>руккола весовая</t>
+        </is>
+      </c>
+      <c r="C444" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D444" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E444" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F444" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G444" t="n">
+        <v>5500</v>
+      </c>
+      <c r="H444" t="n">
+        <v>5400</v>
+      </c>
+      <c r="I444" t="n">
+        <v>1100</v>
+      </c>
+      <c r="J444" t="n">
+        <v>1080</v>
+      </c>
+      <c r="K444" t="n">
+        <v>5500</v>
+      </c>
+      <c r="L444" t="n">
+        <v>5400</v>
+      </c>
+      <c r="M444" t="n">
+        <v>50</v>
+      </c>
+      <c r="N444" t="n">
+        <v>250</v>
+      </c>
+      <c r="O444" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P444" t="inlineStr"/>
+      <c r="Q444" t="inlineStr"/>
+      <c r="R444" t="inlineStr"/>
+      <c r="S444" t="inlineStr"/>
+      <c r="T444" t="inlineStr"/>
+      <c r="U444" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="445">
+      <c r="A445" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B445" t="inlineStr">
+        <is>
+          <t>розмарин</t>
+        </is>
+      </c>
+      <c r="C445" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D445" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E445" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F445" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G445" t="n">
+        <v>800</v>
+      </c>
+      <c r="H445" t="n">
+        <v>800</v>
+      </c>
+      <c r="I445" t="n">
+        <v>800</v>
+      </c>
+      <c r="J445" t="n">
+        <v>800</v>
+      </c>
+      <c r="K445" t="n">
+        <v>800</v>
+      </c>
+      <c r="L445" t="n">
+        <v>800</v>
+      </c>
+      <c r="M445" t="n">
+        <v>50</v>
+      </c>
+      <c r="N445" t="n">
+        <v>50</v>
+      </c>
+      <c r="O445" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P445" t="inlineStr"/>
+      <c r="Q445" t="inlineStr"/>
+      <c r="R445" t="inlineStr"/>
+      <c r="S445" t="inlineStr"/>
+      <c r="T445" t="inlineStr"/>
+      <c r="U445" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:57</t>
+        </is>
+      </c>
+    </row>
+    <row r="446">
+      <c r="A446" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B446" t="inlineStr">
+        <is>
+          <t>редька маргеланская черная</t>
+        </is>
+      </c>
+      <c r="C446" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D446" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E446" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F446" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G446" t="n">
+        <v>700</v>
+      </c>
+      <c r="H446" t="n">
+        <v>670</v>
+      </c>
+      <c r="I446" t="n">
+        <v>70</v>
+      </c>
+      <c r="J446" t="n">
+        <v>67</v>
+      </c>
+      <c r="K446" t="n">
+        <v>700</v>
+      </c>
+      <c r="L446" t="n">
+        <v>670</v>
+      </c>
+      <c r="M446" t="n">
+        <v>100</v>
+      </c>
+      <c r="N446" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O446" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P446" t="inlineStr"/>
+      <c r="Q446" t="inlineStr"/>
+      <c r="R446" t="inlineStr"/>
+      <c r="S446" t="inlineStr"/>
+      <c r="T446" t="inlineStr"/>
+      <c r="U446" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:55</t>
+        </is>
+      </c>
+    </row>
+    <row r="447">
+      <c r="A447" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B447" t="inlineStr">
+        <is>
+          <t>редька маргеланская зеленая</t>
+        </is>
+      </c>
+      <c r="C447" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D447" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E447" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F447" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G447" t="n">
+        <v>550</v>
+      </c>
+      <c r="H447" t="n">
+        <v>500</v>
+      </c>
+      <c r="I447" t="n">
+        <v>55</v>
+      </c>
+      <c r="J447" t="n">
+        <v>50</v>
+      </c>
+      <c r="K447" t="n">
+        <v>550</v>
+      </c>
+      <c r="L447" t="n">
+        <v>500</v>
+      </c>
+      <c r="M447" t="n">
+        <v>100</v>
+      </c>
+      <c r="N447" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O447" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P447" t="inlineStr"/>
+      <c r="Q447" t="inlineStr"/>
+      <c r="R447" t="inlineStr"/>
+      <c r="S447" t="inlineStr"/>
+      <c r="T447" t="inlineStr"/>
+      <c r="U447" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:53</t>
+        </is>
+      </c>
+    </row>
+    <row r="448">
+      <c r="A448" t="inlineStr"/>
+      <c r="B448" t="inlineStr">
+        <is>
+          <t>дайкон</t>
+        </is>
+      </c>
+      <c r="C448" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D448" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E448" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F448" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G448" t="n">
+        <v>1100</v>
+      </c>
+      <c r="H448" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I448" t="n">
+        <v>110</v>
+      </c>
+      <c r="J448" t="n">
+        <v>100</v>
+      </c>
+      <c r="K448" t="n">
+        <v>1100</v>
+      </c>
+      <c r="L448" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M448" t="n">
+        <v>100</v>
+      </c>
+      <c r="N448" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O448" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P448" t="inlineStr"/>
+      <c r="Q448" t="inlineStr"/>
+      <c r="R448" t="inlineStr"/>
+      <c r="S448" t="inlineStr"/>
+      <c r="T448" t="inlineStr"/>
+      <c r="U448" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:51</t>
+        </is>
+      </c>
+    </row>
+    <row r="449">
+      <c r="A449" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B449" t="inlineStr">
+        <is>
+          <t>редис пучок</t>
+        </is>
+      </c>
+      <c r="C449" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D449" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E449" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F449" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G449" t="n">
+        <v>130</v>
+      </c>
+      <c r="H449" t="n">
+        <v>300</v>
+      </c>
+      <c r="I449" t="n">
+        <v>325</v>
+      </c>
+      <c r="J449" t="n">
+        <v>750</v>
+      </c>
+      <c r="K449" t="n">
+        <v>130</v>
+      </c>
+      <c r="L449" t="n">
+        <v>300</v>
+      </c>
+      <c r="M449" t="n">
+        <v>500</v>
+      </c>
+      <c r="N449" t="n">
+        <v>200</v>
+      </c>
+      <c r="O449" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P449" t="inlineStr"/>
+      <c r="Q449" t="inlineStr"/>
+      <c r="R449" t="inlineStr"/>
+      <c r="S449" t="inlineStr"/>
+      <c r="T449" t="inlineStr"/>
+      <c r="U449" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:48</t>
+        </is>
+      </c>
+    </row>
+    <row r="450">
+      <c r="A450" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B450" t="inlineStr">
+        <is>
+          <t>редис</t>
+        </is>
+      </c>
+      <c r="C450" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D450" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E450" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F450" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G450" t="n">
+        <v>2600</v>
+      </c>
+      <c r="H450" t="n">
+        <v>2550</v>
+      </c>
+      <c r="I450" t="n">
+        <v>260</v>
+      </c>
+      <c r="J450" t="n">
+        <v>255</v>
+      </c>
+      <c r="K450" t="n">
+        <v>2600</v>
+      </c>
+      <c r="L450" t="n">
+        <v>2550</v>
+      </c>
+      <c r="M450" t="n">
+        <v>30</v>
+      </c>
+      <c r="N450" t="n">
+        <v>300</v>
+      </c>
+      <c r="O450" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P450" t="inlineStr"/>
+      <c r="Q450" t="inlineStr"/>
+      <c r="R450" t="inlineStr"/>
+      <c r="S450" t="inlineStr"/>
+      <c r="T450" t="inlineStr"/>
+      <c r="U450" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:45</t>
+        </is>
+      </c>
+    </row>
+    <row r="451">
+      <c r="A451" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B451" t="inlineStr">
+        <is>
+          <t>редис</t>
+        </is>
+      </c>
+      <c r="C451" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D451" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E451" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F451" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G451" t="n">
+        <v>125</v>
+      </c>
+      <c r="H451" t="n">
+        <v>120</v>
+      </c>
+      <c r="I451" t="n">
+        <v>250</v>
+      </c>
+      <c r="J451" t="n">
+        <v>240</v>
+      </c>
+      <c r="K451" t="n">
+        <v>125</v>
+      </c>
+      <c r="L451" t="n">
+        <v>120</v>
+      </c>
+      <c r="M451" t="n">
+        <v>200</v>
+      </c>
+      <c r="N451" t="n">
+        <v>100</v>
+      </c>
+      <c r="O451" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P451" t="inlineStr"/>
+      <c r="Q451" t="inlineStr"/>
+      <c r="R451" t="inlineStr"/>
+      <c r="S451" t="inlineStr"/>
+      <c r="T451" t="inlineStr"/>
+      <c r="U451" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:40</t>
+        </is>
+      </c>
+    </row>
+    <row r="452">
+      <c r="A452" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B452" t="inlineStr">
+        <is>
+          <t>проростки сои</t>
+        </is>
+      </c>
+      <c r="C452" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D452" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E452" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F452" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G452" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H452" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I452" t="n">
+        <v>200</v>
+      </c>
+      <c r="J452" t="n">
+        <v>190</v>
+      </c>
+      <c r="K452" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L452" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M452" t="n">
+        <v>10</v>
+      </c>
+      <c r="N452" t="n">
+        <v>100</v>
+      </c>
+      <c r="O452" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P452" t="inlineStr"/>
+      <c r="Q452" t="inlineStr"/>
+      <c r="R452" t="inlineStr"/>
+      <c r="S452" t="inlineStr"/>
+      <c r="T452" t="inlineStr"/>
+      <c r="U452" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:38</t>
+        </is>
+      </c>
+    </row>
+    <row r="453">
+      <c r="A453" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B453" t="inlineStr">
+        <is>
+          <t>помело</t>
+        </is>
+      </c>
+      <c r="C453" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D453" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E453" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F453" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G453" t="n">
+        <v>1260</v>
+      </c>
+      <c r="H453" t="n">
+        <v>1200</v>
+      </c>
+      <c r="I453" t="n">
+        <v>180</v>
+      </c>
+      <c r="J453" t="n">
+        <v>171.43</v>
+      </c>
+      <c r="K453" t="n">
+        <v>1260</v>
+      </c>
+      <c r="L453" t="n">
+        <v>1200</v>
+      </c>
+      <c r="M453" t="n">
+        <v>100</v>
+      </c>
+      <c r="N453" t="n">
+        <v>700</v>
+      </c>
+      <c r="O453" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P453" t="inlineStr"/>
+      <c r="Q453" t="inlineStr"/>
+      <c r="R453" t="inlineStr"/>
+      <c r="S453" t="inlineStr"/>
+      <c r="T453" t="inlineStr"/>
+      <c r="U453" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:36</t>
+        </is>
+      </c>
+    </row>
+    <row r="454">
+      <c r="A454" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B454" t="inlineStr">
+        <is>
+          <t>помело</t>
+        </is>
+      </c>
+      <c r="C454" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D454" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E454" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F454" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G454" t="n">
+        <v>800</v>
+      </c>
+      <c r="H454" t="n">
+        <v>750</v>
+      </c>
+      <c r="I454" t="n">
+        <v>160</v>
+      </c>
+      <c r="J454" t="n">
+        <v>150</v>
+      </c>
+      <c r="K454" t="n">
+        <v>800</v>
+      </c>
+      <c r="L454" t="n">
+        <v>750</v>
+      </c>
+      <c r="M454" t="n">
+        <v>100</v>
+      </c>
+      <c r="N454" t="n">
+        <v>500</v>
+      </c>
+      <c r="O454" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P454" t="inlineStr"/>
+      <c r="Q454" t="inlineStr"/>
+      <c r="R454" t="inlineStr"/>
+      <c r="S454" t="inlineStr"/>
+      <c r="T454" t="inlineStr"/>
+      <c r="U454" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:32</t>
+        </is>
+      </c>
+    </row>
+    <row r="455">
+      <c r="A455" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B455" t="inlineStr">
+        <is>
+          <t>питахайя красная</t>
+        </is>
+      </c>
+      <c r="C455" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D455" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E455" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F455" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G455" t="n">
+        <v>900</v>
+      </c>
+      <c r="H455" t="n">
+        <v>850</v>
+      </c>
+      <c r="I455" t="n">
+        <v>180</v>
+      </c>
+      <c r="J455" t="n">
+        <v>170</v>
+      </c>
+      <c r="K455" t="n">
+        <v>900</v>
+      </c>
+      <c r="L455" t="n">
+        <v>850</v>
+      </c>
+      <c r="M455" t="n">
+        <v>50</v>
+      </c>
+      <c r="N455" t="n">
+        <v>250</v>
+      </c>
+      <c r="O455" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P455" t="inlineStr"/>
+      <c r="Q455" t="inlineStr"/>
+      <c r="R455" t="inlineStr"/>
+      <c r="S455" t="inlineStr"/>
+      <c r="T455" t="inlineStr"/>
+      <c r="U455" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:30</t>
+        </is>
+      </c>
+    </row>
+    <row r="456">
+      <c r="A456" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B456" t="inlineStr">
+        <is>
+          <t>питахайя желтая</t>
+        </is>
+      </c>
+      <c r="C456" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D456" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E456" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F456" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G456" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H456" t="n">
+        <v>1800</v>
+      </c>
+      <c r="I456" t="n">
+        <v>400</v>
+      </c>
+      <c r="J456" t="n">
+        <v>360</v>
+      </c>
+      <c r="K456" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L456" t="n">
+        <v>1800</v>
+      </c>
+      <c r="M456" t="n">
+        <v>10</v>
+      </c>
+      <c r="N456" t="n">
+        <v>50</v>
+      </c>
+      <c r="O456" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P456" t="inlineStr"/>
+      <c r="Q456" t="inlineStr"/>
+      <c r="R456" t="inlineStr"/>
+      <c r="S456" t="inlineStr"/>
+      <c r="T456" t="inlineStr"/>
+      <c r="U456" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:29</t>
+        </is>
+      </c>
+    </row>
+    <row r="457">
+      <c r="A457" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B457" t="inlineStr">
+        <is>
+          <t>петрушка</t>
+        </is>
+      </c>
+      <c r="C457" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D457" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E457" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F457" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G457" t="n">
+        <v>5400</v>
+      </c>
+      <c r="H457" t="n">
+        <v>5000</v>
+      </c>
+      <c r="I457" t="n">
+        <v>270</v>
+      </c>
+      <c r="J457" t="n">
+        <v>250</v>
+      </c>
+      <c r="K457" t="n">
+        <v>5400</v>
+      </c>
+      <c r="L457" t="n">
+        <v>5000</v>
+      </c>
+      <c r="M457" t="n">
+        <v>100</v>
+      </c>
+      <c r="N457" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O457" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P457" t="inlineStr"/>
+      <c r="Q457" t="inlineStr"/>
+      <c r="R457" t="inlineStr"/>
+      <c r="S457" t="inlineStr"/>
+      <c r="T457" t="inlineStr"/>
+      <c r="U457" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:25</t>
+        </is>
+      </c>
+    </row>
+    <row r="458">
+      <c r="A458" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B458" t="inlineStr">
+        <is>
+          <t>персик плоский</t>
+        </is>
+      </c>
+      <c r="C458" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D458" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E458" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F458" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G458" t="n">
+        <v>8000</v>
+      </c>
+      <c r="H458" t="n">
+        <v>7800</v>
+      </c>
+      <c r="I458" t="n">
+        <v>1000</v>
+      </c>
+      <c r="J458" t="n">
+        <v>975</v>
+      </c>
+      <c r="K458" t="n">
+        <v>8000</v>
+      </c>
+      <c r="L458" t="n">
+        <v>7800</v>
+      </c>
+      <c r="M458" t="n">
+        <v>20</v>
+      </c>
+      <c r="N458" t="n">
+        <v>160</v>
+      </c>
+      <c r="O458" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P458" t="inlineStr"/>
+      <c r="Q458" t="inlineStr"/>
+      <c r="R458" t="inlineStr"/>
+      <c r="S458" t="inlineStr"/>
+      <c r="T458" t="inlineStr"/>
+      <c r="U458" t="inlineStr">
+        <is>
+          <t>24.02.2026 14:23</t>
+        </is>
+      </c>
+    </row>
+    <row r="459">
+      <c r="A459" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B459" t="inlineStr">
+        <is>
+          <t>перец ласточка</t>
+        </is>
+      </c>
+      <c r="C459" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D459" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E459" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F459" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G459" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H459" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I459" t="n">
+        <v>400</v>
+      </c>
+      <c r="J459" t="n">
+        <v>380</v>
+      </c>
+      <c r="K459" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L459" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M459" t="n">
+        <v>50</v>
+      </c>
+      <c r="N459" t="n">
+        <v>250</v>
+      </c>
+      <c r="O459" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P459" t="inlineStr"/>
+      <c r="Q459" t="inlineStr"/>
+      <c r="R459" t="inlineStr"/>
+      <c r="S459" t="inlineStr"/>
+      <c r="T459" t="inlineStr"/>
+      <c r="U459" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:41</t>
+        </is>
+      </c>
+    </row>
+    <row r="460">
+      <c r="A460" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B460" t="inlineStr">
+        <is>
+          <t>перец чили красный</t>
+        </is>
+      </c>
+      <c r="C460" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D460" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E460" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F460" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G460" t="n">
+        <v>3250</v>
+      </c>
+      <c r="H460" t="n">
+        <v>3200</v>
+      </c>
+      <c r="I460" t="n">
+        <v>650</v>
+      </c>
+      <c r="J460" t="n">
+        <v>640</v>
+      </c>
+      <c r="K460" t="n">
+        <v>3250</v>
+      </c>
+      <c r="L460" t="n">
+        <v>3200</v>
+      </c>
+      <c r="M460" t="n">
+        <v>30</v>
+      </c>
+      <c r="N460" t="n">
+        <v>150</v>
+      </c>
+      <c r="O460" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P460" t="inlineStr"/>
+      <c r="Q460" t="inlineStr"/>
+      <c r="R460" t="inlineStr"/>
+      <c r="S460" t="inlineStr"/>
+      <c r="T460" t="inlineStr"/>
+      <c r="U460" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:39</t>
+        </is>
+      </c>
+    </row>
+    <row r="461">
+      <c r="A461" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B461" t="inlineStr">
+        <is>
+          <t>перец чили зеленый</t>
+        </is>
+      </c>
+      <c r="C461" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D461" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E461" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F461" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G461" t="n">
+        <v>3250</v>
+      </c>
+      <c r="H461" t="n">
+        <v>3200</v>
+      </c>
+      <c r="I461" t="n">
+        <v>650</v>
+      </c>
+      <c r="J461" t="n">
+        <v>640</v>
+      </c>
+      <c r="K461" t="n">
+        <v>3250</v>
+      </c>
+      <c r="L461" t="n">
+        <v>3200</v>
+      </c>
+      <c r="M461" t="n">
+        <v>30</v>
+      </c>
+      <c r="N461" t="n">
+        <v>150</v>
+      </c>
+      <c r="O461" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P461" t="inlineStr"/>
+      <c r="Q461" t="inlineStr"/>
+      <c r="R461" t="inlineStr"/>
+      <c r="S461" t="inlineStr"/>
+      <c r="T461" t="inlineStr"/>
+      <c r="U461" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:38</t>
+        </is>
+      </c>
+    </row>
+    <row r="462">
+      <c r="A462" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B462" t="inlineStr">
+        <is>
+          <t>перец ромиро</t>
+        </is>
+      </c>
+      <c r="C462" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D462" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E462" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F462" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G462" t="n">
+        <v>2100</v>
+      </c>
+      <c r="H462" t="n">
+        <v>2000</v>
+      </c>
+      <c r="I462" t="n">
+        <v>420</v>
+      </c>
+      <c r="J462" t="n">
+        <v>400</v>
+      </c>
+      <c r="K462" t="n">
+        <v>2100</v>
+      </c>
+      <c r="L462" t="n">
+        <v>2000</v>
+      </c>
+      <c r="M462" t="n">
+        <v>30</v>
+      </c>
+      <c r="N462" t="n">
+        <v>150</v>
+      </c>
+      <c r="O462" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P462" t="inlineStr"/>
+      <c r="Q462" t="inlineStr"/>
+      <c r="R462" t="inlineStr"/>
+      <c r="S462" t="inlineStr"/>
+      <c r="T462" t="inlineStr"/>
+      <c r="U462" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:35</t>
+        </is>
+      </c>
+    </row>
+    <row r="463">
+      <c r="A463" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B463" t="inlineStr">
+        <is>
+          <t>перец сладкий красный</t>
+        </is>
+      </c>
+      <c r="C463" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D463" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E463" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F463" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G463" t="n">
+        <v>1450</v>
+      </c>
+      <c r="H463" t="n">
+        <v>1400</v>
+      </c>
+      <c r="I463" t="n">
+        <v>290</v>
+      </c>
+      <c r="J463" t="n">
+        <v>280</v>
+      </c>
+      <c r="K463" t="n">
+        <v>1450</v>
+      </c>
+      <c r="L463" t="n">
+        <v>1400</v>
+      </c>
+      <c r="M463" t="n">
+        <v>100</v>
+      </c>
+      <c r="N463" t="n">
+        <v>500</v>
+      </c>
+      <c r="O463" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P463" t="inlineStr"/>
+      <c r="Q463" t="inlineStr"/>
+      <c r="R463" t="inlineStr"/>
+      <c r="S463" t="inlineStr"/>
+      <c r="T463" t="inlineStr"/>
+      <c r="U463" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:33</t>
+        </is>
+      </c>
+    </row>
+    <row r="464">
+      <c r="A464" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B464" t="inlineStr">
+        <is>
+          <t>перец сладкий зеленый</t>
+        </is>
+      </c>
+      <c r="C464" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D464" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E464" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F464" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G464" t="n">
+        <v>1550</v>
+      </c>
+      <c r="H464" t="n">
+        <v>1500</v>
+      </c>
+      <c r="I464" t="n">
+        <v>310</v>
+      </c>
+      <c r="J464" t="n">
+        <v>300</v>
+      </c>
+      <c r="K464" t="n">
+        <v>1550</v>
+      </c>
+      <c r="L464" t="n">
+        <v>1500</v>
+      </c>
+      <c r="M464" t="n">
+        <v>100</v>
+      </c>
+      <c r="N464" t="n">
+        <v>500</v>
+      </c>
+      <c r="O464" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P464" t="inlineStr"/>
+      <c r="Q464" t="inlineStr"/>
+      <c r="R464" t="inlineStr"/>
+      <c r="S464" t="inlineStr"/>
+      <c r="T464" t="inlineStr"/>
+      <c r="U464" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:31</t>
+        </is>
+      </c>
+    </row>
+    <row r="465">
+      <c r="A465" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B465" t="inlineStr">
+        <is>
+          <t>пастернак</t>
+        </is>
+      </c>
+      <c r="C465" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D465" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E465" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F465" t="inlineStr">
+        <is>
+          <t>Мешок</t>
+        </is>
+      </c>
+      <c r="G465" t="n">
+        <v>650</v>
+      </c>
+      <c r="H465" t="n">
+        <v>620</v>
+      </c>
+      <c r="I465" t="n">
+        <v>65</v>
+      </c>
+      <c r="J465" t="n">
+        <v>62</v>
+      </c>
+      <c r="K465" t="n">
+        <v>650</v>
+      </c>
+      <c r="L465" t="n">
+        <v>620</v>
+      </c>
+      <c r="M465" t="n">
+        <v>20</v>
+      </c>
+      <c r="N465" t="n">
+        <v>200</v>
+      </c>
+      <c r="O465" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P465" t="inlineStr"/>
+      <c r="Q465" t="inlineStr"/>
+      <c r="R465" t="inlineStr"/>
+      <c r="S465" t="inlineStr"/>
+      <c r="T465" t="inlineStr"/>
+      <c r="U465" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:28</t>
+        </is>
+      </c>
+    </row>
+    <row r="466">
+      <c r="A466" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B466" t="inlineStr">
+        <is>
+          <t>папайя</t>
+        </is>
+      </c>
+      <c r="C466" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D466" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E466" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F466" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G466" t="n">
+        <v>7000</v>
+      </c>
+      <c r="H466" t="n">
+        <v>6800</v>
+      </c>
+      <c r="I466" t="n">
+        <v>1400</v>
+      </c>
+      <c r="J466" t="n">
+        <v>1360</v>
+      </c>
+      <c r="K466" t="n">
+        <v>7000</v>
+      </c>
+      <c r="L466" t="n">
+        <v>6800</v>
+      </c>
+      <c r="M466" t="n">
+        <v>10</v>
+      </c>
+      <c r="N466" t="n">
+        <v>50</v>
+      </c>
+      <c r="O466" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P466" t="inlineStr"/>
+      <c r="Q466" t="inlineStr"/>
+      <c r="R466" t="inlineStr"/>
+      <c r="S466" t="inlineStr"/>
+      <c r="T466" t="inlineStr"/>
+      <c r="U466" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:26</t>
+        </is>
+      </c>
+    </row>
+    <row r="467">
+      <c r="A467" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B467" t="inlineStr">
+        <is>
+          <t>огурец гладкий средний</t>
+        </is>
+      </c>
+      <c r="C467" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D467" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E467" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F467" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G467" t="n">
+        <v>1800</v>
+      </c>
+      <c r="H467" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I467" t="n">
+        <v>180</v>
+      </c>
+      <c r="J467" t="n">
+        <v>170</v>
+      </c>
+      <c r="K467" t="n">
+        <v>1800</v>
+      </c>
+      <c r="L467" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M467" t="n">
+        <v>100</v>
+      </c>
+      <c r="N467" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O467" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P467" t="inlineStr"/>
+      <c r="Q467" t="inlineStr"/>
+      <c r="R467" t="inlineStr"/>
+      <c r="S467" t="inlineStr"/>
+      <c r="T467" t="inlineStr"/>
+      <c r="U467" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:23</t>
+        </is>
+      </c>
+    </row>
+    <row r="468">
+      <c r="A468" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B468" t="inlineStr">
+        <is>
+          <t>огурец кураж</t>
+        </is>
+      </c>
+      <c r="C468" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D468" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E468" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F468" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G468" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H468" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I468" t="n">
+        <v>200</v>
+      </c>
+      <c r="J468" t="n">
+        <v>190</v>
+      </c>
+      <c r="K468" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L468" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M468" t="n">
+        <v>100</v>
+      </c>
+      <c r="N468" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O468" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P468" t="inlineStr"/>
+      <c r="Q468" t="inlineStr"/>
+      <c r="R468" t="inlineStr"/>
+      <c r="S468" t="inlineStr"/>
+      <c r="T468" t="inlineStr">
+        <is>
+          <t>Иран</t>
+        </is>
+      </c>
+      <c r="U468" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:22</t>
+        </is>
+      </c>
+    </row>
+    <row r="469">
+      <c r="A469" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B469" t="inlineStr">
+        <is>
+          <t>огурец кураж</t>
+        </is>
+      </c>
+      <c r="C469" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D469" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E469" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F469" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G469" t="n">
+        <v>1250</v>
+      </c>
+      <c r="H469" t="n">
+        <v>1200</v>
+      </c>
+      <c r="I469" t="n">
+        <v>250</v>
+      </c>
+      <c r="J469" t="n">
+        <v>240</v>
+      </c>
+      <c r="K469" t="n">
+        <v>1250</v>
+      </c>
+      <c r="L469" t="n">
+        <v>1200</v>
+      </c>
+      <c r="M469" t="n">
+        <v>100</v>
+      </c>
+      <c r="N469" t="n">
+        <v>500</v>
+      </c>
+      <c r="O469" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P469" t="inlineStr"/>
+      <c r="Q469" t="inlineStr"/>
+      <c r="R469" t="inlineStr"/>
+      <c r="S469" t="inlineStr"/>
+      <c r="T469" t="inlineStr">
+        <is>
+          <t>г. Казань</t>
+        </is>
+      </c>
+      <c r="U469" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:19</t>
+        </is>
+      </c>
+    </row>
+    <row r="470">
+      <c r="A470" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B470" t="inlineStr">
+        <is>
+          <t>огурец кураж</t>
+        </is>
+      </c>
+      <c r="C470" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D470" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E470" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F470" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G470" t="n">
+        <v>2250</v>
+      </c>
+      <c r="H470" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I470" t="n">
+        <v>450</v>
+      </c>
+      <c r="J470" t="n">
+        <v>440</v>
+      </c>
+      <c r="K470" t="n">
+        <v>2250</v>
+      </c>
+      <c r="L470" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M470" t="n">
+        <v>100</v>
+      </c>
+      <c r="N470" t="n">
+        <v>500</v>
+      </c>
+      <c r="O470" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P470" t="inlineStr"/>
+      <c r="Q470" t="inlineStr"/>
+      <c r="R470" t="inlineStr"/>
+      <c r="S470" t="inlineStr"/>
+      <c r="T470" t="inlineStr">
+        <is>
+          <t>Огурец производства Выборжец</t>
+        </is>
+      </c>
+      <c r="U470" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:16</t>
+        </is>
+      </c>
+    </row>
+    <row r="471">
+      <c r="A471" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B471" t="inlineStr">
+        <is>
+          <t>огурец кураж</t>
+        </is>
+      </c>
+      <c r="C471" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D471" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E471" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F471" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G471" t="n">
+        <v>3200</v>
+      </c>
+      <c r="H471" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I471" t="n">
+        <v>400</v>
+      </c>
+      <c r="J471" t="n">
+        <v>375</v>
+      </c>
+      <c r="K471" t="n">
+        <v>3200</v>
+      </c>
+      <c r="L471" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M471" t="n">
+        <v>100</v>
+      </c>
+      <c r="N471" t="n">
+        <v>800</v>
+      </c>
+      <c r="O471" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P471" t="inlineStr"/>
+      <c r="Q471" t="inlineStr"/>
+      <c r="R471" t="inlineStr"/>
+      <c r="S471" t="inlineStr"/>
+      <c r="T471" t="inlineStr">
+        <is>
+          <t>Валигора</t>
+        </is>
+      </c>
+      <c r="U471" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:14</t>
+        </is>
+      </c>
+    </row>
+    <row r="472">
+      <c r="A472" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B472" t="inlineStr">
+        <is>
+          <t>огурец гладкий средний</t>
+        </is>
+      </c>
+      <c r="C472" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D472" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E472" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F472" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G472" t="n">
+        <v>1100</v>
+      </c>
+      <c r="H472" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I472" t="n">
+        <v>220</v>
+      </c>
+      <c r="J472" t="n">
+        <v>200</v>
+      </c>
+      <c r="K472" t="n">
+        <v>1100</v>
+      </c>
+      <c r="L472" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M472" t="n">
+        <v>500</v>
+      </c>
+      <c r="N472" t="n">
+        <v>2500</v>
+      </c>
+      <c r="O472" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P472" t="inlineStr"/>
+      <c r="Q472" t="inlineStr"/>
+      <c r="R472" t="inlineStr"/>
+      <c r="S472" t="inlineStr"/>
+      <c r="T472" t="inlineStr">
+        <is>
+          <t>Огурец средний гладкий РОСТ</t>
+        </is>
+      </c>
+      <c r="U472" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:11</t>
+        </is>
+      </c>
+    </row>
+    <row r="473">
+      <c r="A473" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B473" t="inlineStr">
+        <is>
+          <t>огурец гладкий средний</t>
+        </is>
+      </c>
+      <c r="C473" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D473" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E473" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F473" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G473" t="n">
+        <v>1125</v>
+      </c>
+      <c r="H473" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I473" t="n">
+        <v>225</v>
+      </c>
+      <c r="J473" t="n">
+        <v>220</v>
+      </c>
+      <c r="K473" t="n">
+        <v>1125</v>
+      </c>
+      <c r="L473" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M473" t="n">
+        <v>100</v>
+      </c>
+      <c r="N473" t="n">
+        <v>500</v>
+      </c>
+      <c r="O473" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P473" t="inlineStr"/>
+      <c r="Q473" t="inlineStr"/>
+      <c r="R473" t="inlineStr"/>
+      <c r="S473" t="inlineStr"/>
+      <c r="T473" t="inlineStr">
+        <is>
+          <t>Огурец средний гладкий Горкунов</t>
+        </is>
+      </c>
+      <c r="U473" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:09</t>
+        </is>
+      </c>
+    </row>
+    <row r="474">
+      <c r="A474" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B474" t="inlineStr">
+        <is>
+          <t>огурец зазуля</t>
+        </is>
+      </c>
+      <c r="C474" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D474" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E474" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F474" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G474" t="n">
+        <v>2800</v>
+      </c>
+      <c r="H474" t="n">
+        <v>2700</v>
+      </c>
+      <c r="I474" t="n">
+        <v>350</v>
+      </c>
+      <c r="J474" t="n">
+        <v>337.5</v>
+      </c>
+      <c r="K474" t="n">
+        <v>2800</v>
+      </c>
+      <c r="L474" t="n">
+        <v>2700</v>
+      </c>
+      <c r="M474" t="n">
+        <v>100</v>
+      </c>
+      <c r="N474" t="n">
+        <v>800</v>
+      </c>
+      <c r="O474" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P474" t="inlineStr"/>
+      <c r="Q474" t="inlineStr"/>
+      <c r="R474" t="inlineStr"/>
+      <c r="S474" t="inlineStr"/>
+      <c r="T474" t="inlineStr">
+        <is>
+          <t>Огурец зазуля г. Москва</t>
+        </is>
+      </c>
+      <c r="U474" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:06</t>
+        </is>
+      </c>
+    </row>
+    <row r="475">
+      <c r="A475" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B475" t="inlineStr">
+        <is>
+          <t>огурец гладкий длинный</t>
+        </is>
+      </c>
+      <c r="C475" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D475" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E475" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F475" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G475" t="n">
+        <v>1100</v>
+      </c>
+      <c r="H475" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I475" t="n">
+        <v>220</v>
+      </c>
+      <c r="J475" t="n">
+        <v>200</v>
+      </c>
+      <c r="K475" t="n">
+        <v>1100</v>
+      </c>
+      <c r="L475" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M475" t="n">
+        <v>100</v>
+      </c>
+      <c r="N475" t="n">
+        <v>500</v>
+      </c>
+      <c r="O475" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P475" t="inlineStr"/>
+      <c r="Q475" t="inlineStr"/>
+      <c r="R475" t="inlineStr"/>
+      <c r="S475" t="inlineStr"/>
+      <c r="T475" t="inlineStr">
+        <is>
+          <t>Огурец производства г. Новгород</t>
+        </is>
+      </c>
+      <c r="U475" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:04</t>
+        </is>
+      </c>
+    </row>
+    <row r="476">
+      <c r="A476" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B476" t="inlineStr">
+        <is>
+          <t>нектарин плоский</t>
+        </is>
+      </c>
+      <c r="C476" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D476" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E476" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F476" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G476" t="n">
+        <v>6000</v>
+      </c>
+      <c r="H476" t="n">
+        <v>5800</v>
+      </c>
+      <c r="I476" t="n">
+        <v>1200</v>
+      </c>
+      <c r="J476" t="n">
+        <v>1160</v>
+      </c>
+      <c r="K476" t="n">
+        <v>6000</v>
+      </c>
+      <c r="L476" t="n">
+        <v>5800</v>
+      </c>
+      <c r="M476" t="n">
+        <v>20</v>
+      </c>
+      <c r="N476" t="n">
+        <v>100</v>
+      </c>
+      <c r="O476" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P476" t="inlineStr"/>
+      <c r="Q476" t="inlineStr"/>
+      <c r="R476" t="inlineStr"/>
+      <c r="S476" t="inlineStr"/>
+      <c r="T476" t="inlineStr"/>
+      <c r="U476" t="inlineStr">
+        <is>
+          <t>24.02.2026 12:01</t>
+        </is>
+      </c>
+    </row>
+    <row r="477">
+      <c r="A477" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B477" t="inlineStr">
+        <is>
+          <t>нектарин круглый</t>
+        </is>
+      </c>
+      <c r="C477" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D477" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E477" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F477" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G477" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H477" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I477" t="n">
+        <v>400</v>
+      </c>
+      <c r="J477" t="n">
+        <v>380</v>
+      </c>
+      <c r="K477" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L477" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M477" t="n">
+        <v>40</v>
+      </c>
+      <c r="N477" t="n">
+        <v>200</v>
+      </c>
+      <c r="O477" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P477" t="inlineStr"/>
+      <c r="Q477" t="inlineStr"/>
+      <c r="R477" t="inlineStr"/>
+      <c r="S477" t="inlineStr"/>
+      <c r="T477" t="inlineStr"/>
+      <c r="U477" t="inlineStr">
+        <is>
+          <t>24.02.2026 11:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="478">
+      <c r="A478" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B478" t="inlineStr">
+        <is>
+          <t>нектарин круглый</t>
+        </is>
+      </c>
+      <c r="C478" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D478" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E478" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F478" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G478" t="n">
+        <v>2240</v>
+      </c>
+      <c r="H478" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I478" t="n">
+        <v>280</v>
+      </c>
+      <c r="J478" t="n">
+        <v>275</v>
+      </c>
+      <c r="K478" t="n">
+        <v>2240</v>
+      </c>
+      <c r="L478" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M478" t="n">
+        <v>20</v>
+      </c>
+      <c r="N478" t="n">
+        <v>160</v>
+      </c>
+      <c r="O478" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P478" t="inlineStr"/>
+      <c r="Q478" t="inlineStr"/>
+      <c r="R478" t="inlineStr"/>
+      <c r="S478" t="inlineStr"/>
+      <c r="T478" t="inlineStr"/>
+      <c r="U478" t="inlineStr">
+        <is>
+          <t>24.02.2026 11:57</t>
+        </is>
+      </c>
+    </row>
+    <row r="479">
+      <c r="A479" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B479" t="inlineStr">
+        <is>
+          <t>морковь желтая</t>
+        </is>
+      </c>
+      <c r="C479" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D479" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E479" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F479" t="inlineStr">
+        <is>
+          <t>Мешок</t>
+        </is>
+      </c>
+      <c r="G479" t="n">
+        <v>1050</v>
+      </c>
+      <c r="H479" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I479" t="n">
+        <v>70</v>
+      </c>
+      <c r="J479" t="n">
+        <v>66.67</v>
+      </c>
+      <c r="K479" t="n">
+        <v>1050</v>
+      </c>
+      <c r="L479" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M479" t="n">
+        <v>34</v>
+      </c>
+      <c r="N479" t="n">
+        <v>510</v>
+      </c>
+      <c r="O479" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P479" t="inlineStr"/>
+      <c r="Q479" t="inlineStr"/>
+      <c r="R479" t="inlineStr"/>
+      <c r="S479" t="inlineStr"/>
+      <c r="T479" t="inlineStr"/>
+      <c r="U479" t="inlineStr">
+        <is>
+          <t>24.02.2026 11:54</t>
+        </is>
+      </c>
+    </row>
+    <row r="480">
+      <c r="A480" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B480" t="inlineStr">
+        <is>
+          <t>маракуйя</t>
+        </is>
+      </c>
+      <c r="C480" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D480" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E480" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F480" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G480" t="n">
+        <v>7500</v>
+      </c>
+      <c r="H480" t="n">
+        <v>7200</v>
+      </c>
+      <c r="I480" t="n">
+        <v>1500</v>
+      </c>
+      <c r="J480" t="n">
+        <v>1440</v>
+      </c>
+      <c r="K480" t="n">
+        <v>7500</v>
+      </c>
+      <c r="L480" t="n">
+        <v>7200</v>
+      </c>
+      <c r="M480" t="n">
+        <v>10</v>
+      </c>
+      <c r="N480" t="n">
+        <v>50</v>
+      </c>
+      <c r="O480" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P480" t="inlineStr"/>
+      <c r="Q480" t="inlineStr"/>
+      <c r="R480" t="inlineStr"/>
+      <c r="S480" t="inlineStr"/>
+      <c r="T480" t="inlineStr"/>
+      <c r="U480" t="inlineStr">
+        <is>
+          <t>24.02.2026 11:51</t>
+        </is>
+      </c>
+    </row>
+    <row r="481">
+      <c r="A481" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B481" t="inlineStr">
+        <is>
+          <t>маракуйя</t>
+        </is>
+      </c>
+      <c r="C481" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D481" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E481" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F481" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G481" t="n">
+        <v>4750</v>
+      </c>
+      <c r="H481" t="n">
+        <v>4700</v>
+      </c>
+      <c r="I481" t="n">
+        <v>950</v>
+      </c>
+      <c r="J481" t="n">
+        <v>940</v>
+      </c>
+      <c r="K481" t="n">
+        <v>4750</v>
+      </c>
+      <c r="L481" t="n">
+        <v>4700</v>
+      </c>
+      <c r="M481" t="n">
+        <v>20</v>
+      </c>
+      <c r="N481" t="n">
+        <v>100</v>
+      </c>
+      <c r="O481" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P481" t="inlineStr"/>
+      <c r="Q481" t="inlineStr"/>
+      <c r="R481" t="inlineStr"/>
+      <c r="S481" t="inlineStr"/>
+      <c r="T481" t="inlineStr"/>
+      <c r="U481" t="inlineStr">
+        <is>
+          <t>24.02.2026 11:49</t>
+        </is>
+      </c>
+    </row>
+    <row r="482">
+      <c r="A482" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B482" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C482" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D482" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E482" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F482" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G482" t="n">
+        <v>1200</v>
+      </c>
+      <c r="H482" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I482" t="n">
+        <v>150</v>
+      </c>
+      <c r="J482" t="n">
+        <v>137.5</v>
+      </c>
+      <c r="K482" t="n">
+        <v>1200</v>
+      </c>
+      <c r="L482" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M482" t="n">
+        <v>50</v>
+      </c>
+      <c r="N482" t="n">
+        <v>400</v>
+      </c>
+      <c r="O482" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P482" t="inlineStr"/>
+      <c r="Q482" t="inlineStr"/>
+      <c r="R482" t="inlineStr"/>
+      <c r="S482" t="inlineStr"/>
+      <c r="T482" t="inlineStr">
+        <is>
+          <t>Мандарин Нова</t>
+        </is>
+      </c>
+      <c r="U482" t="inlineStr">
+        <is>
+          <t>24.02.2026 11:45</t>
+        </is>
+      </c>
+    </row>
+    <row r="483">
+      <c r="A483" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B483" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C483" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D483" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E483" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F483" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G483" t="n">
+        <v>1280</v>
+      </c>
+      <c r="H483" t="n">
+        <v>1200</v>
+      </c>
+      <c r="I483" t="n">
+        <v>160</v>
+      </c>
+      <c r="J483" t="n">
+        <v>150</v>
+      </c>
+      <c r="K483" t="n">
+        <v>1280</v>
+      </c>
+      <c r="L483" t="n">
+        <v>1200</v>
+      </c>
+      <c r="M483" t="n">
+        <v>50</v>
+      </c>
+      <c r="N483" t="n">
+        <v>400</v>
+      </c>
+      <c r="O483" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P483" t="inlineStr"/>
+      <c r="Q483" t="inlineStr"/>
+      <c r="R483" t="inlineStr"/>
+      <c r="S483" t="inlineStr"/>
+      <c r="T483" t="inlineStr">
+        <is>
+          <t>Мандарин Надоркот</t>
+        </is>
+      </c>
+      <c r="U483" t="inlineStr">
+        <is>
+          <t>24.02.2026 11:42</t>
+        </is>
+      </c>
+    </row>
+    <row r="484">
+      <c r="A484" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B484" t="inlineStr">
+        <is>
+          <t>мандарин ветка</t>
+        </is>
+      </c>
+      <c r="C484" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D484" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E484" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F484" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G484" t="n">
+        <v>1440</v>
+      </c>
+      <c r="H484" t="n">
+        <v>1400</v>
+      </c>
+      <c r="I484" t="n">
+        <v>180</v>
+      </c>
+      <c r="J484" t="n">
+        <v>175</v>
+      </c>
+      <c r="K484" t="n">
+        <v>1440</v>
+      </c>
+      <c r="L484" t="n">
+        <v>1400</v>
+      </c>
+      <c r="M484" t="n">
+        <v>50</v>
+      </c>
+      <c r="N484" t="n">
+        <v>400</v>
+      </c>
+      <c r="O484" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P484" t="inlineStr"/>
+      <c r="Q484" t="inlineStr"/>
+      <c r="R484" t="inlineStr"/>
+      <c r="S484" t="inlineStr"/>
+      <c r="T484" t="inlineStr"/>
+      <c r="U484" t="inlineStr">
+        <is>
+          <t>24.02.2026 11:40</t>
+        </is>
+      </c>
+    </row>
+    <row r="485">
+      <c r="A485" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B485" t="inlineStr">
+        <is>
+          <t>мандарин мини</t>
+        </is>
+      </c>
+      <c r="C485" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D485" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E485" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F485" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G485" t="n">
+        <v>1200</v>
+      </c>
+      <c r="H485" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I485" t="n">
+        <v>200</v>
+      </c>
+      <c r="J485" t="n">
+        <v>183.33</v>
+      </c>
+      <c r="K485" t="n">
+        <v>1200</v>
+      </c>
+      <c r="L485" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M485" t="n">
+        <v>50</v>
+      </c>
+      <c r="N485" t="n">
+        <v>300</v>
+      </c>
+      <c r="O485" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P485" t="inlineStr"/>
+      <c r="Q485" t="inlineStr"/>
+      <c r="R485" t="inlineStr"/>
+      <c r="S485" t="inlineStr"/>
+      <c r="T485" t="inlineStr"/>
+      <c r="U485" t="inlineStr">
+        <is>
+          <t>24.02.2026 11:38</t>
+        </is>
+      </c>
+    </row>
+    <row r="486">
+      <c r="A486" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B486" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C486" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D486" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E486" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F486" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G486" t="n">
+        <v>1440</v>
+      </c>
+      <c r="H486" t="n">
+        <v>1400</v>
+      </c>
+      <c r="I486" t="n">
+        <v>180</v>
+      </c>
+      <c r="J486" t="n">
+        <v>175</v>
+      </c>
+      <c r="K486" t="n">
+        <v>1440</v>
+      </c>
+      <c r="L486" t="n">
+        <v>1400</v>
+      </c>
+      <c r="M486" t="n">
+        <v>25</v>
+      </c>
+      <c r="N486" t="n">
+        <v>200</v>
+      </c>
+      <c r="O486" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P486" t="inlineStr"/>
+      <c r="Q486" t="inlineStr"/>
+      <c r="R486" t="inlineStr"/>
+      <c r="S486" t="inlineStr"/>
+      <c r="T486" t="inlineStr">
+        <is>
+          <t>Сорт Нур</t>
+        </is>
+      </c>
+      <c r="U486" t="inlineStr">
+        <is>
+          <t>24.02.2026 11:34</t>
+        </is>
+      </c>
+    </row>
+    <row r="487">
+      <c r="A487" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B487" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C487" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D487" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E487" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F487" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G487" t="n">
+        <v>1760</v>
+      </c>
+      <c r="H487" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I487" t="n">
+        <v>220</v>
+      </c>
+      <c r="J487" t="n">
+        <v>212.5</v>
+      </c>
+      <c r="K487" t="n">
+        <v>1760</v>
+      </c>
+      <c r="L487" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M487" t="n">
+        <v>13</v>
+      </c>
+      <c r="N487" t="n">
+        <v>104</v>
+      </c>
+      <c r="O487" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P487" t="inlineStr"/>
+      <c r="Q487" t="inlineStr"/>
+      <c r="R487" t="inlineStr"/>
+      <c r="S487" t="inlineStr"/>
+      <c r="T487" t="inlineStr">
+        <is>
+          <t>Сорт Папаган</t>
+        </is>
+      </c>
+      <c r="U487" t="inlineStr">
+        <is>
+          <t>24.02.2026 11:32</t>
+        </is>
+      </c>
+    </row>
+    <row r="488">
+      <c r="A488" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B488" t="inlineStr">
+        <is>
+          <t>мандарин</t>
+        </is>
+      </c>
+      <c r="C488" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D488" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E488" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F488" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G488" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H488" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I488" t="n">
+        <v>300</v>
+      </c>
+      <c r="J488" t="n">
+        <v>275</v>
+      </c>
+      <c r="K488" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L488" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M488" t="n">
+        <v>20</v>
+      </c>
+      <c r="N488" t="n">
+        <v>160</v>
+      </c>
+      <c r="O488" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P488" t="inlineStr"/>
+      <c r="Q488" t="inlineStr"/>
+      <c r="R488" t="inlineStr"/>
+      <c r="S488" t="inlineStr"/>
+      <c r="T488" t="inlineStr"/>
+      <c r="U488" t="inlineStr">
+        <is>
+          <t>24.02.2026 11:29</t>
+        </is>
+      </c>
+    </row>
+    <row r="489">
+      <c r="A489" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B489" t="inlineStr">
+        <is>
+          <t>манго</t>
+        </is>
+      </c>
+      <c r="C489" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D489" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E489" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F489" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G489" t="n">
+        <v>1750</v>
+      </c>
+      <c r="H489" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I489" t="n">
+        <v>350</v>
+      </c>
+      <c r="J489" t="n">
+        <v>340</v>
+      </c>
+      <c r="K489" t="n">
+        <v>1750</v>
+      </c>
+      <c r="L489" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M489" t="n">
+        <v>20</v>
+      </c>
+      <c r="N489" t="n">
+        <v>100</v>
+      </c>
+      <c r="O489" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P489" t="inlineStr"/>
+      <c r="Q489" t="inlineStr"/>
+      <c r="R489" t="inlineStr"/>
+      <c r="S489" t="inlineStr"/>
+      <c r="T489" t="inlineStr"/>
+      <c r="U489" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:48</t>
+        </is>
+      </c>
+    </row>
+    <row r="490">
+      <c r="A490" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B490" t="inlineStr">
+        <is>
+          <t>манго австралия</t>
+        </is>
+      </c>
+      <c r="C490" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D490" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E490" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F490" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G490" t="n">
+        <v>4500</v>
+      </c>
+      <c r="H490" t="n">
+        <v>4400</v>
+      </c>
+      <c r="I490" t="n">
+        <v>900</v>
+      </c>
+      <c r="J490" t="n">
+        <v>880</v>
+      </c>
+      <c r="K490" t="n">
+        <v>4500</v>
+      </c>
+      <c r="L490" t="n">
+        <v>4400</v>
+      </c>
+      <c r="M490" t="n">
+        <v>20</v>
+      </c>
+      <c r="N490" t="n">
+        <v>100</v>
+      </c>
+      <c r="O490" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P490" t="inlineStr"/>
+      <c r="Q490" t="inlineStr"/>
+      <c r="R490" t="inlineStr"/>
+      <c r="S490" t="inlineStr"/>
+      <c r="T490" t="inlineStr"/>
+      <c r="U490" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:46</t>
+        </is>
+      </c>
+    </row>
+    <row r="491">
+      <c r="A491" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B491" t="inlineStr">
+        <is>
+          <t>манго</t>
+        </is>
+      </c>
+      <c r="C491" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D491" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E491" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F491" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G491" t="n">
+        <v>1280</v>
+      </c>
+      <c r="H491" t="n">
+        <v>1250</v>
+      </c>
+      <c r="I491" t="n">
+        <v>160</v>
+      </c>
+      <c r="J491" t="n">
+        <v>156.25</v>
+      </c>
+      <c r="K491" t="n">
+        <v>1280</v>
+      </c>
+      <c r="L491" t="n">
+        <v>1250</v>
+      </c>
+      <c r="M491" t="n">
+        <v>13</v>
+      </c>
+      <c r="N491" t="n">
+        <v>104</v>
+      </c>
+      <c r="O491" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P491" t="inlineStr"/>
+      <c r="Q491" t="inlineStr"/>
+      <c r="R491" t="inlineStr"/>
+      <c r="S491" t="inlineStr"/>
+      <c r="T491" t="inlineStr"/>
+      <c r="U491" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:44</t>
+        </is>
+      </c>
+    </row>
+    <row r="492">
+      <c r="A492" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B492" t="inlineStr">
+        <is>
+          <t>малина импорт</t>
+        </is>
+      </c>
+      <c r="C492" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D492" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E492" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F492" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G492" t="n">
+        <v>500</v>
+      </c>
+      <c r="H492" t="n">
+        <v>500</v>
+      </c>
+      <c r="I492" t="n">
+        <v>4000</v>
+      </c>
+      <c r="J492" t="n">
+        <v>4000</v>
+      </c>
+      <c r="K492" t="n">
+        <v>500</v>
+      </c>
+      <c r="L492" t="n">
+        <v>500</v>
+      </c>
+      <c r="M492" t="n">
+        <v>160</v>
+      </c>
+      <c r="N492" t="n">
+        <v>20</v>
+      </c>
+      <c r="O492" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P492" t="inlineStr"/>
+      <c r="Q492" t="inlineStr"/>
+      <c r="R492" t="inlineStr"/>
+      <c r="S492" t="inlineStr"/>
+      <c r="T492" t="inlineStr"/>
+      <c r="U492" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:42</t>
+        </is>
+      </c>
+    </row>
+    <row r="493">
+      <c r="A493" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B493" t="inlineStr">
+        <is>
+          <t>лук ялтинский</t>
+        </is>
+      </c>
+      <c r="C493" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D493" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E493" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F493" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G493" t="n">
+        <v>3750</v>
+      </c>
+      <c r="H493" t="n">
+        <v>3500</v>
+      </c>
+      <c r="I493" t="n">
+        <v>250</v>
+      </c>
+      <c r="J493" t="n">
+        <v>233.33</v>
+      </c>
+      <c r="K493" t="n">
+        <v>3750</v>
+      </c>
+      <c r="L493" t="n">
+        <v>3500</v>
+      </c>
+      <c r="M493" t="n">
+        <v>34</v>
+      </c>
+      <c r="N493" t="n">
+        <v>510</v>
+      </c>
+      <c r="O493" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P493" t="inlineStr"/>
+      <c r="Q493" t="inlineStr"/>
+      <c r="R493" t="inlineStr"/>
+      <c r="S493" t="inlineStr"/>
+      <c r="T493" t="inlineStr"/>
+      <c r="U493" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:39</t>
+        </is>
+      </c>
+    </row>
+    <row r="494">
+      <c r="A494" t="inlineStr"/>
+      <c r="B494" t="inlineStr">
+        <is>
+          <t>лук шнит (чивис)</t>
+        </is>
+      </c>
+      <c r="C494" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D494" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E494" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F494" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G494" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H494" t="n">
+        <v>2350</v>
+      </c>
+      <c r="I494" t="n">
+        <v>2400</v>
+      </c>
+      <c r="J494" t="n">
+        <v>2350</v>
+      </c>
+      <c r="K494" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L494" t="n">
+        <v>2350</v>
+      </c>
+      <c r="M494" t="n">
+        <v>50</v>
+      </c>
+      <c r="N494" t="n">
+        <v>50</v>
+      </c>
+      <c r="O494" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P494" t="inlineStr"/>
+      <c r="Q494" t="inlineStr"/>
+      <c r="R494" t="inlineStr"/>
+      <c r="S494" t="inlineStr"/>
+      <c r="T494" t="inlineStr"/>
+      <c r="U494" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:35</t>
+        </is>
+      </c>
+    </row>
+    <row r="495">
+      <c r="A495" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B495" t="inlineStr">
+        <is>
+          <t>лук зеленый весовой</t>
+        </is>
+      </c>
+      <c r="C495" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D495" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E495" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F495" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G495" t="n">
+        <v>300</v>
+      </c>
+      <c r="H495" t="n">
+        <v>280</v>
+      </c>
+      <c r="I495" t="n">
+        <v>60</v>
+      </c>
+      <c r="J495" t="n">
+        <v>56</v>
+      </c>
+      <c r="K495" t="n">
+        <v>300</v>
+      </c>
+      <c r="L495" t="n">
+        <v>280</v>
+      </c>
+      <c r="M495" t="n">
+        <v>10</v>
+      </c>
+      <c r="N495" t="n">
+        <v>50</v>
+      </c>
+      <c r="O495" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P495" t="inlineStr"/>
+      <c r="Q495" t="inlineStr"/>
+      <c r="R495" t="inlineStr"/>
+      <c r="S495" t="inlineStr"/>
+      <c r="T495" t="inlineStr"/>
+      <c r="U495" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:33</t>
+        </is>
+      </c>
+    </row>
+    <row r="496">
+      <c r="A496" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B496" t="inlineStr">
+        <is>
+          <t>лук зеленый фасовка</t>
+        </is>
+      </c>
+      <c r="C496" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D496" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E496" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F496" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G496" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H496" t="n">
+        <v>380</v>
+      </c>
+      <c r="I496" t="n">
+        <v>400</v>
+      </c>
+      <c r="J496" t="n">
+        <v>76</v>
+      </c>
+      <c r="K496" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L496" t="n">
+        <v>380</v>
+      </c>
+      <c r="M496" t="n">
+        <v>50</v>
+      </c>
+      <c r="N496" t="n">
+        <v>250</v>
+      </c>
+      <c r="O496" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P496" t="inlineStr"/>
+      <c r="Q496" t="inlineStr"/>
+      <c r="R496" t="inlineStr"/>
+      <c r="S496" t="inlineStr"/>
+      <c r="T496" t="inlineStr"/>
+      <c r="U496" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:32</t>
+        </is>
+      </c>
+    </row>
+    <row r="497">
+      <c r="A497" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B497" t="inlineStr">
+        <is>
+          <t>лук порей</t>
+        </is>
+      </c>
+      <c r="C497" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D497" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E497" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F497" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G497" t="n">
+        <v>1750</v>
+      </c>
+      <c r="H497" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I497" t="n">
+        <v>350</v>
+      </c>
+      <c r="J497" t="n">
+        <v>340</v>
+      </c>
+      <c r="K497" t="n">
+        <v>1750</v>
+      </c>
+      <c r="L497" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M497" t="n">
+        <v>20</v>
+      </c>
+      <c r="N497" t="n">
+        <v>100</v>
+      </c>
+      <c r="O497" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P497" t="inlineStr"/>
+      <c r="Q497" t="inlineStr"/>
+      <c r="R497" t="inlineStr"/>
+      <c r="S497" t="inlineStr"/>
+      <c r="T497" t="inlineStr"/>
+      <c r="U497" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:27</t>
+        </is>
+      </c>
+    </row>
+    <row r="498">
+      <c r="A498" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B498" t="inlineStr">
+        <is>
+          <t>лук репчатый красный</t>
+        </is>
+      </c>
+      <c r="C498" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D498" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E498" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F498" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G498" t="n">
+        <v>1000</v>
+      </c>
+      <c r="H498" t="n">
+        <v>900</v>
+      </c>
+      <c r="I498" t="n">
+        <v>50</v>
+      </c>
+      <c r="J498" t="n">
+        <v>45</v>
+      </c>
+      <c r="K498" t="n">
+        <v>1000</v>
+      </c>
+      <c r="L498" t="n">
+        <v>900</v>
+      </c>
+      <c r="M498" t="n">
+        <v>500</v>
+      </c>
+      <c r="N498" t="n">
+        <v>10000</v>
+      </c>
+      <c r="O498" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P498" t="inlineStr"/>
+      <c r="Q498" t="inlineStr"/>
+      <c r="R498" t="inlineStr"/>
+      <c r="S498" t="inlineStr"/>
+      <c r="T498" t="inlineStr"/>
+      <c r="U498" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:25</t>
+        </is>
+      </c>
+    </row>
+    <row r="499">
+      <c r="A499" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B499" t="inlineStr">
+        <is>
+          <t>личи</t>
+        </is>
+      </c>
+      <c r="C499" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D499" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E499" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F499" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G499" t="n">
+        <v>6500</v>
+      </c>
+      <c r="H499" t="n">
+        <v>6300</v>
+      </c>
+      <c r="I499" t="n">
+        <v>1300</v>
+      </c>
+      <c r="J499" t="n">
+        <v>1260</v>
+      </c>
+      <c r="K499" t="n">
+        <v>6500</v>
+      </c>
+      <c r="L499" t="n">
+        <v>6300</v>
+      </c>
+      <c r="M499" t="n">
+        <v>50</v>
+      </c>
+      <c r="N499" t="n">
+        <v>250</v>
+      </c>
+      <c r="O499" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P499" t="inlineStr"/>
+      <c r="Q499" t="inlineStr"/>
+      <c r="R499" t="inlineStr"/>
+      <c r="S499" t="inlineStr"/>
+      <c r="T499" t="inlineStr"/>
+      <c r="U499" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:20</t>
+        </is>
+      </c>
+    </row>
+    <row r="500">
+      <c r="A500" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B500" t="inlineStr">
+        <is>
+          <t>лимон узбек</t>
+        </is>
+      </c>
+      <c r="C500" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D500" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E500" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F500" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G500" t="n">
+        <v>6000</v>
+      </c>
+      <c r="H500" t="n">
+        <v>5500</v>
+      </c>
+      <c r="I500" t="n">
+        <v>600</v>
+      </c>
+      <c r="J500" t="n">
+        <v>550</v>
+      </c>
+      <c r="K500" t="n">
+        <v>6000</v>
+      </c>
+      <c r="L500" t="n">
+        <v>5500</v>
+      </c>
+      <c r="M500" t="n">
+        <v>50</v>
+      </c>
+      <c r="N500" t="n">
+        <v>500</v>
+      </c>
+      <c r="O500" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P500" t="inlineStr"/>
+      <c r="Q500" t="inlineStr"/>
+      <c r="R500" t="inlineStr"/>
+      <c r="S500" t="inlineStr"/>
+      <c r="T500" t="inlineStr"/>
+      <c r="U500" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:18</t>
+        </is>
+      </c>
+    </row>
+    <row r="501">
+      <c r="A501" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B501" t="inlineStr">
+        <is>
+          <t>лимон</t>
+        </is>
+      </c>
+      <c r="C501" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D501" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E501" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F501" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G501" t="n">
+        <v>2600</v>
+      </c>
+      <c r="H501" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I501" t="n">
+        <v>260</v>
+      </c>
+      <c r="J501" t="n">
+        <v>250</v>
+      </c>
+      <c r="K501" t="n">
+        <v>2600</v>
+      </c>
+      <c r="L501" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M501" t="n">
+        <v>100</v>
+      </c>
+      <c r="N501" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O501" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P501" t="inlineStr"/>
+      <c r="Q501" t="inlineStr"/>
+      <c r="R501" t="inlineStr"/>
+      <c r="S501" t="inlineStr"/>
+      <c r="T501" t="inlineStr"/>
+      <c r="U501" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:16</t>
+        </is>
+      </c>
+    </row>
+    <row r="502">
+      <c r="A502" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B502" t="inlineStr">
+        <is>
+          <t>лимон</t>
+        </is>
+      </c>
+      <c r="C502" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D502" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E502" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F502" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G502" t="n">
+        <v>2700</v>
+      </c>
+      <c r="H502" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I502" t="n">
+        <v>180</v>
+      </c>
+      <c r="J502" t="n">
+        <v>166.67</v>
+      </c>
+      <c r="K502" t="n">
+        <v>2700</v>
+      </c>
+      <c r="L502" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M502" t="n">
+        <v>100</v>
+      </c>
+      <c r="N502" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O502" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P502" t="inlineStr"/>
+      <c r="Q502" t="inlineStr"/>
+      <c r="R502" t="inlineStr"/>
+      <c r="S502" t="inlineStr"/>
+      <c r="T502" t="inlineStr"/>
+      <c r="U502" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:14</t>
+        </is>
+      </c>
+    </row>
+    <row r="503">
+      <c r="A503" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B503" t="inlineStr">
+        <is>
+          <t>лимон</t>
+        </is>
+      </c>
+      <c r="C503" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D503" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E503" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F503" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G503" t="n">
+        <v>4680</v>
+      </c>
+      <c r="H503" t="n">
+        <v>4500</v>
+      </c>
+      <c r="I503" t="n">
+        <v>260</v>
+      </c>
+      <c r="J503" t="n">
+        <v>250</v>
+      </c>
+      <c r="K503" t="n">
+        <v>4680</v>
+      </c>
+      <c r="L503" t="n">
+        <v>4500</v>
+      </c>
+      <c r="M503" t="n">
+        <v>100</v>
+      </c>
+      <c r="N503" t="n">
+        <v>1800</v>
+      </c>
+      <c r="O503" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P503" t="inlineStr"/>
+      <c r="Q503" t="inlineStr"/>
+      <c r="R503" t="inlineStr"/>
+      <c r="S503" t="inlineStr"/>
+      <c r="T503" t="inlineStr"/>
+      <c r="U503" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:11</t>
+        </is>
+      </c>
+    </row>
+    <row r="504">
+      <c r="A504" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B504" t="inlineStr">
+        <is>
+          <t>лайм</t>
+        </is>
+      </c>
+      <c r="C504" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D504" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E504" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F504" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G504" t="n">
+        <v>1600</v>
+      </c>
+      <c r="H504" t="n">
+        <v>1500</v>
+      </c>
+      <c r="I504" t="n">
+        <v>400</v>
+      </c>
+      <c r="J504" t="n">
+        <v>375</v>
+      </c>
+      <c r="K504" t="n">
+        <v>1600</v>
+      </c>
+      <c r="L504" t="n">
+        <v>1500</v>
+      </c>
+      <c r="M504" t="n">
+        <v>200</v>
+      </c>
+      <c r="N504" t="n">
+        <v>800</v>
+      </c>
+      <c r="O504" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P504" t="inlineStr"/>
+      <c r="Q504" t="inlineStr"/>
+      <c r="R504" t="inlineStr"/>
+      <c r="S504" t="inlineStr"/>
+      <c r="T504" t="inlineStr"/>
+      <c r="U504" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:08</t>
+        </is>
+      </c>
+    </row>
+    <row r="505">
+      <c r="A505" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B505" t="inlineStr">
+        <is>
+          <t>кумкват</t>
+        </is>
+      </c>
+      <c r="C505" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D505" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E505" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F505" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G505" t="n">
+        <v>4800</v>
+      </c>
+      <c r="H505" t="n">
+        <v>4500</v>
+      </c>
+      <c r="I505" t="n">
+        <v>1600</v>
+      </c>
+      <c r="J505" t="n">
+        <v>1500</v>
+      </c>
+      <c r="K505" t="n">
+        <v>4800</v>
+      </c>
+      <c r="L505" t="n">
+        <v>4500</v>
+      </c>
+      <c r="M505" t="n">
+        <v>20</v>
+      </c>
+      <c r="N505" t="n">
+        <v>60</v>
+      </c>
+      <c r="O505" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P505" t="inlineStr"/>
+      <c r="Q505" t="inlineStr"/>
+      <c r="R505" t="inlineStr"/>
+      <c r="S505" t="inlineStr"/>
+      <c r="T505" t="inlineStr"/>
+      <c r="U505" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:06</t>
+        </is>
+      </c>
+    </row>
+    <row r="506">
+      <c r="A506" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B506" t="inlineStr">
+        <is>
+          <t>кукуруза мини</t>
+        </is>
+      </c>
+      <c r="C506" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D506" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E506" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F506" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G506" t="n">
+        <v>170</v>
+      </c>
+      <c r="H506" t="n">
+        <v>170</v>
+      </c>
+      <c r="I506" t="n">
+        <v>1360</v>
+      </c>
+      <c r="J506" t="n">
+        <v>1360</v>
+      </c>
+      <c r="K506" t="n">
+        <v>170</v>
+      </c>
+      <c r="L506" t="n">
+        <v>170</v>
+      </c>
+      <c r="M506" t="n">
+        <v>100</v>
+      </c>
+      <c r="N506" t="n">
+        <v>12</v>
+      </c>
+      <c r="O506" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P506" t="inlineStr"/>
+      <c r="Q506" t="inlineStr"/>
+      <c r="R506" t="inlineStr"/>
+      <c r="S506" t="inlineStr"/>
+      <c r="T506" t="inlineStr"/>
+      <c r="U506" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:03</t>
+        </is>
+      </c>
+    </row>
+    <row r="507">
+      <c r="A507" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B507" t="inlineStr">
+        <is>
+          <t>клубника коррекс 250гр</t>
+        </is>
+      </c>
+      <c r="C507" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D507" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E507" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F507" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G507" t="n">
+        <v>4500</v>
+      </c>
+      <c r="H507" t="n">
+        <v>4200</v>
+      </c>
+      <c r="I507" t="n">
+        <v>1500</v>
+      </c>
+      <c r="J507" t="n">
+        <v>1400</v>
+      </c>
+      <c r="K507" t="n">
+        <v>4500</v>
+      </c>
+      <c r="L507" t="n">
+        <v>4200</v>
+      </c>
+      <c r="M507" t="n">
+        <v>100</v>
+      </c>
+      <c r="N507" t="n">
+        <v>300</v>
+      </c>
+      <c r="O507" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P507" t="inlineStr"/>
+      <c r="Q507" t="inlineStr"/>
+      <c r="R507" t="inlineStr"/>
+      <c r="S507" t="inlineStr"/>
+      <c r="T507" t="inlineStr">
+        <is>
+          <t>Сорт клубники Греция</t>
+        </is>
+      </c>
+      <c r="U507" t="inlineStr">
+        <is>
+          <t>24.02.2026 10:00</t>
+        </is>
+      </c>
+    </row>
+    <row r="508">
+      <c r="A508" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B508" t="inlineStr">
+        <is>
+          <t>клубника импорт</t>
+        </is>
+      </c>
+      <c r="C508" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D508" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E508" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F508" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G508" t="n">
+        <v>4400</v>
+      </c>
+      <c r="H508" t="n">
+        <v>4000</v>
+      </c>
+      <c r="I508" t="n">
+        <v>1100</v>
+      </c>
+      <c r="J508" t="n">
+        <v>1000</v>
+      </c>
+      <c r="K508" t="n">
+        <v>4400</v>
+      </c>
+      <c r="L508" t="n">
+        <v>4000</v>
+      </c>
+      <c r="M508" t="n">
+        <v>100</v>
+      </c>
+      <c r="N508" t="n">
+        <v>400</v>
+      </c>
+      <c r="O508" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P508" t="inlineStr"/>
+      <c r="Q508" t="inlineStr"/>
+      <c r="R508" t="inlineStr"/>
+      <c r="S508" t="inlineStr"/>
+      <c r="T508" t="inlineStr"/>
+      <c r="U508" t="inlineStr">
+        <is>
+          <t>24.02.2026 09:55</t>
+        </is>
+      </c>
+    </row>
+    <row r="509">
+      <c r="A509" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B509" t="inlineStr">
+        <is>
+          <t>киви голд</t>
+        </is>
+      </c>
+      <c r="C509" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D509" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E509" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F509" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G509" t="n">
+        <v>1600</v>
+      </c>
+      <c r="H509" t="n">
+        <v>1500</v>
+      </c>
+      <c r="I509" t="n">
+        <v>160</v>
+      </c>
+      <c r="J509" t="n">
+        <v>150</v>
+      </c>
+      <c r="K509" t="n">
+        <v>1600</v>
+      </c>
+      <c r="L509" t="n">
+        <v>1500</v>
+      </c>
+      <c r="M509" t="n">
+        <v>100</v>
+      </c>
+      <c r="N509" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O509" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P509" t="inlineStr"/>
+      <c r="Q509" t="inlineStr"/>
+      <c r="R509" t="inlineStr"/>
+      <c r="S509" t="inlineStr"/>
+      <c r="T509" t="inlineStr"/>
+      <c r="U509" t="inlineStr">
+        <is>
+          <t>24.02.2026 09:51</t>
+        </is>
+      </c>
+    </row>
+    <row r="510">
+      <c r="A510" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B510" t="inlineStr">
+        <is>
+          <t>киви голд</t>
+        </is>
+      </c>
+      <c r="C510" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D510" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E510" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F510" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G510" t="n">
+        <v>4250</v>
+      </c>
+      <c r="H510" t="n">
+        <v>4000</v>
+      </c>
+      <c r="I510" t="n">
+        <v>850</v>
+      </c>
+      <c r="J510" t="n">
+        <v>800</v>
+      </c>
+      <c r="K510" t="n">
+        <v>4250</v>
+      </c>
+      <c r="L510" t="n">
+        <v>4000</v>
+      </c>
+      <c r="M510" t="n">
+        <v>200</v>
+      </c>
+      <c r="N510" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O510" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P510" t="inlineStr"/>
+      <c r="Q510" t="inlineStr"/>
+      <c r="R510" t="inlineStr"/>
+      <c r="S510" t="inlineStr"/>
+      <c r="T510" t="inlineStr">
+        <is>
+          <t>1-рядный ящик</t>
+        </is>
+      </c>
+      <c r="U510" t="inlineStr">
+        <is>
+          <t>24.02.2026 09:47</t>
+        </is>
+      </c>
+    </row>
+    <row r="511">
+      <c r="A511" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B511" t="inlineStr">
+        <is>
+          <t>киви</t>
+        </is>
+      </c>
+      <c r="C511" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D511" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E511" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F511" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G511" t="n">
+        <v>1280</v>
+      </c>
+      <c r="H511" t="n">
+        <v>1200</v>
+      </c>
+      <c r="I511" t="n">
+        <v>160</v>
+      </c>
+      <c r="J511" t="n">
+        <v>150</v>
+      </c>
+      <c r="K511" t="n">
+        <v>1280</v>
+      </c>
+      <c r="L511" t="n">
+        <v>1200</v>
+      </c>
+      <c r="M511" t="n">
+        <v>100</v>
+      </c>
+      <c r="N511" t="n">
+        <v>800</v>
+      </c>
+      <c r="O511" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P511" t="inlineStr"/>
+      <c r="Q511" t="inlineStr"/>
+      <c r="R511" t="inlineStr"/>
+      <c r="S511" t="inlineStr"/>
+      <c r="T511" t="inlineStr"/>
+      <c r="U511" t="inlineStr">
+        <is>
+          <t>24.02.2026 09:43</t>
+        </is>
+      </c>
+    </row>
+    <row r="512">
+      <c r="A512" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B512" t="inlineStr">
+        <is>
+          <t>киви</t>
+        </is>
+      </c>
+      <c r="C512" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D512" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E512" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F512" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G512" t="n">
+        <v>1050</v>
+      </c>
+      <c r="H512" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I512" t="n">
+        <v>210</v>
+      </c>
+      <c r="J512" t="n">
+        <v>200</v>
+      </c>
+      <c r="K512" t="n">
+        <v>1050</v>
+      </c>
+      <c r="L512" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M512" t="n">
+        <v>100</v>
+      </c>
+      <c r="N512" t="n">
+        <v>500</v>
+      </c>
+      <c r="O512" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P512" t="inlineStr"/>
+      <c r="Q512" t="inlineStr"/>
+      <c r="R512" t="inlineStr"/>
+      <c r="S512" t="inlineStr"/>
+      <c r="T512" t="inlineStr">
+        <is>
+          <t>1-рядный ящик</t>
+        </is>
+      </c>
+      <c r="U512" t="inlineStr">
+        <is>
+          <t>24.02.2026 09:40</t>
+        </is>
+      </c>
+    </row>
+    <row r="513">
+      <c r="A513" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B513" t="inlineStr">
+        <is>
+          <t>батат</t>
+        </is>
+      </c>
+      <c r="C513" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D513" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E513" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F513" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G513" t="n">
+        <v>3000</v>
+      </c>
+      <c r="H513" t="n">
+        <v>2800</v>
+      </c>
+      <c r="I513" t="n">
+        <v>300</v>
+      </c>
+      <c r="J513" t="n">
+        <v>280</v>
+      </c>
+      <c r="K513" t="n">
+        <v>3000</v>
+      </c>
+      <c r="L513" t="n">
+        <v>2800</v>
+      </c>
+      <c r="M513" t="n">
+        <v>50</v>
+      </c>
+      <c r="N513" t="n">
+        <v>500</v>
+      </c>
+      <c r="O513" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P513" t="inlineStr"/>
+      <c r="Q513" t="inlineStr"/>
+      <c r="R513" t="inlineStr"/>
+      <c r="S513" t="inlineStr"/>
+      <c r="T513" t="inlineStr"/>
+      <c r="U513" t="inlineStr">
+        <is>
+          <t>24.02.2026 09:27</t>
+        </is>
+      </c>
+    </row>
+    <row r="514">
+      <c r="A514" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B514" t="inlineStr">
+        <is>
+          <t>хрен корень</t>
+        </is>
+      </c>
+      <c r="C514" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D514" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E514" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F514" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G514" t="n">
+        <v>8000</v>
+      </c>
+      <c r="H514" t="n">
+        <v>7800</v>
+      </c>
+      <c r="I514" t="n">
+        <v>1600</v>
+      </c>
+      <c r="J514" t="n">
+        <v>1560</v>
+      </c>
+      <c r="K514" t="n">
+        <v>8000</v>
+      </c>
+      <c r="L514" t="n">
+        <v>7800</v>
+      </c>
+      <c r="M514" t="n">
+        <v>50</v>
+      </c>
+      <c r="N514" t="n">
+        <v>250</v>
+      </c>
+      <c r="O514" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P514" t="inlineStr"/>
+      <c r="Q514" t="inlineStr"/>
+      <c r="R514" t="inlineStr"/>
+      <c r="S514" t="inlineStr"/>
+      <c r="T514" t="inlineStr"/>
+      <c r="U514" t="inlineStr">
+        <is>
+          <t>24.02.2026 09:24</t>
+        </is>
+      </c>
+    </row>
+    <row r="515">
+      <c r="A515" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B515" t="inlineStr">
+        <is>
+          <t>топинамбур</t>
+        </is>
+      </c>
+      <c r="C515" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D515" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E515" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F515" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G515" t="n">
+        <v>2500</v>
+      </c>
+      <c r="H515" t="n">
+        <v>2200</v>
+      </c>
+      <c r="I515" t="n">
+        <v>500</v>
+      </c>
+      <c r="J515" t="n">
+        <v>440</v>
+      </c>
+      <c r="K515" t="n">
+        <v>2500</v>
+      </c>
+      <c r="L515" t="n">
+        <v>2200</v>
+      </c>
+      <c r="M515" t="n">
+        <v>5</v>
+      </c>
+      <c r="N515" t="n">
+        <v>25</v>
+      </c>
+      <c r="O515" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P515" t="inlineStr"/>
+      <c r="Q515" t="inlineStr"/>
+      <c r="R515" t="inlineStr"/>
+      <c r="S515" t="inlineStr"/>
+      <c r="T515" t="inlineStr"/>
+      <c r="U515" t="inlineStr">
+        <is>
+          <t>24.02.2026 09:22</t>
+        </is>
+      </c>
+    </row>
+    <row r="516">
+      <c r="A516" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B516" t="inlineStr">
+        <is>
+          <t>кольраби</t>
+        </is>
+      </c>
+      <c r="C516" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D516" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E516" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F516" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G516" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H516" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I516" t="n">
+        <v>400</v>
+      </c>
+      <c r="J516" t="n">
+        <v>380</v>
+      </c>
+      <c r="K516" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L516" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M516" t="n">
+        <v>10</v>
+      </c>
+      <c r="N516" t="n">
+        <v>50</v>
+      </c>
+      <c r="O516" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P516" t="inlineStr"/>
+      <c r="Q516" t="inlineStr"/>
+      <c r="R516" t="inlineStr"/>
+      <c r="S516" t="inlineStr"/>
+      <c r="T516" t="inlineStr"/>
+      <c r="U516" t="inlineStr">
+        <is>
+          <t>24.02.2026 09:19</t>
+        </is>
+      </c>
+    </row>
+    <row r="517">
+      <c r="A517" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B517" t="inlineStr">
+        <is>
+          <t>капуста брюссельская</t>
+        </is>
+      </c>
+      <c r="C517" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D517" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E517" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F517" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G517" t="n">
+        <v>3000</v>
+      </c>
+      <c r="H517" t="n">
+        <v>2900</v>
+      </c>
+      <c r="I517" t="n">
+        <v>1000</v>
+      </c>
+      <c r="J517" t="n">
+        <v>966.67</v>
+      </c>
+      <c r="K517" t="n">
+        <v>3000</v>
+      </c>
+      <c r="L517" t="n">
+        <v>2900</v>
+      </c>
+      <c r="M517" t="n">
+        <v>5</v>
+      </c>
+      <c r="N517" t="n">
+        <v>15</v>
+      </c>
+      <c r="O517" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P517" t="inlineStr"/>
+      <c r="Q517" t="inlineStr"/>
+      <c r="R517" t="inlineStr"/>
+      <c r="S517" t="inlineStr"/>
+      <c r="T517" t="inlineStr"/>
+      <c r="U517" t="inlineStr">
+        <is>
+          <t>24.02.2026 09:16</t>
+        </is>
+      </c>
+    </row>
+    <row r="518">
+      <c r="A518" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B518" t="inlineStr">
+        <is>
+          <t>капуста брокколи</t>
+        </is>
+      </c>
+      <c r="C518" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D518" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E518" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F518" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G518" t="n">
+        <v>4500</v>
+      </c>
+      <c r="H518" t="n">
+        <v>4000</v>
+      </c>
+      <c r="I518" t="n">
+        <v>300</v>
+      </c>
+      <c r="J518" t="n">
+        <v>266.67</v>
+      </c>
+      <c r="K518" t="n">
+        <v>4500</v>
+      </c>
+      <c r="L518" t="n">
+        <v>4000</v>
+      </c>
+      <c r="M518" t="n">
+        <v>100</v>
+      </c>
+      <c r="N518" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O518" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P518" t="inlineStr"/>
+      <c r="Q518" t="inlineStr"/>
+      <c r="R518" t="inlineStr"/>
+      <c r="S518" t="inlineStr"/>
+      <c r="T518" t="inlineStr"/>
+      <c r="U518" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:42</t>
+        </is>
+      </c>
+    </row>
+    <row r="519">
+      <c r="A519" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B519" t="inlineStr">
+        <is>
+          <t>капуста цветная</t>
+        </is>
+      </c>
+      <c r="C519" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D519" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E519" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F519" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G519" t="n">
+        <v>1400</v>
+      </c>
+      <c r="H519" t="n">
+        <v>1400</v>
+      </c>
+      <c r="I519" t="n">
+        <v>140</v>
+      </c>
+      <c r="J519" t="n">
+        <v>140</v>
+      </c>
+      <c r="K519" t="n">
+        <v>1400</v>
+      </c>
+      <c r="L519" t="n">
+        <v>1400</v>
+      </c>
+      <c r="M519" t="n">
+        <v>100</v>
+      </c>
+      <c r="N519" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O519" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P519" t="inlineStr"/>
+      <c r="Q519" t="inlineStr"/>
+      <c r="R519" t="inlineStr"/>
+      <c r="S519" t="inlineStr"/>
+      <c r="T519" t="inlineStr"/>
+      <c r="U519" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:39</t>
+        </is>
+      </c>
+    </row>
+    <row r="520">
+      <c r="A520" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B520" t="inlineStr">
+        <is>
+          <t>капуста цветная</t>
+        </is>
+      </c>
+      <c r="C520" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D520" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E520" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F520" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G520" t="n">
+        <v>2250</v>
+      </c>
+      <c r="H520" t="n">
+        <v>2000</v>
+      </c>
+      <c r="I520" t="n">
+        <v>150</v>
+      </c>
+      <c r="J520" t="n">
+        <v>133.33</v>
+      </c>
+      <c r="K520" t="n">
+        <v>2250</v>
+      </c>
+      <c r="L520" t="n">
+        <v>2000</v>
+      </c>
+      <c r="M520" t="n">
+        <v>14</v>
+      </c>
+      <c r="N520" t="n">
+        <v>210</v>
+      </c>
+      <c r="O520" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P520" t="inlineStr"/>
+      <c r="Q520" t="inlineStr"/>
+      <c r="R520" t="inlineStr"/>
+      <c r="S520" t="inlineStr"/>
+      <c r="T520" t="inlineStr"/>
+      <c r="U520" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:38</t>
+        </is>
+      </c>
+    </row>
+    <row r="521">
+      <c r="A521" t="inlineStr"/>
+      <c r="B521" t="inlineStr">
+        <is>
+          <t>цукини</t>
+        </is>
+      </c>
+      <c r="C521" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D521" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E521" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F521" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G521" t="n">
+        <v>4500</v>
+      </c>
+      <c r="H521" t="n">
+        <v>4200</v>
+      </c>
+      <c r="I521" t="n">
+        <v>450</v>
+      </c>
+      <c r="J521" t="n">
+        <v>420</v>
+      </c>
+      <c r="K521" t="n">
+        <v>4500</v>
+      </c>
+      <c r="L521" t="n">
+        <v>4200</v>
+      </c>
+      <c r="M521" t="n">
+        <v>200</v>
+      </c>
+      <c r="N521" t="n">
+        <v>2000</v>
+      </c>
+      <c r="O521" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P521" t="inlineStr"/>
+      <c r="Q521" t="inlineStr"/>
+      <c r="R521" t="inlineStr"/>
+      <c r="S521" t="inlineStr"/>
+      <c r="T521" t="inlineStr"/>
+      <c r="U521" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:35</t>
+        </is>
+      </c>
+    </row>
+    <row r="522">
+      <c r="A522" t="inlineStr"/>
+      <c r="B522" t="inlineStr">
+        <is>
+          <t>кабачки импорт</t>
+        </is>
+      </c>
+      <c r="C522" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D522" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E522" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F522" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G522" t="n">
+        <v>3600</v>
+      </c>
+      <c r="H522" t="n">
+        <v>3500</v>
+      </c>
+      <c r="I522" t="n">
+        <v>360</v>
+      </c>
+      <c r="J522" t="n">
+        <v>350</v>
+      </c>
+      <c r="K522" t="n">
+        <v>3600</v>
+      </c>
+      <c r="L522" t="n">
+        <v>3500</v>
+      </c>
+      <c r="M522" t="n">
+        <v>100</v>
+      </c>
+      <c r="N522" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O522" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P522" t="inlineStr"/>
+      <c r="Q522" t="inlineStr"/>
+      <c r="R522" t="inlineStr"/>
+      <c r="S522" t="inlineStr"/>
+      <c r="T522" t="inlineStr">
+        <is>
+          <t>Сорт Анталья</t>
+        </is>
+      </c>
+      <c r="U522" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:30</t>
+        </is>
+      </c>
+    </row>
+    <row r="523">
+      <c r="A523" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B523" t="inlineStr">
+        <is>
+          <t>кабачки импорт</t>
+        </is>
+      </c>
+      <c r="C523" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D523" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E523" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F523" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G523" t="n">
+        <v>3300</v>
+      </c>
+      <c r="H523" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I523" t="n">
+        <v>330</v>
+      </c>
+      <c r="J523" t="n">
+        <v>300</v>
+      </c>
+      <c r="K523" t="n">
+        <v>3300</v>
+      </c>
+      <c r="L523" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M523" t="n">
+        <v>100</v>
+      </c>
+      <c r="N523" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O523" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P523" t="inlineStr"/>
+      <c r="Q523" t="inlineStr"/>
+      <c r="R523" t="inlineStr"/>
+      <c r="S523" t="inlineStr"/>
+      <c r="T523" t="inlineStr"/>
+      <c r="U523" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:27</t>
+        </is>
+      </c>
+    </row>
+    <row r="524">
+      <c r="A524" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B524" t="inlineStr">
+        <is>
+          <t>кольраби</t>
+        </is>
+      </c>
+      <c r="C524" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D524" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E524" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F524" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G524" t="n">
+        <v>900</v>
+      </c>
+      <c r="H524" t="n">
+        <v>900</v>
+      </c>
+      <c r="I524" t="n">
+        <v>180</v>
+      </c>
+      <c r="J524" t="n">
+        <v>180</v>
+      </c>
+      <c r="K524" t="n">
+        <v>900</v>
+      </c>
+      <c r="L524" t="n">
+        <v>900</v>
+      </c>
+      <c r="M524" t="n">
+        <v>50</v>
+      </c>
+      <c r="N524" t="n">
+        <v>250</v>
+      </c>
+      <c r="O524" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P524" t="inlineStr"/>
+      <c r="Q524" t="inlineStr"/>
+      <c r="R524" t="inlineStr"/>
+      <c r="S524" t="inlineStr"/>
+      <c r="T524" t="inlineStr"/>
+      <c r="U524" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:25</t>
+        </is>
+      </c>
+    </row>
+    <row r="525">
+      <c r="A525" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B525" t="inlineStr">
+        <is>
+          <t>инжир свежий</t>
+        </is>
+      </c>
+      <c r="C525" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D525" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E525" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F525" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G525" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H525" t="n">
+        <v>2000</v>
+      </c>
+      <c r="I525" t="n">
+        <v>2000</v>
+      </c>
+      <c r="J525" t="n">
+        <v>2000</v>
+      </c>
+      <c r="K525" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L525" t="n">
+        <v>2000</v>
+      </c>
+      <c r="M525" t="n">
+        <v>50</v>
+      </c>
+      <c r="N525" t="n">
+        <v>50</v>
+      </c>
+      <c r="O525" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P525" t="inlineStr"/>
+      <c r="Q525" t="inlineStr"/>
+      <c r="R525" t="inlineStr"/>
+      <c r="S525" t="inlineStr"/>
+      <c r="T525" t="inlineStr"/>
+      <c r="U525" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:24</t>
+        </is>
+      </c>
+    </row>
+    <row r="526">
+      <c r="A526" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B526" t="inlineStr">
+        <is>
+          <t>имбирь корень</t>
+        </is>
+      </c>
+      <c r="C526" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D526" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E526" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F526" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G526" t="n">
+        <v>8100</v>
+      </c>
+      <c r="H526" t="n">
+        <v>8000</v>
+      </c>
+      <c r="I526" t="n">
+        <v>450</v>
+      </c>
+      <c r="J526" t="n">
+        <v>444.44</v>
+      </c>
+      <c r="K526" t="n">
+        <v>8100</v>
+      </c>
+      <c r="L526" t="n">
+        <v>8000</v>
+      </c>
+      <c r="M526" t="n">
+        <v>100</v>
+      </c>
+      <c r="N526" t="n">
+        <v>1800</v>
+      </c>
+      <c r="O526" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P526" t="inlineStr"/>
+      <c r="Q526" t="inlineStr"/>
+      <c r="R526" t="inlineStr"/>
+      <c r="S526" t="inlineStr"/>
+      <c r="T526" t="inlineStr"/>
+      <c r="U526" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:21</t>
+        </is>
+      </c>
+    </row>
+    <row r="527">
+      <c r="A527" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B527" t="inlineStr">
+        <is>
+          <t>ежевика коррекс 250гр</t>
+        </is>
+      </c>
+      <c r="C527" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D527" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E527" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F527" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G527" t="n">
+        <v>650</v>
+      </c>
+      <c r="H527" t="n">
+        <v>650</v>
+      </c>
+      <c r="I527" t="n">
+        <v>5200</v>
+      </c>
+      <c r="J527" t="n">
+        <v>5200</v>
+      </c>
+      <c r="K527" t="n">
+        <v>650</v>
+      </c>
+      <c r="L527" t="n">
+        <v>650</v>
+      </c>
+      <c r="M527" t="n">
+        <v>50</v>
+      </c>
+      <c r="N527" t="n">
+        <v>6</v>
+      </c>
+      <c r="O527" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P527" t="inlineStr"/>
+      <c r="Q527" t="inlineStr"/>
+      <c r="R527" t="inlineStr"/>
+      <c r="S527" t="inlineStr"/>
+      <c r="T527" t="inlineStr"/>
+      <c r="U527" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:19</t>
+        </is>
+      </c>
+    </row>
+    <row r="528">
+      <c r="A528" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B528" t="inlineStr">
+        <is>
+          <t>дыня зеленая Боло</t>
+        </is>
+      </c>
+      <c r="C528" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D528" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E528" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F528" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G528" t="n">
+        <v>3120</v>
+      </c>
+      <c r="H528" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I528" t="n">
+        <v>260</v>
+      </c>
+      <c r="J528" t="n">
+        <v>250</v>
+      </c>
+      <c r="K528" t="n">
+        <v>3120</v>
+      </c>
+      <c r="L528" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M528" t="n">
+        <v>17</v>
+      </c>
+      <c r="N528" t="n">
+        <v>204</v>
+      </c>
+      <c r="O528" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P528" t="inlineStr"/>
+      <c r="Q528" t="inlineStr"/>
+      <c r="R528" t="inlineStr"/>
+      <c r="S528" t="inlineStr"/>
+      <c r="T528" t="inlineStr"/>
+      <c r="U528" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:17</t>
+        </is>
+      </c>
+    </row>
+    <row r="529">
+      <c r="A529" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B529" t="inlineStr">
+        <is>
+          <t>дыня желтая</t>
+        </is>
+      </c>
+      <c r="C529" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D529" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E529" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F529" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G529" t="n">
+        <v>3840</v>
+      </c>
+      <c r="H529" t="n">
+        <v>3600</v>
+      </c>
+      <c r="I529" t="n">
+        <v>320</v>
+      </c>
+      <c r="J529" t="n">
+        <v>300</v>
+      </c>
+      <c r="K529" t="n">
+        <v>3840</v>
+      </c>
+      <c r="L529" t="n">
+        <v>3600</v>
+      </c>
+      <c r="M529" t="n">
+        <v>25</v>
+      </c>
+      <c r="N529" t="n">
+        <v>300</v>
+      </c>
+      <c r="O529" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P529" t="inlineStr"/>
+      <c r="Q529" t="inlineStr"/>
+      <c r="R529" t="inlineStr"/>
+      <c r="S529" t="inlineStr"/>
+      <c r="T529" t="inlineStr"/>
+      <c r="U529" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:14</t>
+        </is>
+      </c>
+    </row>
+    <row r="530">
+      <c r="A530" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B530" t="inlineStr">
+        <is>
+          <t>груша форель</t>
+        </is>
+      </c>
+      <c r="C530" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D530" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E530" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F530" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G530" t="n">
+        <v>1280</v>
+      </c>
+      <c r="H530" t="n">
+        <v>1200</v>
+      </c>
+      <c r="I530" t="n">
+        <v>160</v>
+      </c>
+      <c r="J530" t="n">
+        <v>150</v>
+      </c>
+      <c r="K530" t="n">
+        <v>1280</v>
+      </c>
+      <c r="L530" t="n">
+        <v>1200</v>
+      </c>
+      <c r="M530" t="n">
+        <v>38</v>
+      </c>
+      <c r="N530" t="n">
+        <v>304</v>
+      </c>
+      <c r="O530" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P530" t="inlineStr"/>
+      <c r="Q530" t="inlineStr"/>
+      <c r="R530" t="inlineStr"/>
+      <c r="S530" t="inlineStr"/>
+      <c r="T530" t="inlineStr"/>
+      <c r="U530" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:10</t>
+        </is>
+      </c>
+    </row>
+    <row r="531">
+      <c r="A531" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B531" t="inlineStr">
+        <is>
+          <t>груша форель</t>
+        </is>
+      </c>
+      <c r="C531" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D531" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E531" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F531" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G531" t="n">
+        <v>3125</v>
+      </c>
+      <c r="H531" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I531" t="n">
+        <v>250</v>
+      </c>
+      <c r="J531" t="n">
+        <v>240</v>
+      </c>
+      <c r="K531" t="n">
+        <v>3125</v>
+      </c>
+      <c r="L531" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M531" t="n">
+        <v>24</v>
+      </c>
+      <c r="N531" t="n">
+        <v>300</v>
+      </c>
+      <c r="O531" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P531" t="inlineStr"/>
+      <c r="Q531" t="inlineStr"/>
+      <c r="R531" t="inlineStr"/>
+      <c r="S531" t="inlineStr"/>
+      <c r="T531" t="inlineStr"/>
+      <c r="U531" t="inlineStr">
+        <is>
+          <t>20.02.2026 14:08</t>
+        </is>
+      </c>
+    </row>
+    <row r="532">
+      <c r="A532" t="inlineStr"/>
+      <c r="B532" t="inlineStr">
+        <is>
+          <t>груша пакхам</t>
+        </is>
+      </c>
+      <c r="C532" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D532" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E532" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F532" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G532" t="n">
+        <v>1200</v>
+      </c>
+      <c r="H532" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I532" t="n">
+        <v>150</v>
+      </c>
+      <c r="J532" t="n">
+        <v>137.5</v>
+      </c>
+      <c r="K532" t="n">
+        <v>1200</v>
+      </c>
+      <c r="L532" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M532" t="n">
+        <v>50</v>
+      </c>
+      <c r="N532" t="n">
+        <v>400</v>
+      </c>
+      <c r="O532" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P532" t="inlineStr"/>
+      <c r="Q532" t="inlineStr"/>
+      <c r="R532" t="inlineStr"/>
+      <c r="S532" t="inlineStr"/>
+      <c r="T532" t="inlineStr"/>
+      <c r="U532" t="inlineStr">
+        <is>
+          <t>20.02.2026 12:24</t>
+        </is>
+      </c>
+    </row>
+    <row r="533">
+      <c r="A533" t="inlineStr"/>
+      <c r="B533" t="inlineStr">
+        <is>
+          <t>груша давачи</t>
+        </is>
+      </c>
+      <c r="C533" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D533" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E533" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F533" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G533" t="n">
+        <v>850</v>
+      </c>
+      <c r="H533" t="n">
+        <v>800</v>
+      </c>
+      <c r="I533" t="n">
+        <v>170</v>
+      </c>
+      <c r="J533" t="n">
+        <v>160</v>
+      </c>
+      <c r="K533" t="n">
+        <v>850</v>
+      </c>
+      <c r="L533" t="n">
+        <v>800</v>
+      </c>
+      <c r="M533" t="n">
+        <v>40</v>
+      </c>
+      <c r="N533" t="n">
+        <v>200</v>
+      </c>
+      <c r="O533" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P533" t="inlineStr"/>
+      <c r="Q533" t="inlineStr"/>
+      <c r="R533" t="inlineStr"/>
+      <c r="S533" t="inlineStr"/>
+      <c r="T533" t="inlineStr"/>
+      <c r="U533" t="inlineStr">
+        <is>
+          <t>20.02.2026 12:20</t>
+        </is>
+      </c>
+    </row>
+    <row r="534">
+      <c r="A534" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B534" t="inlineStr">
+        <is>
+          <t>шимиджми грибы</t>
+        </is>
+      </c>
+      <c r="C534" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D534" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E534" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F534" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G534" t="n">
+        <v>210</v>
+      </c>
+      <c r="H534" t="n">
+        <v>200</v>
+      </c>
+      <c r="I534" t="n">
+        <v>1680</v>
+      </c>
+      <c r="J534" t="n">
+        <v>1600</v>
+      </c>
+      <c r="K534" t="n">
+        <v>210</v>
+      </c>
+      <c r="L534" t="n">
+        <v>200</v>
+      </c>
+      <c r="M534" t="n">
+        <v>20</v>
+      </c>
+      <c r="N534" t="n">
+        <v>2</v>
+      </c>
+      <c r="O534" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P534" t="inlineStr"/>
+      <c r="Q534" t="inlineStr"/>
+      <c r="R534" t="inlineStr"/>
+      <c r="S534" t="inlineStr"/>
+      <c r="T534" t="inlineStr"/>
+      <c r="U534" t="inlineStr">
+        <is>
+          <t>20.02.2026 12:17</t>
+        </is>
+      </c>
+    </row>
+    <row r="535">
+      <c r="A535" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B535" t="inlineStr">
+        <is>
+          <t>грейпфрут белый</t>
+        </is>
+      </c>
+      <c r="C535" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D535" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E535" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F535" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G535" t="n">
+        <v>1400</v>
+      </c>
+      <c r="H535" t="n">
+        <v>1200</v>
+      </c>
+      <c r="I535" t="n">
+        <v>140</v>
+      </c>
+      <c r="J535" t="n">
+        <v>120</v>
+      </c>
+      <c r="K535" t="n">
+        <v>1400</v>
+      </c>
+      <c r="L535" t="n">
+        <v>1200</v>
+      </c>
+      <c r="M535" t="n">
+        <v>20</v>
+      </c>
+      <c r="N535" t="n">
+        <v>200</v>
+      </c>
+      <c r="O535" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P535" t="inlineStr"/>
+      <c r="Q535" t="inlineStr"/>
+      <c r="R535" t="inlineStr"/>
+      <c r="S535" t="inlineStr"/>
+      <c r="T535" t="inlineStr"/>
+      <c r="U535" t="inlineStr">
+        <is>
+          <t>20.02.2026 12:14</t>
+        </is>
+      </c>
+    </row>
+    <row r="536">
+      <c r="A536" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B536" t="inlineStr">
+        <is>
+          <t>гранат без косточки</t>
+        </is>
+      </c>
+      <c r="C536" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D536" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E536" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F536" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G536" t="n">
+        <v>2800</v>
+      </c>
+      <c r="H536" t="n">
+        <v>2700</v>
+      </c>
+      <c r="I536" t="n">
+        <v>350</v>
+      </c>
+      <c r="J536" t="n">
+        <v>337.5</v>
+      </c>
+      <c r="K536" t="n">
+        <v>2800</v>
+      </c>
+      <c r="L536" t="n">
+        <v>2700</v>
+      </c>
+      <c r="M536" t="n">
+        <v>7</v>
+      </c>
+      <c r="N536" t="n">
+        <v>56</v>
+      </c>
+      <c r="O536" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P536" t="inlineStr"/>
+      <c r="Q536" t="inlineStr"/>
+      <c r="R536" t="inlineStr"/>
+      <c r="S536" t="inlineStr"/>
+      <c r="T536" t="inlineStr"/>
+      <c r="U536" t="inlineStr">
+        <is>
+          <t>20.02.2026 12:13</t>
+        </is>
+      </c>
+    </row>
+    <row r="537">
+      <c r="A537" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B537" t="inlineStr">
+        <is>
+          <t>гранадилла</t>
+        </is>
+      </c>
+      <c r="C537" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D537" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E537" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F537" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G537" t="n">
+        <v>1080</v>
+      </c>
+      <c r="H537" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I537" t="n">
+        <v>270</v>
+      </c>
+      <c r="J537" t="n">
+        <v>250</v>
+      </c>
+      <c r="K537" t="n">
+        <v>1080</v>
+      </c>
+      <c r="L537" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M537" t="n">
+        <v>25</v>
+      </c>
+      <c r="N537" t="n">
+        <v>100</v>
+      </c>
+      <c r="O537" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P537" t="inlineStr"/>
+      <c r="Q537" t="inlineStr"/>
+      <c r="R537" t="inlineStr"/>
+      <c r="S537" t="inlineStr"/>
+      <c r="T537" t="inlineStr"/>
+      <c r="U537" t="inlineStr">
+        <is>
+          <t>20.02.2026 12:11</t>
+        </is>
+      </c>
+    </row>
+    <row r="538">
+      <c r="A538" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B538" t="inlineStr">
+        <is>
+          <t>горошек стручки</t>
+        </is>
+      </c>
+      <c r="C538" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D538" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E538" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F538" t="inlineStr">
+        <is>
+          <t>Контейнер</t>
+        </is>
+      </c>
+      <c r="G538" t="n">
+        <v>450</v>
+      </c>
+      <c r="H538" t="n">
+        <v>420</v>
+      </c>
+      <c r="I538" t="n">
+        <v>1800</v>
+      </c>
+      <c r="J538" t="n">
+        <v>1680</v>
+      </c>
+      <c r="K538" t="n">
+        <v>450</v>
+      </c>
+      <c r="L538" t="n">
+        <v>420</v>
+      </c>
+      <c r="M538" t="n">
+        <v>30</v>
+      </c>
+      <c r="N538" t="n">
+        <v>7</v>
+      </c>
+      <c r="O538" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P538" t="inlineStr"/>
+      <c r="Q538" t="inlineStr"/>
+      <c r="R538" t="inlineStr"/>
+      <c r="S538" t="inlineStr"/>
+      <c r="T538" t="inlineStr"/>
+      <c r="U538" t="inlineStr">
+        <is>
+          <t>20.02.2026 12:08</t>
+        </is>
+      </c>
+    </row>
+    <row r="539">
+      <c r="A539" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B539" t="inlineStr">
+        <is>
+          <t>галангал корень</t>
+        </is>
+      </c>
+      <c r="C539" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D539" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E539" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F539" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G539" t="n">
+        <v>6500</v>
+      </c>
+      <c r="H539" t="n">
+        <v>6000</v>
+      </c>
+      <c r="I539" t="n">
+        <v>1300</v>
+      </c>
+      <c r="J539" t="n">
+        <v>1200</v>
+      </c>
+      <c r="K539" t="n">
+        <v>6500</v>
+      </c>
+      <c r="L539" t="n">
+        <v>6000</v>
+      </c>
+      <c r="M539" t="n">
+        <v>10</v>
+      </c>
+      <c r="N539" t="n">
+        <v>50</v>
+      </c>
+      <c r="O539" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P539" t="inlineStr"/>
+      <c r="Q539" t="inlineStr"/>
+      <c r="R539" t="inlineStr"/>
+      <c r="S539" t="inlineStr"/>
+      <c r="T539" t="inlineStr"/>
+      <c r="U539" t="inlineStr">
+        <is>
+          <t>20.02.2026 12:06</t>
+        </is>
+      </c>
+    </row>
+    <row r="540">
+      <c r="A540" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B540" t="inlineStr">
+        <is>
+          <t>виноград тайфи</t>
+        </is>
+      </c>
+      <c r="C540" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D540" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E540" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F540" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G540" t="n">
+        <v>1920</v>
+      </c>
+      <c r="H540" t="n">
+        <v>1800</v>
+      </c>
+      <c r="I540" t="n">
+        <v>240</v>
+      </c>
+      <c r="J540" t="n">
+        <v>225</v>
+      </c>
+      <c r="K540" t="n">
+        <v>1920</v>
+      </c>
+      <c r="L540" t="n">
+        <v>1800</v>
+      </c>
+      <c r="M540" t="n">
+        <v>38</v>
+      </c>
+      <c r="N540" t="n">
+        <v>304</v>
+      </c>
+      <c r="O540" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P540" t="inlineStr"/>
+      <c r="Q540" t="inlineStr"/>
+      <c r="R540" t="inlineStr"/>
+      <c r="S540" t="inlineStr"/>
+      <c r="T540" t="inlineStr"/>
+      <c r="U540" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="541">
+      <c r="A541" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B541" t="inlineStr">
+        <is>
+          <t>виноград томсон</t>
+        </is>
+      </c>
+      <c r="C541" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D541" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E541" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F541" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G541" t="n">
+        <v>2205</v>
+      </c>
+      <c r="H541" t="n">
+        <v>2100</v>
+      </c>
+      <c r="I541" t="n">
+        <v>490</v>
+      </c>
+      <c r="J541" t="n">
+        <v>466.67</v>
+      </c>
+      <c r="K541" t="n">
+        <v>2205</v>
+      </c>
+      <c r="L541" t="n">
+        <v>2100</v>
+      </c>
+      <c r="M541" t="n">
+        <v>23</v>
+      </c>
+      <c r="N541" t="n">
+        <v>103</v>
+      </c>
+      <c r="O541" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P541" t="inlineStr"/>
+      <c r="Q541" t="inlineStr"/>
+      <c r="R541" t="inlineStr"/>
+      <c r="S541" t="inlineStr"/>
+      <c r="T541" t="inlineStr"/>
+      <c r="U541" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:56</t>
+        </is>
+      </c>
+    </row>
+    <row r="542">
+      <c r="A542" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B542" t="inlineStr">
+        <is>
+          <t>виноград томсон</t>
+        </is>
+      </c>
+      <c r="C542" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D542" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E542" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F542" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G542" t="n">
+        <v>3813</v>
+      </c>
+      <c r="H542" t="n">
+        <v>3800</v>
+      </c>
+      <c r="I542" t="n">
+        <v>465</v>
+      </c>
+      <c r="J542" t="n">
+        <v>463.41</v>
+      </c>
+      <c r="K542" t="n">
+        <v>3813</v>
+      </c>
+      <c r="L542" t="n">
+        <v>3800</v>
+      </c>
+      <c r="M542" t="n">
+        <v>10</v>
+      </c>
+      <c r="N542" t="n">
+        <v>82</v>
+      </c>
+      <c r="O542" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P542" t="inlineStr"/>
+      <c r="Q542" t="inlineStr"/>
+      <c r="R542" t="inlineStr"/>
+      <c r="S542" t="inlineStr"/>
+      <c r="T542" t="inlineStr"/>
+      <c r="U542" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:54</t>
+        </is>
+      </c>
+    </row>
+    <row r="543">
+      <c r="A543" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B543" t="inlineStr">
+        <is>
+          <t>груша конференц</t>
+        </is>
+      </c>
+      <c r="C543" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D543" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E543" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F543" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G543" t="n">
+        <v>2900</v>
+      </c>
+      <c r="H543" t="n">
+        <v>2800</v>
+      </c>
+      <c r="I543" t="n">
+        <v>290</v>
+      </c>
+      <c r="J543" t="n">
+        <v>280</v>
+      </c>
+      <c r="K543" t="n">
+        <v>2900</v>
+      </c>
+      <c r="L543" t="n">
+        <v>2800</v>
+      </c>
+      <c r="M543" t="n">
+        <v>30</v>
+      </c>
+      <c r="N543" t="n">
+        <v>300</v>
+      </c>
+      <c r="O543" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P543" t="inlineStr"/>
+      <c r="Q543" t="inlineStr"/>
+      <c r="R543" t="inlineStr"/>
+      <c r="S543" t="inlineStr"/>
+      <c r="T543" t="inlineStr"/>
+      <c r="U543" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:34</t>
+        </is>
+      </c>
+    </row>
+    <row r="544">
+      <c r="A544" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B544" t="inlineStr">
+        <is>
+          <t>груша санта мария</t>
+        </is>
+      </c>
+      <c r="C544" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D544" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E544" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F544" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G544" t="n">
+        <v>2300</v>
+      </c>
+      <c r="H544" t="n">
+        <v>2100</v>
+      </c>
+      <c r="I544" t="n">
+        <v>230</v>
+      </c>
+      <c r="J544" t="n">
+        <v>210</v>
+      </c>
+      <c r="K544" t="n">
+        <v>2300</v>
+      </c>
+      <c r="L544" t="n">
+        <v>2100</v>
+      </c>
+      <c r="M544" t="n">
+        <v>30</v>
+      </c>
+      <c r="N544" t="n">
+        <v>300</v>
+      </c>
+      <c r="O544" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P544" t="inlineStr"/>
+      <c r="Q544" t="inlineStr"/>
+      <c r="R544" t="inlineStr"/>
+      <c r="S544" t="inlineStr"/>
+      <c r="T544" t="inlineStr"/>
+      <c r="U544" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:32</t>
+        </is>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B545" t="inlineStr">
+        <is>
+          <t>шиитаке</t>
+        </is>
+      </c>
+      <c r="C545" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D545" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E545" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F545" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G545" t="n">
+        <v>1650</v>
+      </c>
+      <c r="H545" t="n">
+        <v>1600</v>
+      </c>
+      <c r="I545" t="n">
+        <v>1650</v>
+      </c>
+      <c r="J545" t="n">
+        <v>1600</v>
+      </c>
+      <c r="K545" t="n">
+        <v>1650</v>
+      </c>
+      <c r="L545" t="n">
+        <v>1600</v>
+      </c>
+      <c r="M545" t="n">
+        <v>30</v>
+      </c>
+      <c r="N545" t="n">
+        <v>30</v>
+      </c>
+      <c r="O545" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P545" t="inlineStr"/>
+      <c r="Q545" t="inlineStr"/>
+      <c r="R545" t="inlineStr"/>
+      <c r="S545" t="inlineStr"/>
+      <c r="T545" t="inlineStr"/>
+      <c r="U545" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:28</t>
+        </is>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B546" t="inlineStr">
+        <is>
+          <t>еноки</t>
+        </is>
+      </c>
+      <c r="C546" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D546" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E546" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F546" t="inlineStr">
+        <is>
+          <t>Пакет</t>
+        </is>
+      </c>
+      <c r="G546" t="n">
+        <v>150</v>
+      </c>
+      <c r="H546" t="n">
+        <v>140</v>
+      </c>
+      <c r="I546" t="n">
+        <v>1500</v>
+      </c>
+      <c r="J546" t="n">
+        <v>1400</v>
+      </c>
+      <c r="K546" t="n">
+        <v>150</v>
+      </c>
+      <c r="L546" t="n">
+        <v>140</v>
+      </c>
+      <c r="M546" t="n">
+        <v>50</v>
+      </c>
+      <c r="N546" t="n">
+        <v>5</v>
+      </c>
+      <c r="O546" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P546" t="inlineStr"/>
+      <c r="Q546" t="inlineStr"/>
+      <c r="R546" t="inlineStr"/>
+      <c r="S546" t="inlineStr"/>
+      <c r="T546" t="inlineStr"/>
+      <c r="U546" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:25</t>
+        </is>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B547" t="inlineStr">
+        <is>
+          <t>вешенка белая</t>
+        </is>
+      </c>
+      <c r="C547" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D547" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E547" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F547" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G547" t="n">
+        <v>1850</v>
+      </c>
+      <c r="H547" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I547" t="n">
+        <v>370</v>
+      </c>
+      <c r="J547" t="n">
+        <v>340</v>
+      </c>
+      <c r="K547" t="n">
+        <v>1850</v>
+      </c>
+      <c r="L547" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M547" t="n">
+        <v>60</v>
+      </c>
+      <c r="N547" t="n">
+        <v>300</v>
+      </c>
+      <c r="O547" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P547" t="inlineStr"/>
+      <c r="Q547" t="inlineStr"/>
+      <c r="R547" t="inlineStr"/>
+      <c r="S547" t="inlineStr"/>
+      <c r="T547" t="inlineStr"/>
+      <c r="U547" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:19</t>
+        </is>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B548" t="inlineStr">
+        <is>
+          <t>шампиньоны средние</t>
+        </is>
+      </c>
+      <c r="C548" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D548" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E548" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F548" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G548" t="n">
+        <v>920</v>
+      </c>
+      <c r="H548" t="n">
+        <v>900</v>
+      </c>
+      <c r="I548" t="n">
+        <v>230</v>
+      </c>
+      <c r="J548" t="n">
+        <v>225</v>
+      </c>
+      <c r="K548" t="n">
+        <v>920</v>
+      </c>
+      <c r="L548" t="n">
+        <v>900</v>
+      </c>
+      <c r="M548" t="n">
+        <v>50</v>
+      </c>
+      <c r="N548" t="n">
+        <v>200</v>
+      </c>
+      <c r="O548" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P548" t="inlineStr"/>
+      <c r="Q548" t="inlineStr"/>
+      <c r="R548" t="inlineStr"/>
+      <c r="S548" t="inlineStr"/>
+      <c r="T548" t="inlineStr"/>
+      <c r="U548" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:16</t>
+        </is>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B549" t="inlineStr">
+        <is>
+          <t>грейпфрут</t>
+        </is>
+      </c>
+      <c r="C549" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D549" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E549" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F549" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G549" t="n">
+        <v>1080</v>
+      </c>
+      <c r="H549" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I549" t="n">
+        <v>180</v>
+      </c>
+      <c r="J549" t="n">
+        <v>166.67</v>
+      </c>
+      <c r="K549" t="n">
+        <v>1080</v>
+      </c>
+      <c r="L549" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M549" t="n">
+        <v>50</v>
+      </c>
+      <c r="N549" t="n">
+        <v>300</v>
+      </c>
+      <c r="O549" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P549" t="inlineStr"/>
+      <c r="Q549" t="inlineStr"/>
+      <c r="R549" t="inlineStr"/>
+      <c r="S549" t="inlineStr"/>
+      <c r="T549" t="inlineStr"/>
+      <c r="U549" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:13</t>
+        </is>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B550" t="inlineStr">
+        <is>
+          <t>гранат</t>
+        </is>
+      </c>
+      <c r="C550" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D550" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E550" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F550" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G550" t="n">
+        <v>2700</v>
+      </c>
+      <c r="H550" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I550" t="n">
+        <v>450</v>
+      </c>
+      <c r="J550" t="n">
+        <v>416.67</v>
+      </c>
+      <c r="K550" t="n">
+        <v>2700</v>
+      </c>
+      <c r="L550" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M550" t="n">
+        <v>34</v>
+      </c>
+      <c r="N550" t="n">
+        <v>204</v>
+      </c>
+      <c r="O550" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P550" t="inlineStr"/>
+      <c r="Q550" t="inlineStr"/>
+      <c r="R550" t="inlineStr"/>
+      <c r="S550" t="inlineStr"/>
+      <c r="T550" t="inlineStr"/>
+      <c r="U550" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:11</t>
+        </is>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B551" t="inlineStr">
+        <is>
+          <t>гранат</t>
+        </is>
+      </c>
+      <c r="C551" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D551" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E551" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F551" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G551" t="n">
+        <v>1100</v>
+      </c>
+      <c r="H551" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I551" t="n">
+        <v>220</v>
+      </c>
+      <c r="J551" t="n">
+        <v>200</v>
+      </c>
+      <c r="K551" t="n">
+        <v>1100</v>
+      </c>
+      <c r="L551" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M551" t="n">
+        <v>20</v>
+      </c>
+      <c r="N551" t="n">
+        <v>100</v>
+      </c>
+      <c r="O551" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P551" t="inlineStr"/>
+      <c r="Q551" t="inlineStr"/>
+      <c r="R551" t="inlineStr"/>
+      <c r="S551" t="inlineStr"/>
+      <c r="T551" t="inlineStr"/>
+      <c r="U551" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:09</t>
+        </is>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B552" t="inlineStr">
+        <is>
+          <t>гранат</t>
+        </is>
+      </c>
+      <c r="C552" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D552" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E552" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F552" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G552" t="n">
+        <v>1400</v>
+      </c>
+      <c r="H552" t="n">
+        <v>1300</v>
+      </c>
+      <c r="I552" t="n">
+        <v>280</v>
+      </c>
+      <c r="J552" t="n">
+        <v>260</v>
+      </c>
+      <c r="K552" t="n">
+        <v>1400</v>
+      </c>
+      <c r="L552" t="n">
+        <v>1300</v>
+      </c>
+      <c r="M552" t="n">
+        <v>20</v>
+      </c>
+      <c r="N552" t="n">
+        <v>100</v>
+      </c>
+      <c r="O552" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P552" t="inlineStr"/>
+      <c r="Q552" t="inlineStr"/>
+      <c r="R552" t="inlineStr"/>
+      <c r="S552" t="inlineStr"/>
+      <c r="T552" t="inlineStr"/>
+      <c r="U552" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:07</t>
+        </is>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B553" t="inlineStr">
+        <is>
+          <t>голубика коррекс 250гр</t>
+        </is>
+      </c>
+      <c r="C553" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D553" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E553" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F553" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G553" t="n">
+        <v>180</v>
+      </c>
+      <c r="H553" t="n">
+        <v>180</v>
+      </c>
+      <c r="I553" t="n">
+        <v>1440</v>
+      </c>
+      <c r="J553" t="n">
+        <v>1440</v>
+      </c>
+      <c r="K553" t="n">
+        <v>180</v>
+      </c>
+      <c r="L553" t="n">
+        <v>180</v>
+      </c>
+      <c r="M553" t="n">
+        <v>1600</v>
+      </c>
+      <c r="N553" t="n">
+        <v>200</v>
+      </c>
+      <c r="O553" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P553" t="inlineStr"/>
+      <c r="Q553" t="inlineStr"/>
+      <c r="R553" t="inlineStr"/>
+      <c r="S553" t="inlineStr"/>
+      <c r="T553" t="inlineStr"/>
+      <c r="U553" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:03</t>
+        </is>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B554" t="inlineStr">
+        <is>
+          <t>голубика импорт</t>
+        </is>
+      </c>
+      <c r="C554" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D554" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E554" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F554" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G554" t="n">
+        <v>7000</v>
+      </c>
+      <c r="H554" t="n">
+        <v>6500</v>
+      </c>
+      <c r="I554" t="n">
+        <v>1400</v>
+      </c>
+      <c r="J554" t="n">
+        <v>1300</v>
+      </c>
+      <c r="K554" t="n">
+        <v>7000</v>
+      </c>
+      <c r="L554" t="n">
+        <v>6500</v>
+      </c>
+      <c r="M554" t="n">
+        <v>60</v>
+      </c>
+      <c r="N554" t="n">
+        <v>300</v>
+      </c>
+      <c r="O554" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P554" t="inlineStr"/>
+      <c r="Q554" t="inlineStr"/>
+      <c r="R554" t="inlineStr"/>
+      <c r="S554" t="inlineStr"/>
+      <c r="T554" t="inlineStr"/>
+      <c r="U554" t="inlineStr">
+        <is>
+          <t>20.02.2026 11:00</t>
+        </is>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B555" t="inlineStr">
+        <is>
+          <t>виноград черный с/к</t>
+        </is>
+      </c>
+      <c r="C555" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D555" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E555" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F555" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G555" t="n">
+        <v>2160</v>
+      </c>
+      <c r="H555" t="n">
+        <v>2000</v>
+      </c>
+      <c r="I555" t="n">
+        <v>270</v>
+      </c>
+      <c r="J555" t="n">
+        <v>250</v>
+      </c>
+      <c r="K555" t="n">
+        <v>2160</v>
+      </c>
+      <c r="L555" t="n">
+        <v>2000</v>
+      </c>
+      <c r="M555" t="n">
+        <v>63</v>
+      </c>
+      <c r="N555" t="n">
+        <v>504</v>
+      </c>
+      <c r="O555" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P555" t="inlineStr"/>
+      <c r="Q555" t="inlineStr"/>
+      <c r="R555" t="inlineStr"/>
+      <c r="S555" t="inlineStr"/>
+      <c r="T555" t="inlineStr"/>
+      <c r="U555" t="inlineStr">
+        <is>
+          <t>20.02.2026 10:58</t>
+        </is>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B556" t="inlineStr">
+        <is>
+          <t>виноград ред глоб</t>
+        </is>
+      </c>
+      <c r="C556" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D556" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E556" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F556" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G556" t="n">
+        <v>2560</v>
+      </c>
+      <c r="H556" t="n">
+        <v>2400</v>
+      </c>
+      <c r="I556" t="n">
+        <v>320</v>
+      </c>
+      <c r="J556" t="n">
+        <v>300</v>
+      </c>
+      <c r="K556" t="n">
+        <v>2560</v>
+      </c>
+      <c r="L556" t="n">
+        <v>2400</v>
+      </c>
+      <c r="M556" t="n">
+        <v>63</v>
+      </c>
+      <c r="N556" t="n">
+        <v>504</v>
+      </c>
+      <c r="O556" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P556" t="inlineStr"/>
+      <c r="Q556" t="inlineStr"/>
+      <c r="R556" t="inlineStr"/>
+      <c r="S556" t="inlineStr"/>
+      <c r="T556" t="inlineStr"/>
+      <c r="U556" t="inlineStr">
+        <is>
+          <t>20.02.2026 10:54</t>
+        </is>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B557" t="inlineStr">
+        <is>
+          <t>виноград киш-миш</t>
+        </is>
+      </c>
+      <c r="C557" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D557" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E557" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F557" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G557" t="n">
+        <v>3360</v>
+      </c>
+      <c r="H557" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I557" t="n">
+        <v>420</v>
+      </c>
+      <c r="J557" t="n">
+        <v>375</v>
+      </c>
+      <c r="K557" t="n">
+        <v>3360</v>
+      </c>
+      <c r="L557" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M557" t="n">
+        <v>63</v>
+      </c>
+      <c r="N557" t="n">
+        <v>504</v>
+      </c>
+      <c r="O557" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P557" t="inlineStr"/>
+      <c r="Q557" t="inlineStr"/>
+      <c r="R557" t="inlineStr"/>
+      <c r="S557" t="inlineStr"/>
+      <c r="T557" t="inlineStr">
+        <is>
+          <t>В наличии два вида фасованный и валом</t>
+        </is>
+      </c>
+      <c r="U557" t="inlineStr">
+        <is>
+          <t>20.02.2026 10:52</t>
+        </is>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B558" t="inlineStr">
+        <is>
+          <t>виноград кримсон</t>
+        </is>
+      </c>
+      <c r="C558" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D558" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E558" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F558" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G558" t="n">
+        <v>3040</v>
+      </c>
+      <c r="H558" t="n">
+        <v>2900</v>
+      </c>
+      <c r="I558" t="n">
+        <v>380</v>
+      </c>
+      <c r="J558" t="n">
+        <v>362.5</v>
+      </c>
+      <c r="K558" t="n">
+        <v>3040</v>
+      </c>
+      <c r="L558" t="n">
+        <v>2900</v>
+      </c>
+      <c r="M558" t="n">
+        <v>38</v>
+      </c>
+      <c r="N558" t="n">
+        <v>304</v>
+      </c>
+      <c r="O558" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P558" t="inlineStr"/>
+      <c r="Q558" t="inlineStr"/>
+      <c r="R558" t="inlineStr"/>
+      <c r="S558" t="inlineStr"/>
+      <c r="T558" t="inlineStr"/>
+      <c r="U558" t="inlineStr">
+        <is>
+          <t>20.02.2026 10:47</t>
+        </is>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B559" t="inlineStr">
+        <is>
+          <t>бананы мини</t>
+        </is>
+      </c>
+      <c r="C559" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D559" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E559" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F559" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G559" t="n">
+        <v>4410</v>
+      </c>
+      <c r="H559" t="n">
+        <v>4300</v>
+      </c>
+      <c r="I559" t="n">
+        <v>245</v>
+      </c>
+      <c r="J559" t="n">
+        <v>238.89</v>
+      </c>
+      <c r="K559" t="n">
+        <v>4410</v>
+      </c>
+      <c r="L559" t="n">
+        <v>4300</v>
+      </c>
+      <c r="M559" t="n">
+        <v>100</v>
+      </c>
+      <c r="N559" t="n">
+        <v>1800</v>
+      </c>
+      <c r="O559" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P559" t="inlineStr"/>
+      <c r="Q559" t="inlineStr"/>
+      <c r="R559" t="inlineStr"/>
+      <c r="S559" t="inlineStr"/>
+      <c r="T559" t="inlineStr"/>
+      <c r="U559" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:51</t>
+        </is>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B560" t="inlineStr">
+        <is>
+          <t>бананы</t>
+        </is>
+      </c>
+      <c r="C560" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D560" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E560" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F560" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G560" t="n">
+        <v>2627</v>
+      </c>
+      <c r="H560" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I560" t="n">
+        <v>142</v>
+      </c>
+      <c r="J560" t="n">
+        <v>135.14</v>
+      </c>
+      <c r="K560" t="n">
+        <v>2627</v>
+      </c>
+      <c r="L560" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M560" t="n">
+        <v>200</v>
+      </c>
+      <c r="N560" t="n">
+        <v>3700</v>
+      </c>
+      <c r="O560" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P560" t="inlineStr"/>
+      <c r="Q560" t="inlineStr"/>
+      <c r="R560" t="inlineStr"/>
+      <c r="S560" t="inlineStr"/>
+      <c r="T560" t="inlineStr"/>
+      <c r="U560" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:46</t>
+        </is>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B561" t="inlineStr">
+        <is>
+          <t>баклажаны</t>
+        </is>
+      </c>
+      <c r="C561" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D561" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E561" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F561" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G561" t="n">
+        <v>1440</v>
+      </c>
+      <c r="H561" t="n">
+        <v>1300</v>
+      </c>
+      <c r="I561" t="n">
+        <v>180</v>
+      </c>
+      <c r="J561" t="n">
+        <v>162.5</v>
+      </c>
+      <c r="K561" t="n">
+        <v>1440</v>
+      </c>
+      <c r="L561" t="n">
+        <v>1300</v>
+      </c>
+      <c r="M561" t="n">
+        <v>300</v>
+      </c>
+      <c r="N561" t="n">
+        <v>2400</v>
+      </c>
+      <c r="O561" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P561" t="inlineStr"/>
+      <c r="Q561" t="inlineStr"/>
+      <c r="R561" t="inlineStr"/>
+      <c r="S561" t="inlineStr"/>
+      <c r="T561" t="inlineStr"/>
+      <c r="U561" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:43</t>
+        </is>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B562" t="inlineStr">
+        <is>
+          <t>айва</t>
+        </is>
+      </c>
+      <c r="C562" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D562" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E562" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F562" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G562" t="n">
+        <v>1800</v>
+      </c>
+      <c r="H562" t="n">
+        <v>1600</v>
+      </c>
+      <c r="I562" t="n">
+        <v>360</v>
+      </c>
+      <c r="J562" t="n">
+        <v>320</v>
+      </c>
+      <c r="K562" t="n">
+        <v>1800</v>
+      </c>
+      <c r="L562" t="n">
+        <v>1600</v>
+      </c>
+      <c r="M562" t="n">
+        <v>20</v>
+      </c>
+      <c r="N562" t="n">
+        <v>100</v>
+      </c>
+      <c r="O562" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P562" t="inlineStr"/>
+      <c r="Q562" t="inlineStr"/>
+      <c r="R562" t="inlineStr"/>
+      <c r="S562" t="inlineStr"/>
+      <c r="T562" t="inlineStr"/>
+      <c r="U562" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:42</t>
+        </is>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B563" t="inlineStr">
+        <is>
+          <t>апельсин красный</t>
+        </is>
+      </c>
+      <c r="C563" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D563" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E563" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F563" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G563" t="n">
+        <v>3300</v>
+      </c>
+      <c r="H563" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I563" t="n">
+        <v>220</v>
+      </c>
+      <c r="J563" t="n">
+        <v>200</v>
+      </c>
+      <c r="K563" t="n">
+        <v>3300</v>
+      </c>
+      <c r="L563" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M563" t="n">
+        <v>100</v>
+      </c>
+      <c r="N563" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O563" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P563" t="inlineStr"/>
+      <c r="Q563" t="inlineStr"/>
+      <c r="R563" t="inlineStr"/>
+      <c r="S563" t="inlineStr"/>
+      <c r="T563" t="inlineStr"/>
+      <c r="U563" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:39</t>
+        </is>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B564" t="inlineStr">
+        <is>
+          <t>апельсин</t>
+        </is>
+      </c>
+      <c r="C564" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D564" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E564" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F564" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G564" t="n">
+        <v>2025</v>
+      </c>
+      <c r="H564" t="n">
+        <v>1900</v>
+      </c>
+      <c r="I564" t="n">
+        <v>135</v>
+      </c>
+      <c r="J564" t="n">
+        <v>126.67</v>
+      </c>
+      <c r="K564" t="n">
+        <v>2025</v>
+      </c>
+      <c r="L564" t="n">
+        <v>1900</v>
+      </c>
+      <c r="M564" t="n">
+        <v>300</v>
+      </c>
+      <c r="N564" t="n">
+        <v>4500</v>
+      </c>
+      <c r="O564" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P564" t="inlineStr"/>
+      <c r="Q564" t="inlineStr"/>
+      <c r="R564" t="inlineStr"/>
+      <c r="S564" t="inlineStr"/>
+      <c r="T564" t="inlineStr"/>
+      <c r="U564" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:36</t>
+        </is>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B565" t="inlineStr">
+        <is>
+          <t>апельсин</t>
+        </is>
+      </c>
+      <c r="C565" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D565" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E565" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F565" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G565" t="n">
+        <v>1500</v>
+      </c>
+      <c r="H565" t="n">
+        <v>1400</v>
+      </c>
+      <c r="I565" t="n">
+        <v>100</v>
+      </c>
+      <c r="J565" t="n">
+        <v>93.33</v>
+      </c>
+      <c r="K565" t="n">
+        <v>1500</v>
+      </c>
+      <c r="L565" t="n">
+        <v>1400</v>
+      </c>
+      <c r="M565" t="n">
+        <v>300</v>
+      </c>
+      <c r="N565" t="n">
+        <v>4500</v>
+      </c>
+      <c r="O565" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P565" t="inlineStr"/>
+      <c r="Q565" t="inlineStr"/>
+      <c r="R565" t="inlineStr"/>
+      <c r="S565" t="inlineStr"/>
+      <c r="T565" t="inlineStr"/>
+      <c r="U565" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:33</t>
+        </is>
+      </c>
+    </row>
+    <row r="566">
+      <c r="A566" t="inlineStr"/>
+      <c r="B566" t="inlineStr">
+        <is>
+          <t>апельсин</t>
+        </is>
+      </c>
+      <c r="C566" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D566" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E566" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F566" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G566" t="n">
+        <v>4000</v>
+      </c>
+      <c r="H566" t="n">
+        <v>3600</v>
+      </c>
+      <c r="I566" t="n">
+        <v>400</v>
+      </c>
+      <c r="J566" t="n">
+        <v>360</v>
+      </c>
+      <c r="K566" t="n">
+        <v>4000</v>
+      </c>
+      <c r="L566" t="n">
+        <v>3600</v>
+      </c>
+      <c r="M566" t="n">
+        <v>100</v>
+      </c>
+      <c r="N566" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O566" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P566" t="inlineStr"/>
+      <c r="Q566" t="inlineStr"/>
+      <c r="R566" t="inlineStr"/>
+      <c r="S566" t="inlineStr"/>
+      <c r="T566" t="inlineStr">
+        <is>
+          <t>Апельсин сорт Испан</t>
+        </is>
+      </c>
+      <c r="U566" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:31</t>
+        </is>
+      </c>
+    </row>
+    <row r="567">
+      <c r="A567" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B567" t="inlineStr">
+        <is>
+          <t>апельсин красный</t>
+        </is>
+      </c>
+      <c r="C567" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D567" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E567" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F567" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G567" t="n">
+        <v>3300</v>
+      </c>
+      <c r="H567" t="n">
+        <v>3000</v>
+      </c>
+      <c r="I567" t="n">
+        <v>220</v>
+      </c>
+      <c r="J567" t="n">
+        <v>200</v>
+      </c>
+      <c r="K567" t="n">
+        <v>3300</v>
+      </c>
+      <c r="L567" t="n">
+        <v>3000</v>
+      </c>
+      <c r="M567" t="n">
+        <v>200</v>
+      </c>
+      <c r="N567" t="n">
+        <v>3000</v>
+      </c>
+      <c r="O567" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P567" t="inlineStr"/>
+      <c r="Q567" t="inlineStr"/>
+      <c r="R567" t="inlineStr"/>
+      <c r="S567" t="inlineStr"/>
+      <c r="T567" t="inlineStr"/>
+      <c r="U567" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:27</t>
+        </is>
+      </c>
+    </row>
+    <row r="568">
+      <c r="A568" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B568" t="inlineStr">
+        <is>
+          <t>апельсин</t>
+        </is>
+      </c>
+      <c r="C568" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D568" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E568" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F568" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G568" t="n">
+        <v>1800</v>
+      </c>
+      <c r="H568" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I568" t="n">
+        <v>120</v>
+      </c>
+      <c r="J568" t="n">
+        <v>113.33</v>
+      </c>
+      <c r="K568" t="n">
+        <v>1800</v>
+      </c>
+      <c r="L568" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M568" t="n">
+        <v>200</v>
+      </c>
+      <c r="N568" t="n">
+        <v>3000</v>
+      </c>
+      <c r="O568" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P568" t="inlineStr"/>
+      <c r="Q568" t="inlineStr"/>
+      <c r="R568" t="inlineStr"/>
+      <c r="S568" t="inlineStr"/>
+      <c r="T568" t="inlineStr"/>
+      <c r="U568" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:23</t>
+        </is>
+      </c>
+    </row>
+    <row r="569">
+      <c r="A569" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B569" t="inlineStr">
+        <is>
+          <t>апельсин</t>
+        </is>
+      </c>
+      <c r="C569" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D569" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E569" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F569" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G569" t="n">
+        <v>1800</v>
+      </c>
+      <c r="H569" t="n">
+        <v>1700</v>
+      </c>
+      <c r="I569" t="n">
+        <v>120</v>
+      </c>
+      <c r="J569" t="n">
+        <v>113.33</v>
+      </c>
+      <c r="K569" t="n">
+        <v>1800</v>
+      </c>
+      <c r="L569" t="n">
+        <v>1700</v>
+      </c>
+      <c r="M569" t="n">
+        <v>100</v>
+      </c>
+      <c r="N569" t="n">
+        <v>1500</v>
+      </c>
+      <c r="O569" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P569" t="inlineStr"/>
+      <c r="Q569" t="inlineStr"/>
+      <c r="R569" t="inlineStr"/>
+      <c r="S569" t="inlineStr"/>
+      <c r="T569" t="inlineStr"/>
+      <c r="U569" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:21</t>
+        </is>
+      </c>
+    </row>
+    <row r="570">
+      <c r="A570" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B570" t="inlineStr">
+        <is>
+          <t>апельсин</t>
+        </is>
+      </c>
+      <c r="C570" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D570" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E570" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F570" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G570" t="n">
+        <v>1200</v>
+      </c>
+      <c r="H570" t="n">
+        <v>1100</v>
+      </c>
+      <c r="I570" t="n">
+        <v>120</v>
+      </c>
+      <c r="J570" t="n">
+        <v>110</v>
+      </c>
+      <c r="K570" t="n">
+        <v>1200</v>
+      </c>
+      <c r="L570" t="n">
+        <v>1100</v>
+      </c>
+      <c r="M570" t="n">
+        <v>100</v>
+      </c>
+      <c r="N570" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O570" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P570" t="inlineStr"/>
+      <c r="Q570" t="inlineStr"/>
+      <c r="R570" t="inlineStr"/>
+      <c r="S570" t="inlineStr"/>
+      <c r="T570" t="inlineStr"/>
+      <c r="U570" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:17</t>
+        </is>
+      </c>
+    </row>
+    <row r="571">
+      <c r="A571" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B571" t="inlineStr">
+        <is>
+          <t>апельсин</t>
+        </is>
+      </c>
+      <c r="C571" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D571" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E571" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F571" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G571" t="n">
+        <v>1100</v>
+      </c>
+      <c r="H571" t="n">
+        <v>1000</v>
+      </c>
+      <c r="I571" t="n">
+        <v>110</v>
+      </c>
+      <c r="J571" t="n">
+        <v>100</v>
+      </c>
+      <c r="K571" t="n">
+        <v>1100</v>
+      </c>
+      <c r="L571" t="n">
+        <v>1000</v>
+      </c>
+      <c r="M571" t="n">
+        <v>100</v>
+      </c>
+      <c r="N571" t="n">
+        <v>1000</v>
+      </c>
+      <c r="O571" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P571" t="inlineStr"/>
+      <c r="Q571" t="inlineStr"/>
+      <c r="R571" t="inlineStr"/>
+      <c r="S571" t="inlineStr"/>
+      <c r="T571" t="inlineStr"/>
+      <c r="U571" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:14</t>
+        </is>
+      </c>
+    </row>
+    <row r="572">
+      <c r="A572" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B572" t="inlineStr">
+        <is>
+          <t>ананас</t>
+        </is>
+      </c>
+      <c r="C572" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D572" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E572" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F572" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G572" t="n">
+        <v>7000</v>
+      </c>
+      <c r="H572" t="n">
+        <v>6500</v>
+      </c>
+      <c r="I572" t="n">
+        <v>700</v>
+      </c>
+      <c r="J572" t="n">
+        <v>650</v>
+      </c>
+      <c r="K572" t="n">
+        <v>7000</v>
+      </c>
+      <c r="L572" t="n">
+        <v>6500</v>
+      </c>
+      <c r="M572" t="n">
+        <v>50</v>
+      </c>
+      <c r="N572" t="n">
+        <v>500</v>
+      </c>
+      <c r="O572" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P572" t="inlineStr"/>
+      <c r="Q572" t="inlineStr"/>
+      <c r="R572" t="inlineStr"/>
+      <c r="S572" t="inlineStr"/>
+      <c r="T572" t="inlineStr"/>
+      <c r="U572" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:12</t>
+        </is>
+      </c>
+    </row>
+    <row r="573">
+      <c r="A573" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B573" t="inlineStr">
+        <is>
+          <t>ананас голд</t>
+        </is>
+      </c>
+      <c r="C573" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D573" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E573" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F573" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G573" t="n">
+        <v>7000</v>
+      </c>
+      <c r="H573" t="n">
+        <v>6500</v>
+      </c>
+      <c r="I573" t="n">
+        <v>700</v>
+      </c>
+      <c r="J573" t="n">
+        <v>650</v>
+      </c>
+      <c r="K573" t="n">
+        <v>7000</v>
+      </c>
+      <c r="L573" t="n">
+        <v>6500</v>
+      </c>
+      <c r="M573" t="n">
+        <v>50</v>
+      </c>
+      <c r="N573" t="n">
+        <v>500</v>
+      </c>
+      <c r="O573" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P573" t="inlineStr"/>
+      <c r="Q573" t="inlineStr"/>
+      <c r="R573" t="inlineStr"/>
+      <c r="S573" t="inlineStr"/>
+      <c r="T573" t="inlineStr"/>
+      <c r="U573" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:08</t>
+        </is>
+      </c>
+    </row>
+    <row r="574">
+      <c r="A574" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B574" t="inlineStr">
+        <is>
+          <t>ананас</t>
+        </is>
+      </c>
+      <c r="C574" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D574" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E574" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F574" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G574" t="n">
+        <v>2400</v>
+      </c>
+      <c r="H574" t="n">
+        <v>2000</v>
+      </c>
+      <c r="I574" t="n">
+        <v>200</v>
+      </c>
+      <c r="J574" t="n">
+        <v>166.67</v>
+      </c>
+      <c r="K574" t="n">
+        <v>2400</v>
+      </c>
+      <c r="L574" t="n">
+        <v>2000</v>
+      </c>
+      <c r="M574" t="n">
+        <v>50</v>
+      </c>
+      <c r="N574" t="n">
+        <v>600</v>
+      </c>
+      <c r="O574" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P574" t="inlineStr"/>
+      <c r="Q574" t="inlineStr"/>
+      <c r="R574" t="inlineStr"/>
+      <c r="S574" t="inlineStr"/>
+      <c r="T574" t="inlineStr"/>
+      <c r="U574" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:05</t>
+        </is>
+      </c>
+    </row>
+    <row r="575">
+      <c r="A575" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B575" t="inlineStr">
+        <is>
+          <t>арбуз мини</t>
+        </is>
+      </c>
+      <c r="C575" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D575" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E575" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F575" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G575" t="n">
+        <v>3900</v>
+      </c>
+      <c r="H575" t="n">
+        <v>3700</v>
+      </c>
+      <c r="I575" t="n">
+        <v>390</v>
+      </c>
+      <c r="J575" t="n">
+        <v>370</v>
+      </c>
+      <c r="K575" t="n">
+        <v>3900</v>
+      </c>
+      <c r="L575" t="n">
+        <v>3700</v>
+      </c>
+      <c r="M575" t="n">
+        <v>30</v>
+      </c>
+      <c r="N575" t="n">
+        <v>300</v>
+      </c>
+      <c r="O575" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P575" t="inlineStr"/>
+      <c r="Q575" t="inlineStr"/>
+      <c r="R575" t="inlineStr"/>
+      <c r="S575" t="inlineStr"/>
+      <c r="T575" t="inlineStr"/>
+      <c r="U575" t="inlineStr">
+        <is>
+          <t>18.02.2026 15:01</t>
+        </is>
+      </c>
+    </row>
+    <row r="576">
+      <c r="A576" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B576" t="inlineStr">
+        <is>
+          <t>авокадо зеленое</t>
+        </is>
+      </c>
+      <c r="C576" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D576" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E576" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F576" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G576" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H576" t="n">
+        <v>1800</v>
+      </c>
+      <c r="I576" t="n">
+        <v>400</v>
+      </c>
+      <c r="J576" t="n">
+        <v>360</v>
+      </c>
+      <c r="K576" t="n">
+        <v>2000</v>
+      </c>
+      <c r="L576" t="n">
+        <v>1800</v>
+      </c>
+      <c r="M576" t="n">
+        <v>100</v>
+      </c>
+      <c r="N576" t="n">
+        <v>500</v>
+      </c>
+      <c r="O576" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P576" t="inlineStr"/>
+      <c r="Q576" t="inlineStr"/>
+      <c r="R576" t="inlineStr"/>
+      <c r="S576" t="inlineStr"/>
+      <c r="T576" t="inlineStr"/>
+      <c r="U576" t="inlineStr">
+        <is>
+          <t>18.02.2026 14:53</t>
+        </is>
+      </c>
+    </row>
+    <row r="577">
+      <c r="A577" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B577" t="inlineStr">
+        <is>
+          <t>авокадо хасс</t>
+        </is>
+      </c>
+      <c r="C577" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D577" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E577" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F577" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G577" t="n">
+        <v>2650</v>
+      </c>
+      <c r="H577" t="n">
+        <v>2500</v>
+      </c>
+      <c r="I577" t="n">
+        <v>530</v>
+      </c>
+      <c r="J577" t="n">
+        <v>500</v>
+      </c>
+      <c r="K577" t="n">
+        <v>2650</v>
+      </c>
+      <c r="L577" t="n">
+        <v>2500</v>
+      </c>
+      <c r="M577" t="n">
+        <v>100</v>
+      </c>
+      <c r="N577" t="n">
+        <v>500</v>
+      </c>
+      <c r="O577" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P577" t="inlineStr"/>
+      <c r="Q577" t="inlineStr"/>
+      <c r="R577" t="inlineStr"/>
+      <c r="S577" t="inlineStr"/>
+      <c r="T577" t="inlineStr"/>
+      <c r="U577" t="inlineStr">
+        <is>
+          <t>18.02.2026 14:49</t>
+        </is>
+      </c>
+    </row>
+    <row r="578">
+      <c r="A578" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B578" t="inlineStr">
+        <is>
+          <t>ананас голд</t>
+        </is>
+      </c>
+      <c r="C578" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D578" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E578" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F578" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G578" t="n">
+        <v>4375</v>
+      </c>
+      <c r="H578" t="n">
+        <v>3938</v>
+      </c>
+      <c r="I578" t="n">
+        <v>350</v>
+      </c>
+      <c r="J578" t="n">
+        <v>315.04</v>
+      </c>
+      <c r="K578" t="n">
+        <v>4375</v>
+      </c>
+      <c r="L578" t="n">
+        <v>3938</v>
+      </c>
+      <c r="M578" t="n">
+        <v>240</v>
+      </c>
+      <c r="N578" t="n">
+        <v>3000</v>
+      </c>
+      <c r="O578" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P578" t="inlineStr"/>
+      <c r="Q578" t="inlineStr"/>
+      <c r="R578" t="inlineStr"/>
+      <c r="S578" t="inlineStr"/>
+      <c r="T578" t="inlineStr"/>
+      <c r="U578" t="inlineStr">
+        <is>
+          <t>04.02.2026 13:26</t>
+        </is>
+      </c>
+    </row>
+    <row r="579">
+      <c r="A579" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B579" t="inlineStr">
+        <is>
+          <t>тыква круглая</t>
+        </is>
+      </c>
+      <c r="C579" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D579" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E579" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F579" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G579" t="n">
+        <v>1260</v>
+      </c>
+      <c r="H579" t="n">
+        <v>1134</v>
+      </c>
+      <c r="I579" t="n">
+        <v>63</v>
+      </c>
+      <c r="J579" t="n">
+        <v>56.7</v>
+      </c>
+      <c r="K579" t="n">
+        <v>1260</v>
+      </c>
+      <c r="L579" t="n">
+        <v>1134</v>
+      </c>
+      <c r="M579" t="n">
+        <v>2500</v>
+      </c>
+      <c r="N579" t="n">
+        <v>50000</v>
+      </c>
+      <c r="O579" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P579" t="inlineStr"/>
+      <c r="Q579" t="inlineStr"/>
+      <c r="R579" t="inlineStr"/>
+      <c r="S579" t="inlineStr"/>
+      <c r="T579" t="inlineStr"/>
+      <c r="U579" t="inlineStr">
+        <is>
+          <t>04.02.2026 13:03</t>
+        </is>
+      </c>
+    </row>
+    <row r="580">
+      <c r="A580" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B580" t="inlineStr">
+        <is>
+          <t>тыква бутылка</t>
+        </is>
+      </c>
+      <c r="C580" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D580" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E580" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F580" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G580" t="n">
+        <v>760</v>
+      </c>
+      <c r="H580" t="n">
+        <v>684</v>
+      </c>
+      <c r="I580" t="n">
+        <v>38</v>
+      </c>
+      <c r="J580" t="n">
+        <v>34.2</v>
+      </c>
+      <c r="K580" t="n">
+        <v>760</v>
+      </c>
+      <c r="L580" t="n">
+        <v>684</v>
+      </c>
+      <c r="M580" t="n">
+        <v>5000</v>
+      </c>
+      <c r="N580" t="n">
+        <v>100000</v>
+      </c>
+      <c r="O580" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P580" t="inlineStr"/>
+      <c r="Q580" t="inlineStr"/>
+      <c r="R580" t="inlineStr"/>
+      <c r="S580" t="inlineStr"/>
+      <c r="T580" t="inlineStr"/>
+      <c r="U580" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:57</t>
+        </is>
+      </c>
+    </row>
+    <row r="581">
+      <c r="A581" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B581" t="inlineStr">
+        <is>
+          <t>лук репчатый красный</t>
+        </is>
+      </c>
+      <c r="C581" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D581" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E581" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F581" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G581" t="n">
+        <v>1500</v>
+      </c>
+      <c r="H581" t="n">
+        <v>1350</v>
+      </c>
+      <c r="I581" t="n">
+        <v>50</v>
+      </c>
+      <c r="J581" t="n">
+        <v>45</v>
+      </c>
+      <c r="K581" t="n">
+        <v>1500</v>
+      </c>
+      <c r="L581" t="n">
+        <v>1350</v>
+      </c>
+      <c r="M581" t="n">
+        <v>3334</v>
+      </c>
+      <c r="N581" t="n">
+        <v>100020</v>
+      </c>
+      <c r="O581" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P581" t="inlineStr"/>
+      <c r="Q581" t="inlineStr"/>
+      <c r="R581" t="inlineStr"/>
+      <c r="S581" t="inlineStr"/>
+      <c r="T581" t="inlineStr"/>
+      <c r="U581" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:54</t>
+        </is>
+      </c>
+    </row>
+    <row r="582">
+      <c r="A582" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B582" t="inlineStr">
+        <is>
+          <t>лук репчатый желтый</t>
+        </is>
+      </c>
+      <c r="C582" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D582" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E582" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F582" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G582" t="n">
+        <v>960</v>
+      </c>
+      <c r="H582" t="n">
+        <v>864</v>
+      </c>
+      <c r="I582" t="n">
+        <v>32</v>
+      </c>
+      <c r="J582" t="n">
+        <v>28.8</v>
+      </c>
+      <c r="K582" t="n">
+        <v>960</v>
+      </c>
+      <c r="L582" t="n">
+        <v>864</v>
+      </c>
+      <c r="M582" t="n">
+        <v>3334</v>
+      </c>
+      <c r="N582" t="n">
+        <v>100020</v>
+      </c>
+      <c r="O582" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P582" t="inlineStr"/>
+      <c r="Q582" t="inlineStr"/>
+      <c r="R582" t="inlineStr"/>
+      <c r="S582" t="inlineStr"/>
+      <c r="T582" t="inlineStr"/>
+      <c r="U582" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:51</t>
+        </is>
+      </c>
+    </row>
+    <row r="583">
+      <c r="A583" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B583" t="inlineStr">
+        <is>
+          <t>яблоки айдаред</t>
+        </is>
+      </c>
+      <c r="C583" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D583" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E583" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F583" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G583" t="n">
+        <v>680</v>
+      </c>
+      <c r="H583" t="n">
+        <v>612</v>
+      </c>
+      <c r="I583" t="n">
+        <v>85</v>
+      </c>
+      <c r="J583" t="n">
+        <v>76.5</v>
+      </c>
+      <c r="K583" t="n">
+        <v>680</v>
+      </c>
+      <c r="L583" t="n">
+        <v>612</v>
+      </c>
+      <c r="M583" t="n">
+        <v>2500</v>
+      </c>
+      <c r="N583" t="n">
+        <v>20000</v>
+      </c>
+      <c r="O583" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P583" t="inlineStr"/>
+      <c r="Q583" t="inlineStr"/>
+      <c r="R583" t="inlineStr"/>
+      <c r="S583" t="inlineStr"/>
+      <c r="T583" t="inlineStr"/>
+      <c r="U583" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:49</t>
+        </is>
+      </c>
+    </row>
+    <row r="584">
+      <c r="A584" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B584" t="inlineStr">
+        <is>
+          <t>яблоко сезонное</t>
+        </is>
+      </c>
+      <c r="C584" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D584" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E584" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F584" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G584" t="n">
+        <v>640</v>
+      </c>
+      <c r="H584" t="n">
+        <v>576</v>
+      </c>
+      <c r="I584" t="n">
+        <v>80</v>
+      </c>
+      <c r="J584" t="n">
+        <v>72</v>
+      </c>
+      <c r="K584" t="n">
+        <v>640</v>
+      </c>
+      <c r="L584" t="n">
+        <v>576</v>
+      </c>
+      <c r="M584" t="n">
+        <v>2500</v>
+      </c>
+      <c r="N584" t="n">
+        <v>20000</v>
+      </c>
+      <c r="O584" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P584" t="inlineStr"/>
+      <c r="Q584" t="inlineStr"/>
+      <c r="R584" t="inlineStr"/>
+      <c r="S584" t="inlineStr"/>
+      <c r="T584" t="inlineStr"/>
+      <c r="U584" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:47</t>
+        </is>
+      </c>
+    </row>
+    <row r="585">
+      <c r="A585" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B585" t="inlineStr">
+        <is>
+          <t>яблоко ред делишес</t>
+        </is>
+      </c>
+      <c r="C585" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D585" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E585" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F585" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G585" t="n">
+        <v>640</v>
+      </c>
+      <c r="H585" t="n">
+        <v>576</v>
+      </c>
+      <c r="I585" t="n">
+        <v>80</v>
+      </c>
+      <c r="J585" t="n">
+        <v>72</v>
+      </c>
+      <c r="K585" t="n">
+        <v>640</v>
+      </c>
+      <c r="L585" t="n">
+        <v>576</v>
+      </c>
+      <c r="M585" t="n">
+        <v>2500</v>
+      </c>
+      <c r="N585" t="n">
+        <v>20000</v>
+      </c>
+      <c r="O585" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P585" t="inlineStr"/>
+      <c r="Q585" t="inlineStr"/>
+      <c r="R585" t="inlineStr"/>
+      <c r="S585" t="inlineStr"/>
+      <c r="T585" t="inlineStr"/>
+      <c r="U585" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:45</t>
+        </is>
+      </c>
+    </row>
+    <row r="586">
+      <c r="A586" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B586" t="inlineStr">
+        <is>
+          <t>яблоко гольден</t>
+        </is>
+      </c>
+      <c r="C586" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D586" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E586" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F586" t="inlineStr">
+        <is>
+          <t>Коробка</t>
+        </is>
+      </c>
+      <c r="G586" t="n">
+        <v>640</v>
+      </c>
+      <c r="H586" t="n">
+        <v>576</v>
+      </c>
+      <c r="I586" t="n">
+        <v>80</v>
+      </c>
+      <c r="J586" t="n">
+        <v>72</v>
+      </c>
+      <c r="K586" t="n">
+        <v>640</v>
+      </c>
+      <c r="L586" t="n">
+        <v>576</v>
+      </c>
+      <c r="M586" t="n">
+        <v>2500</v>
+      </c>
+      <c r="N586" t="n">
+        <v>20000</v>
+      </c>
+      <c r="O586" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P586" t="inlineStr"/>
+      <c r="Q586" t="inlineStr"/>
+      <c r="R586" t="inlineStr"/>
+      <c r="S586" t="inlineStr"/>
+      <c r="T586" t="inlineStr"/>
+      <c r="U586" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:43</t>
+        </is>
+      </c>
+    </row>
+    <row r="587">
+      <c r="A587" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B587" t="inlineStr">
+        <is>
+          <t>сельдерей стебель</t>
+        </is>
+      </c>
+      <c r="C587" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D587" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E587" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F587" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G587" t="n">
+        <v>700</v>
+      </c>
+      <c r="H587" t="n">
+        <v>630</v>
+      </c>
+      <c r="I587" t="n">
+        <v>140</v>
+      </c>
+      <c r="J587" t="n">
+        <v>126</v>
+      </c>
+      <c r="K587" t="n">
+        <v>700</v>
+      </c>
+      <c r="L587" t="n">
+        <v>630</v>
+      </c>
+      <c r="M587" t="n">
+        <v>4000</v>
+      </c>
+      <c r="N587" t="n">
+        <v>20000</v>
+      </c>
+      <c r="O587" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P587" t="inlineStr"/>
+      <c r="Q587" t="inlineStr"/>
+      <c r="R587" t="inlineStr"/>
+      <c r="S587" t="inlineStr"/>
+      <c r="T587" t="inlineStr"/>
+      <c r="U587" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:41</t>
+        </is>
+      </c>
+    </row>
+    <row r="588">
+      <c r="A588" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B588" t="inlineStr">
+        <is>
+          <t>салат айсберг</t>
+        </is>
+      </c>
+      <c r="C588" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D588" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E588" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F588" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G588" t="n">
+        <v>920</v>
+      </c>
+      <c r="H588" t="n">
+        <v>828</v>
+      </c>
+      <c r="I588" t="n">
+        <v>230</v>
+      </c>
+      <c r="J588" t="n">
+        <v>207</v>
+      </c>
+      <c r="K588" t="n">
+        <v>920</v>
+      </c>
+      <c r="L588" t="n">
+        <v>828</v>
+      </c>
+      <c r="M588" t="n">
+        <v>12500</v>
+      </c>
+      <c r="N588" t="n">
+        <v>50000</v>
+      </c>
+      <c r="O588" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P588" t="inlineStr"/>
+      <c r="Q588" t="inlineStr"/>
+      <c r="R588" t="inlineStr"/>
+      <c r="S588" t="inlineStr"/>
+      <c r="T588" t="inlineStr"/>
+      <c r="U588" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:37</t>
+        </is>
+      </c>
+    </row>
+    <row r="589">
+      <c r="A589" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B589" t="inlineStr">
+        <is>
+          <t>капуста пекинская</t>
+        </is>
+      </c>
+      <c r="C589" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D589" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E589" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F589" t="inlineStr">
+        <is>
+          <t>Ящик</t>
+        </is>
+      </c>
+      <c r="G589" t="n">
+        <v>720</v>
+      </c>
+      <c r="H589" t="n">
+        <v>648</v>
+      </c>
+      <c r="I589" t="n">
+        <v>90</v>
+      </c>
+      <c r="J589" t="n">
+        <v>81</v>
+      </c>
+      <c r="K589" t="n">
+        <v>720</v>
+      </c>
+      <c r="L589" t="n">
+        <v>648</v>
+      </c>
+      <c r="M589" t="n">
+        <v>2500</v>
+      </c>
+      <c r="N589" t="n">
+        <v>20000</v>
+      </c>
+      <c r="O589" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P589" t="inlineStr"/>
+      <c r="Q589" t="inlineStr"/>
+      <c r="R589" t="inlineStr"/>
+      <c r="S589" t="inlineStr"/>
+      <c r="T589" t="inlineStr"/>
+      <c r="U589" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:35</t>
+        </is>
+      </c>
+    </row>
+    <row r="590">
+      <c r="A590" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B590" t="inlineStr">
+        <is>
+          <t>капуста к/к</t>
+        </is>
+      </c>
+      <c r="C590" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D590" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E590" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F590" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G590" t="n">
+        <v>950</v>
+      </c>
+      <c r="H590" t="n">
+        <v>855</v>
+      </c>
+      <c r="I590" t="n">
+        <v>38</v>
+      </c>
+      <c r="J590" t="n">
+        <v>34.2</v>
+      </c>
+      <c r="K590" t="n">
+        <v>950</v>
+      </c>
+      <c r="L590" t="n">
+        <v>855</v>
+      </c>
+      <c r="M590" t="n">
+        <v>4000</v>
+      </c>
+      <c r="N590" t="n">
+        <v>100000</v>
+      </c>
+      <c r="O590" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P590" t="inlineStr"/>
+      <c r="Q590" t="inlineStr"/>
+      <c r="R590" t="inlineStr"/>
+      <c r="S590" t="inlineStr"/>
+      <c r="T590" t="inlineStr"/>
+      <c r="U590" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:33</t>
+        </is>
+      </c>
+    </row>
+    <row r="591">
+      <c r="A591" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B591" t="inlineStr">
+        <is>
+          <t>капуста б/к</t>
+        </is>
+      </c>
+      <c r="C591" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D591" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E591" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F591" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G591" t="n">
+        <v>650</v>
+      </c>
+      <c r="H591" t="n">
+        <v>585</v>
+      </c>
+      <c r="I591" t="n">
+        <v>26</v>
+      </c>
+      <c r="J591" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="K591" t="n">
+        <v>650</v>
+      </c>
+      <c r="L591" t="n">
+        <v>585</v>
+      </c>
+      <c r="M591" t="n">
+        <v>4000</v>
+      </c>
+      <c r="N591" t="n">
+        <v>100000</v>
+      </c>
+      <c r="O591" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P591" t="inlineStr"/>
+      <c r="Q591" t="inlineStr"/>
+      <c r="R591" t="inlineStr"/>
+      <c r="S591" t="inlineStr"/>
+      <c r="T591" t="inlineStr"/>
+      <c r="U591" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:31</t>
+        </is>
+      </c>
+    </row>
+    <row r="592">
+      <c r="A592" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B592" t="inlineStr">
+        <is>
+          <t>свекла</t>
+        </is>
+      </c>
+      <c r="C592" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D592" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E592" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F592" t="inlineStr">
+        <is>
+          <t>Сетка</t>
+        </is>
+      </c>
+      <c r="G592" t="n">
+        <v>520</v>
+      </c>
+      <c r="H592" t="n">
+        <v>468</v>
+      </c>
+      <c r="I592" t="n">
+        <v>26</v>
+      </c>
+      <c r="J592" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="K592" t="n">
+        <v>520</v>
+      </c>
+      <c r="L592" t="n">
+        <v>468</v>
+      </c>
+      <c r="M592" t="n">
+        <v>2500</v>
+      </c>
+      <c r="N592" t="n">
+        <v>50000</v>
+      </c>
+      <c r="O592" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P592" t="inlineStr"/>
+      <c r="Q592" t="inlineStr"/>
+      <c r="R592" t="inlineStr"/>
+      <c r="S592" t="inlineStr"/>
+      <c r="T592" t="inlineStr"/>
+      <c r="U592" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:29</t>
+        </is>
+      </c>
+    </row>
+    <row r="593">
+      <c r="A593" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B593" t="inlineStr">
+        <is>
+          <t>морковь мытая</t>
+        </is>
+      </c>
+      <c r="C593" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D593" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E593" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F593" t="inlineStr">
+        <is>
+          <t>Паллет</t>
+        </is>
+      </c>
+      <c r="G593" t="n">
+        <v>1431</v>
+      </c>
+      <c r="H593" t="n">
+        <v>1288</v>
+      </c>
+      <c r="I593" t="n">
+        <v>79.5</v>
+      </c>
+      <c r="J593" t="n">
+        <v>71.56</v>
+      </c>
+      <c r="K593" t="n">
+        <v>1431</v>
+      </c>
+      <c r="L593" t="n">
+        <v>1288</v>
+      </c>
+      <c r="M593" t="n">
+        <v>5556</v>
+      </c>
+      <c r="N593" t="n">
+        <v>100008</v>
+      </c>
+      <c r="O593" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P593" t="inlineStr"/>
+      <c r="Q593" t="inlineStr"/>
+      <c r="R593" t="inlineStr"/>
+      <c r="S593" t="inlineStr"/>
+      <c r="T593" t="inlineStr"/>
+      <c r="U593" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:28</t>
+        </is>
+      </c>
+    </row>
+    <row r="594">
+      <c r="A594" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B594" t="inlineStr">
+        <is>
+          <t>морковь грязная</t>
+        </is>
+      </c>
+      <c r="C594" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D594" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E594" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F594" t="inlineStr">
+        <is>
+          <t>Паллет</t>
+        </is>
+      </c>
+      <c r="G594" t="n">
+        <v>13000</v>
+      </c>
+      <c r="H594" t="n">
+        <v>11700</v>
+      </c>
+      <c r="I594" t="n">
+        <v>26</v>
+      </c>
+      <c r="J594" t="n">
+        <v>23.4</v>
+      </c>
+      <c r="K594" t="n">
+        <v>13000</v>
+      </c>
+      <c r="L594" t="n">
+        <v>11700</v>
+      </c>
+      <c r="M594" t="n">
+        <v>100</v>
+      </c>
+      <c r="N594" t="n">
+        <v>50000</v>
+      </c>
+      <c r="O594" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P594" t="inlineStr"/>
+      <c r="Q594" t="inlineStr"/>
+      <c r="R594" t="inlineStr"/>
+      <c r="S594" t="inlineStr"/>
+      <c r="T594" t="inlineStr"/>
+      <c r="U594" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:25</t>
+        </is>
+      </c>
+    </row>
+    <row r="595">
+      <c r="A595" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B595" t="inlineStr">
+        <is>
+          <t>картофель красный отечественный</t>
+        </is>
+      </c>
+      <c r="C595" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D595" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E595" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F595" t="inlineStr">
+        <is>
+          <t>Паллет</t>
+        </is>
+      </c>
+      <c r="G595" t="n">
+        <v>18000</v>
+      </c>
+      <c r="H595" t="n">
+        <v>16200</v>
+      </c>
+      <c r="I595" t="n">
+        <v>36</v>
+      </c>
+      <c r="J595" t="n">
+        <v>32.4</v>
+      </c>
+      <c r="K595" t="n">
+        <v>18000</v>
+      </c>
+      <c r="L595" t="n">
+        <v>16200</v>
+      </c>
+      <c r="M595" t="n">
+        <v>200</v>
+      </c>
+      <c r="N595" t="n">
+        <v>100000</v>
+      </c>
+      <c r="O595" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P595" t="inlineStr"/>
+      <c r="Q595" t="inlineStr"/>
+      <c r="R595" t="inlineStr"/>
+      <c r="S595" t="inlineStr"/>
+      <c r="T595" t="inlineStr"/>
+      <c r="U595" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:22</t>
+        </is>
+      </c>
+    </row>
+    <row r="596">
+      <c r="A596" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B596" t="inlineStr">
+        <is>
+          <t>картофель бэби (стоун)</t>
+        </is>
+      </c>
+      <c r="C596" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D596" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E596" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F596" t="inlineStr">
+        <is>
+          <t>Паллет</t>
+        </is>
+      </c>
+      <c r="G596" t="n">
+        <v>27500</v>
+      </c>
+      <c r="H596" t="n">
+        <v>24750</v>
+      </c>
+      <c r="I596" t="n">
+        <v>55</v>
+      </c>
+      <c r="J596" t="n">
+        <v>49.5</v>
+      </c>
+      <c r="K596" t="n">
+        <v>27500</v>
+      </c>
+      <c r="L596" t="n">
+        <v>24750</v>
+      </c>
+      <c r="M596" t="n">
+        <v>200</v>
+      </c>
+      <c r="N596" t="n">
+        <v>100000</v>
+      </c>
+      <c r="O596" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P596" t="inlineStr"/>
+      <c r="Q596" t="inlineStr"/>
+      <c r="R596" t="inlineStr"/>
+      <c r="S596" t="inlineStr"/>
+      <c r="T596" t="inlineStr"/>
+      <c r="U596" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:17</t>
+        </is>
+      </c>
+    </row>
+    <row r="597">
+      <c r="A597" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B597" t="inlineStr">
+        <is>
+          <t>картофель белый мытый</t>
+        </is>
+      </c>
+      <c r="C597" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D597" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E597" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F597" t="inlineStr">
+        <is>
+          <t>Паллет</t>
+        </is>
+      </c>
+      <c r="G597" t="n">
+        <v>27500</v>
+      </c>
+      <c r="H597" t="n">
+        <v>24750</v>
+      </c>
+      <c r="I597" t="n">
+        <v>55</v>
+      </c>
+      <c r="J597" t="n">
+        <v>49.5</v>
+      </c>
+      <c r="K597" t="n">
+        <v>27500</v>
+      </c>
+      <c r="L597" t="n">
+        <v>24750</v>
+      </c>
+      <c r="M597" t="n">
+        <v>200</v>
+      </c>
+      <c r="N597" t="n">
+        <v>100000</v>
+      </c>
+      <c r="O597" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P597" t="inlineStr"/>
+      <c r="Q597" t="inlineStr"/>
+      <c r="R597" t="inlineStr"/>
+      <c r="S597" t="inlineStr"/>
+      <c r="T597" t="inlineStr"/>
+      <c r="U597" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:14</t>
+        </is>
+      </c>
+    </row>
+    <row r="598">
+      <c r="A598" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B598" t="inlineStr">
+        <is>
+          <t>картофель белый импорт</t>
+        </is>
+      </c>
+      <c r="C598" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D598" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E598" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F598" t="inlineStr">
+        <is>
+          <t>Паллет</t>
+        </is>
+      </c>
+      <c r="G598" t="n">
+        <v>17500</v>
+      </c>
+      <c r="H598" t="n">
+        <v>15700</v>
+      </c>
+      <c r="I598" t="n">
+        <v>35</v>
+      </c>
+      <c r="J598" t="n">
+        <v>31.4</v>
+      </c>
+      <c r="K598" t="n">
+        <v>17500</v>
+      </c>
+      <c r="L598" t="n">
+        <v>15700</v>
+      </c>
+      <c r="M598" t="n">
+        <v>200</v>
+      </c>
+      <c r="N598" t="n">
+        <v>100000</v>
+      </c>
+      <c r="O598" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P598" t="inlineStr"/>
+      <c r="Q598" t="inlineStr"/>
+      <c r="R598" t="inlineStr"/>
+      <c r="S598" t="inlineStr"/>
+      <c r="T598" t="inlineStr"/>
+      <c r="U598" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:13</t>
+        </is>
+      </c>
+    </row>
+    <row r="599">
+      <c r="A599" s="2" t="inlineStr">
+        <is>
+          <t>Открыть фото</t>
+        </is>
+      </c>
+      <c r="B599" t="inlineStr">
+        <is>
+          <t>картофель белый отечественный</t>
+        </is>
+      </c>
+      <c r="C599" t="inlineStr">
+        <is>
+          <t>ТД ТРИО</t>
+        </is>
+      </c>
+      <c r="D599" t="inlineStr">
+        <is>
+          <t>Калининская</t>
+        </is>
+      </c>
+      <c r="E599" t="inlineStr">
+        <is>
+          <t>Безнал</t>
+        </is>
+      </c>
+      <c r="F599" t="inlineStr">
+        <is>
+          <t>Паллет</t>
+        </is>
+      </c>
+      <c r="G599" t="n">
+        <v>1850</v>
+      </c>
+      <c r="H599" t="n">
+        <v>16650</v>
+      </c>
+      <c r="I599" t="n">
+        <v>3.7</v>
+      </c>
+      <c r="J599" t="n">
+        <v>33.3</v>
+      </c>
+      <c r="K599" t="n">
+        <v>1850</v>
+      </c>
+      <c r="L599" t="n">
+        <v>16650</v>
+      </c>
+      <c r="M599" t="n">
+        <v>140</v>
+      </c>
+      <c r="N599" t="n">
+        <v>70000</v>
+      </c>
+      <c r="O599" t="inlineStr">
+        <is>
+          <t>Нет акции</t>
+        </is>
+      </c>
+      <c r="P599" t="inlineStr"/>
+      <c r="Q599" t="inlineStr"/>
+      <c r="R599" t="inlineStr"/>
+      <c r="S599" t="inlineStr"/>
+      <c r="T599" t="inlineStr">
+        <is>
+          <t>Ярославская область</t>
+        </is>
+      </c>
+      <c r="U599" t="inlineStr">
+        <is>
+          <t>04.02.2026 12:10</t>
         </is>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A2" r:id="rId1"/>
-[...33 lines deleted...]
-    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A36" r:id="rId35"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A149" r:id="rId1"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A155" r:id="rId2"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A158" r:id="rId3"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A167" r:id="rId4"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A168" r:id="rId5"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A169" r:id="rId6"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A170" r:id="rId7"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A171" r:id="rId8"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A172" r:id="rId9"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A173" r:id="rId10"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A174" r:id="rId11"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A175" r:id="rId12"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A176" r:id="rId13"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A177" r:id="rId14"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A178" r:id="rId15"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A179" r:id="rId16"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A180" r:id="rId17"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A181" r:id="rId18"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A182" r:id="rId19"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A183" r:id="rId20"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A184" r:id="rId21"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A185" r:id="rId22"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A186" r:id="rId23"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A187" r:id="rId24"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A188" r:id="rId25"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A189" r:id="rId26"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A190" r:id="rId27"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A191" r:id="rId28"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A192" r:id="rId29"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A193" r:id="rId30"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A194" r:id="rId31"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A195" r:id="rId32"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A196" r:id="rId33"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A197" r:id="rId34"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A198" r:id="rId35"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A199" r:id="rId36"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A200" r:id="rId37"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A201" r:id="rId38"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A202" r:id="rId39"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A203" r:id="rId40"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A204" r:id="rId41"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A205" r:id="rId42"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A206" r:id="rId43"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A207" r:id="rId44"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A208" r:id="rId45"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A209" r:id="rId46"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A210" r:id="rId47"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A211" r:id="rId48"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A212" r:id="rId49"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A213" r:id="rId50"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A214" r:id="rId51"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A215" r:id="rId52"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A216" r:id="rId53"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A218" r:id="rId54"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A219" r:id="rId55"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A220" r:id="rId56"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A221" r:id="rId57"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A222" r:id="rId58"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A223" r:id="rId59"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A224" r:id="rId60"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A225" r:id="rId61"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A226" r:id="rId62"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A227" r:id="rId63"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A228" r:id="rId64"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A229" r:id="rId65"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A230" r:id="rId66"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A231" r:id="rId67"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A232" r:id="rId68"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A233" r:id="rId69"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A234" r:id="rId70"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A235" r:id="rId71"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A236" r:id="rId72"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A237" r:id="rId73"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A238" r:id="rId74"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A239" r:id="rId75"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A240" r:id="rId76"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A241" r:id="rId77"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A242" r:id="rId78"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A243" r:id="rId79"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A244" r:id="rId80"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A245" r:id="rId81"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A246" r:id="rId82"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A247" r:id="rId83"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A248" r:id="rId84"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A249" r:id="rId85"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A250" r:id="rId86"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A251" r:id="rId87"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A252" r:id="rId88"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A253" r:id="rId89"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A254" r:id="rId90"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A255" r:id="rId91"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A256" r:id="rId92"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A257" r:id="rId93"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A258" r:id="rId94"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A259" r:id="rId95"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A260" r:id="rId96"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A261" r:id="rId97"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A262" r:id="rId98"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A263" r:id="rId99"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A264" r:id="rId100"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A265" r:id="rId101"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A266" r:id="rId102"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A267" r:id="rId103"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A268" r:id="rId104"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A269" r:id="rId105"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A270" r:id="rId106"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A271" r:id="rId107"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A272" r:id="rId108"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A273" r:id="rId109"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A274" r:id="rId110"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A275" r:id="rId111"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A276" r:id="rId112"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A277" r:id="rId113"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A278" r:id="rId114"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A279" r:id="rId115"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A280" r:id="rId116"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A281" r:id="rId117"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A282" r:id="rId118"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A283" r:id="rId119"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A284" r:id="rId120"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A285" r:id="rId121"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A286" r:id="rId122"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A287" r:id="rId123"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A288" r:id="rId124"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A289" r:id="rId125"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A290" r:id="rId126"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A291" r:id="rId127"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A292" r:id="rId128"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A293" r:id="rId129"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A294" r:id="rId130"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A295" r:id="rId131"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A296" r:id="rId132"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A297" r:id="rId133"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A298" r:id="rId134"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A299" r:id="rId135"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A300" r:id="rId136"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A301" r:id="rId137"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A302" r:id="rId138"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A303" r:id="rId139"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A304" r:id="rId140"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A305" r:id="rId141"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A306" r:id="rId142"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A307" r:id="rId143"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A308" r:id="rId144"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A309" r:id="rId145"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A310" r:id="rId146"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A311" r:id="rId147"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A312" r:id="rId148"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A313" r:id="rId149"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A314" r:id="rId150"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A315" r:id="rId151"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A316" r:id="rId152"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A317" r:id="rId153"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A318" r:id="rId154"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A319" r:id="rId155"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A320" r:id="rId156"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A321" r:id="rId157"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A322" r:id="rId158"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A323" r:id="rId159"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A324" r:id="rId160"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A325" r:id="rId161"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A326" r:id="rId162"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A327" r:id="rId163"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A328" r:id="rId164"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A329" r:id="rId165"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A330" r:id="rId166"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A331" r:id="rId167"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A332" r:id="rId168"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A333" r:id="rId169"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A334" r:id="rId170"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A335" r:id="rId171"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A336" r:id="rId172"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A337" r:id="rId173"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A338" r:id="rId174"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A339" r:id="rId175"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A340" r:id="rId176"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A341" r:id="rId177"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A342" r:id="rId178"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A343" r:id="rId179"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A344" r:id="rId180"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A345" r:id="rId181"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A346" r:id="rId182"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A347" r:id="rId183"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A348" r:id="rId184"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A349" r:id="rId185"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A350" r:id="rId186"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A351" r:id="rId187"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A352" r:id="rId188"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A353" r:id="rId189"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A354" r:id="rId190"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A355" r:id="rId191"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A356" r:id="rId192"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A357" r:id="rId193"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A358" r:id="rId194"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A359" r:id="rId195"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A360" r:id="rId196"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A361" r:id="rId197"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A362" r:id="rId198"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A363" r:id="rId199"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A364" r:id="rId200"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A365" r:id="rId201"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A366" r:id="rId202"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A367" r:id="rId203"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A368" r:id="rId204"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A369" r:id="rId205"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A370" r:id="rId206"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A371" r:id="rId207"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A372" r:id="rId208"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A373" r:id="rId209"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A374" r:id="rId210"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A375" r:id="rId211"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A376" r:id="rId212"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A377" r:id="rId213"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A378" r:id="rId214"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A379" r:id="rId215"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A380" r:id="rId216"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A381" r:id="rId217"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A382" r:id="rId218"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A383" r:id="rId219"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A384" r:id="rId220"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A385" r:id="rId221"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A386" r:id="rId222"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A387" r:id="rId223"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A388" r:id="rId224"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A389" r:id="rId225"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A390" r:id="rId226"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A391" r:id="rId227"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A392" r:id="rId228"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A393" r:id="rId229"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A394" r:id="rId230"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A395" r:id="rId231"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A396" r:id="rId232"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A397" r:id="rId233"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A398" r:id="rId234"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A399" r:id="rId235"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A400" r:id="rId236"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A401" r:id="rId237"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A402" r:id="rId238"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A403" r:id="rId239"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A404" r:id="rId240"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A405" r:id="rId241"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A406" r:id="rId242"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A407" r:id="rId243"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A408" r:id="rId244"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A409" r:id="rId245"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A410" r:id="rId246"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A411" r:id="rId247"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A412" r:id="rId248"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A413" r:id="rId249"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A414" r:id="rId250"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A415" r:id="rId251"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A416" r:id="rId252"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A417" r:id="rId253"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A418" r:id="rId254"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A419" r:id="rId255"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A420" r:id="rId256"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A421" r:id="rId257"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A422" r:id="rId258"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A423" r:id="rId259"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A424" r:id="rId260"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A425" r:id="rId261"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A426" r:id="rId262"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A427" r:id="rId263"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A428" r:id="rId264"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A429" r:id="rId265"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A430" r:id="rId266"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A431" r:id="rId267"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A432" r:id="rId268"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A433" r:id="rId269"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A434" r:id="rId270"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A435" r:id="rId271"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A436" r:id="rId272"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A437" r:id="rId273"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A438" r:id="rId274"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A439" r:id="rId275"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A440" r:id="rId276"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A441" r:id="rId277"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A442" r:id="rId278"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A443" r:id="rId279"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A444" r:id="rId280"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A445" r:id="rId281"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A446" r:id="rId282"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A447" r:id="rId283"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A449" r:id="rId284"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A450" r:id="rId285"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A451" r:id="rId286"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A452" r:id="rId287"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A453" r:id="rId288"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A454" r:id="rId289"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A455" r:id="rId290"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A456" r:id="rId291"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A457" r:id="rId292"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A458" r:id="rId293"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A459" r:id="rId294"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A460" r:id="rId295"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A461" r:id="rId296"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A462" r:id="rId297"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A463" r:id="rId298"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A464" r:id="rId299"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A465" r:id="rId300"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A466" r:id="rId301"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A467" r:id="rId302"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A468" r:id="rId303"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A469" r:id="rId304"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A470" r:id="rId305"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A471" r:id="rId306"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A472" r:id="rId307"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A473" r:id="rId308"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A474" r:id="rId309"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A475" r:id="rId310"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A476" r:id="rId311"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A477" r:id="rId312"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A478" r:id="rId313"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A479" r:id="rId314"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A480" r:id="rId315"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A481" r:id="rId316"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A482" r:id="rId317"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A483" r:id="rId318"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A484" r:id="rId319"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A485" r:id="rId320"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A486" r:id="rId321"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A487" r:id="rId322"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A488" r:id="rId323"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A489" r:id="rId324"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A490" r:id="rId325"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A491" r:id="rId326"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A492" r:id="rId327"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A493" r:id="rId328"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A495" r:id="rId329"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A496" r:id="rId330"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A497" r:id="rId331"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A498" r:id="rId332"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A499" r:id="rId333"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A500" r:id="rId334"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A501" r:id="rId335"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A502" r:id="rId336"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A503" r:id="rId337"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A504" r:id="rId338"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A505" r:id="rId339"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A506" r:id="rId340"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A507" r:id="rId341"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A508" r:id="rId342"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A509" r:id="rId343"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A510" r:id="rId344"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A511" r:id="rId345"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A512" r:id="rId346"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A513" r:id="rId347"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A514" r:id="rId348"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A515" r:id="rId349"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A516" r:id="rId350"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A517" r:id="rId351"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A518" r:id="rId352"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A519" r:id="rId353"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A520" r:id="rId354"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A523" r:id="rId355"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A524" r:id="rId356"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A525" r:id="rId357"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A526" r:id="rId358"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A527" r:id="rId359"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A528" r:id="rId360"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A529" r:id="rId361"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A530" r:id="rId362"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A531" r:id="rId363"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A534" r:id="rId364"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A535" r:id="rId365"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A536" r:id="rId366"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A537" r:id="rId367"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A538" r:id="rId368"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A539" r:id="rId369"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A540" r:id="rId370"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A541" r:id="rId371"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A542" r:id="rId372"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A543" r:id="rId373"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A544" r:id="rId374"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A545" r:id="rId375"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A546" r:id="rId376"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A547" r:id="rId377"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A548" r:id="rId378"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A549" r:id="rId379"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A550" r:id="rId380"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A551" r:id="rId381"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A552" r:id="rId382"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A553" r:id="rId383"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A554" r:id="rId384"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A555" r:id="rId385"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A556" r:id="rId386"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A557" r:id="rId387"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A558" r:id="rId388"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A559" r:id="rId389"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A560" r:id="rId390"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A561" r:id="rId391"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A562" r:id="rId392"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A563" r:id="rId393"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A564" r:id="rId394"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A565" r:id="rId395"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A567" r:id="rId396"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A568" r:id="rId397"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A569" r:id="rId398"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A570" r:id="rId399"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A571" r:id="rId400"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A572" r:id="rId401"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A573" r:id="rId402"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A574" r:id="rId403"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A575" r:id="rId404"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A576" r:id="rId405"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A577" r:id="rId406"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A578" r:id="rId407"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A579" r:id="rId408"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A580" r:id="rId409"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A581" r:id="rId410"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A582" r:id="rId411"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A583" r:id="rId412"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A584" r:id="rId413"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A585" r:id="rId414"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A586" r:id="rId415"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A587" r:id="rId416"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A588" r:id="rId417"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A589" r:id="rId418"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A590" r:id="rId419"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A591" r:id="rId420"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A592" r:id="rId421"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A593" r:id="rId422"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A594" r:id="rId423"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A595" r:id="rId424"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A596" r:id="rId425"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A597" r:id="rId426"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A598" r:id="rId427"/>
+    <hyperlink xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" ref="A599" r:id="rId428"/>
   </hyperlinks>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>